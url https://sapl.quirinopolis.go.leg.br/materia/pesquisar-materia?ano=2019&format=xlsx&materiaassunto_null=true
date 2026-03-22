--- v0 (2025-12-11)
+++ v1 (2026-03-22)
@@ -54,5412 +54,5412 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA</t>
   </si>
   <si>
     <t>Nicolina (Tia Nicola)</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/949/emenda_modificativa_01-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/949/emenda_modificativa_01-2019.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao caput e ao paragrafo único, do Art. 8º e dá outras providências.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>CR - Comissão de Redação</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1002/emenda_modificativa_ao_proj_19-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1002/emenda_modificativa_ao_proj_19-2019.pdf</t>
   </si>
   <si>
     <t>Modifica redação do Art 2° do Projeto de Lei 019/2019 e dá outras providências.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>OSCAR JÚNIOR</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1101/emenda_modificativa_ao_proj_26-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1101/emenda_modificativa_ao_proj_26-2019.pdf</t>
   </si>
   <si>
     <t>Modifica redação do Inciso XIII do artigo 4° do Projeto de Lei 026/2019 e dá outras providências.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>ANDREA ENFERMEIRA, CASSIM DA USINA, Divininho Ambulância, NUBIA THEODORO, Soldado Edvaldo, Yvis</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1291/emenda_modificativa_004_ao_proj_28-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1291/emenda_modificativa_004_ao_proj_28-2019.pdf</t>
   </si>
   <si>
     <t>Modifica os Parágrafos  1° e 3° do Artigo 1°, o Artigo 2° e o Parágrafo 4° do Artigo 5° do Projeto de Lei 028/19, de 03/10/2019.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1102/emenda_supressiva_ao_proj_26-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1102/emenda_supressiva_ao_proj_26-2019.pdf</t>
   </si>
   <si>
     <t>Suprime o §1° do Artigo 8° do projeto de Lei n° 026/19 de 03 de setembro de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>Yvis</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/794/projeto_de_decreto_leg_001-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/794/projeto_de_decreto_leg_001-2019.pdf</t>
   </si>
   <si>
     <t>Concede título de honorifico de cidadão quirinópolino ao Senhor João Batista Teixeira Junior e contém outras providências.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>Soldado Edvaldo</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/809/projeto_de_decreto_leg_002-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/809/projeto_de_decreto_leg_002-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão ao senhor Junio Alves Araújo e contém outras providências.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>CASSIM DA USINA</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/840/projeto_de_decreto_legislativo_03-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/840/projeto_de_decreto_legislativo_03-2019.pdf</t>
   </si>
   <si>
     <t>Concede Titulo Honorifico de Cidadão quirinopolino ao Senhor Heber de Souza Bastos e contém outras providências.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/902/quirinopolis.go.leg.br_projeto_de_decreto_leg_04.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/902/quirinopolis.go.leg.br_projeto_de_decreto_leg_04.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadã quirinopolina a Senhora RAIMUNDA MIRAMAR GUIMARAES PEREIRA e contém outras providências.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Prof. Veroneida</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/930/quirinopolis.go.leg.br_projeto_de_decreto_leg_05.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/930/quirinopolis.go.leg.br_projeto_de_decreto_leg_05.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadã quirinopolina a Senhora MARIA JOAQUINA DE JESUS e contém outras providências.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/957/www.quirinopolis.go.leg.br_projeto_decreto_06_2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/957/www.quirinopolis.go.leg.br_projeto_decreto_06_2019.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorifico de cidadã quirinopolina a Senhora ELI QUEIROZ GONÇALVES ANDRADE TRINDADE  e contém outras providencias.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/962/www.quirinopolis.go.leg.br_projeto_decreto_07_2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/962/www.quirinopolis.go.leg.br_projeto_decreto_07_2019.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadã quirinopolina a Senhora ANA CLAUDIA SOUZA FREITAS e contém outras providências.</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/963/www.quirinopolis.go.leg.br_projeto_decreto_08_2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/963/www.quirinopolis.go.leg.br_projeto_decreto_08_2019.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão quirinopolino ao Senhor MANOEL BORGES DE FREITAS e contém outras providências.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/983/www.quirinopolis.go.leg.br_projeto_decreto_09_2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/983/www.quirinopolis.go.leg.br_projeto_decreto_09_2019.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão quirinopolino ao Senhor CARLOS FRANCISCO LOPES e contém outras providências.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1028/projeto_dec_legis_10-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1028/projeto_dec_legis_10-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão quirinopolino ao Senhor José Renato Gramer e contém outras providências.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Divininho Ambulância</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1055/projeto_dec_legis_11-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1055/projeto_dec_legis_11-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título honorífico de Cidadã quirinopolina a Senhora JULIANA MERELES DE SOUZA e contém outras providências.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1118/quirinopolis.go.leg.br_projeto_no_012.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1118/quirinopolis.go.leg.br_projeto_no_012.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão quirinopolino ao Senhor AGOSTINHO DE ALMEIDA MOREIRA e contém outras providências.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1243/projeto_dec_legis_13-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1243/projeto_dec_legis_13-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão quirinopolino ao Senhor FRANCISCO DE ASSIS ROCHA FILHO, e contém outras providências.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1242/projeto_dec_legislativo_14-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1242/projeto_dec_legislativo_14-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão quirinopolino ao Senhor NADIR JOSÉ VICENCIO e contém outras providências.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1244/projeto_dec_legis_15-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1244/projeto_dec_legis_15-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão quirinopolino ao Senhor MARIA JOSÉ RIBEIRO DE LIMA, e contém outras providências.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1260/projeto_dec_legis_16-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1260/projeto_dec_legis_16-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão quirinopolino ao Senhor EURIPEDES MARQUES FILHO, e contém outras providências.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>Poder Legislativo - PL</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/725/projeto_de_resolucao_001-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/725/projeto_de_resolucao_001-2019.pdf</t>
   </si>
   <si>
     <t>Formaliza Comissões Permanentes.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/841/projeto_de_resolucao_01-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/841/projeto_de_resolucao_01-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a utilização de sistema de circuito fechado de vídeo monitoramento no prédio da Câmara Municipal e contém outrs providências.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/869/projeto_de_resolucao_no_003-19.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/869/projeto_de_resolucao_no_003-19.pdf</t>
   </si>
   <si>
     <t>Institui o “Projeto Câmara Mirim” no Município de Quirinópolis e contém outras providências.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/870/projeto_de_resolucao_no_004-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/870/projeto_de_resolucao_no_004-2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação do caput do art. 3º do Regimento Interno da Câmara Municipal de Quirinópolis, para atualizar o endereço da nova sede, e contém outras providências.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/898/quirinopolis.go.leg.br_projeto_de_resolucao_05.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/898/quirinopolis.go.leg.br_projeto_de_resolucao_05.pdf</t>
   </si>
   <si>
     <t>Acrescenta alíneas "a" e intens 1 a 4 ao inciso IV do art.60 do Regimento Interno da Câmara Municipal de Quirinópolis, determinando o número de 2 (dois) assessores para cada Vereador, e contém outras providências.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/900/quirinopolis.go.leg.br_projeto_de_resolucao_06.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/900/quirinopolis.go.leg.br_projeto_de_resolucao_06.pdf</t>
   </si>
   <si>
     <t>Altera as redações do inciso II do art. 60 e do caput do art. 359, ambos do Regimento Interno da Câmara Municipal de Quirinópolis, e contém outras providências.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/</t>
   </si>
   <si>
     <t>Aprova Balanço Geral do Exercício de 2017, do Município de Quirinópolis, e contém outras providências.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/766/projeto_legislativo_01-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/766/projeto_legislativo_01-2019.pdf</t>
   </si>
   <si>
     <t>Institui o dia municipal do migrante Nordestino no Município de Quirinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/792/projeto_de_lei__leg_002.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/792/projeto_de_lei__leg_002.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre obrigatoriedade de exibição de vídeos educativos antidrogas nas aberturas de shows, teatros, sessões de cinema, eventos culturais, feiras e similares no âmbito do Município de Quirinópolis-Goiás.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/793/projeto_de_lei__leg_003.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/793/projeto_de_lei__leg_003.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre obrigatoriedade dos estabelecimentos comerciais, repartições públicas municipais, postos de saúde, hospitais e meios de transporte coletivo anexar aviso por escrito em local visível sobre o crime de discriminação contra idosos.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/862/projeto_de_lei_04.19_-_denomina_logradouro_publico.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/862/projeto_de_lei_04.19_-_denomina_logradouro_publico.pdf</t>
   </si>
   <si>
     <t>Denomina logradouro público e contém outras providências</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/839/projeto_de_lei_legislativo_05-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/839/projeto_de_lei_legislativo_05-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de taxas de religação de energia eletrica e de água, em caso de fornecimento por falta de pagamento e contém outras providências</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>Marcio Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/849/projeto_de_lei_06_de_2019_-_marcio.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/849/projeto_de_lei_06_de_2019_-_marcio.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Atendimento Médico, nas creches municipais de Quirinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/899/quirinopolis.go.leg.br_projeto_de_lei_leg_07_1CCamyb.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/899/quirinopolis.go.leg.br_projeto_de_lei_leg_07_1CCamyb.pdf</t>
   </si>
   <si>
     <t>Estabelece para a concessionária de abastecimento de água de Quirinópolis a obrigatoriedade de fornecer e providenciar a instalação de dispositivo que elimine o ar na medição do consumo de água, e dá outras providencias.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/982/www.quirinopolis.go.leg.br_projeto_de_lei_leg_08_2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/982/www.quirinopolis.go.leg.br_projeto_de_lei_leg_08_2019.pdf</t>
   </si>
   <si>
     <t>Altera a denominação da Via de Acesso aos Frigoríficos.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1035/projeto_de_lei_leg_09-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1035/projeto_de_lei_leg_09-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de disponibilização de cadeiras de rodas para atendimento aos idosos e pessoas com deficiência ou mobilidade reduzida, nos estabelecimentos que se dispuserem à prestação de serviços bancários no âmbito do Município de Quirinópolis e dá outras Providências.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1067/projeto_de_lei_leg_11-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1067/projeto_de_lei_leg_11-2019.pdf</t>
   </si>
   <si>
     <t>Declara Entidade de Ultilidade Pública e contém outras providências. (Associação Cultural e Literária Professora Maria da Felicidade).</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1056/projeto_de_lei_leg_12-2019_noZz5hs.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1056/projeto_de_lei_leg_12-2019_noZz5hs.pdf</t>
   </si>
   <si>
     <t>Altera a carga horária de 40 para 30 horas semanais, no 'Anexo III', e acrescenta os Requisitos para provimento do cargo de Auxiliar de Licitação à redação do 'Anexo VI', ambos da Lei n° 3.286/18, que trata da reestruturação do Plano de Cargos e Vencimento dos Funcionários da Câmara Municipal de Quirinópolis.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1047/projeto_de_lei_leg_13-2019_L8gijwh.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1047/projeto_de_lei_leg_13-2019_L8gijwh.pdf</t>
   </si>
   <si>
     <t>Autoriza a criação do serviço de ouvidoria do poder executivo municipal via aplicativo whatsapp e dá outras providências.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1137/projeto_de_lei_leg_14-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1137/projeto_de_lei_leg_14-2019.pdf</t>
   </si>
   <si>
     <t>Concede estímulos especiais aos doadores voluntários e sistemáticos de sangue e aos doadores de medula óssea e de órgãos domiciliados no Município de Quirinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1138/projeto_de_lei_leg_15-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1138/projeto_de_lei_leg_15-2019.pdf</t>
   </si>
   <si>
     <t>Denomina de Logradouro Público e contém outras providências. (Centro Social no Flamboyant / Anesia Naves da Silva)</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1251/projeto_de_lei_leg_16-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1251/projeto_de_lei_leg_16-2019.pdf</t>
   </si>
   <si>
     <t>Denomina logradouro público e contém outras providências. (HORTON JOSÉ FERREIRA)</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR DO LEGISLATIVO</t>
   </si>
   <si>
     <t>Marcio Oliveira, Nicolina (Tia Nicola)</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/791/projeto_de_lei_complementar_leg_001.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/791/projeto_de_lei_complementar_leg_001.pdf</t>
   </si>
   <si>
     <t>Insere artigo lll ao Art. 81 da lei Complementar n° 17 de 15 de maio de 2008, que institui o Código de Posturas e Meio Ambiente  do município de Quirinópolis e dá outras providencias.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>PLS</t>
   </si>
   <si>
     <t>PROJETO DE LEI SUBSTITUTIVO</t>
   </si>
   <si>
     <t>Poder Executivo - PE</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1220/projeto_de_lei_substitutivo_01_ao_23.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1220/projeto_de_lei_substitutivo_01_ao_23.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Revisão da Lei 3257/2017 do Plano Plurianual do Município de Quirinópolis-Go, para o período de 2018 a 2021 de dá outras providências.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1221/projeto_de_lei_substitutivo_02_ao_24.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1221/projeto_de_lei_substitutivo_02_ao_24.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Quirinópolis, para o exercício financeiro de 2020.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1238/projeto_de_lei_substitutivo_03_ao_30.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1238/projeto_de_lei_substitutivo_03_ao_30.pdf</t>
   </si>
   <si>
     <t>Dispõem sobre a transformação da unidade de encino Escola Municipal Professora Zelsani em Escola Militarizada Professora Zelsani - EMMPZ e contém outras providências.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/724/projeto_lei_01-2019_KPNqUnd.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/724/projeto_lei_01-2019_KPNqUnd.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Estrutura Organizacional e Administrativa do poder Executivo do Município de Quirinópolis e contém outras providências.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/733/projeto_de_lei_03-19.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/733/projeto_de_lei_03-19.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre procedimentos para concessão de pagamento à vista ou parcelamento especial de débitos fiscais tributários; e cria o Programa de Recuperação Fiscal do Município de Quirinópolis- REFIS 2019, com dispensa de juros e multas, nas condições determinadas e dá outras providências.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/734/projeto_de_lei_04-19.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/734/projeto_de_lei_04-19.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de Crédito Adicional Especial para a PREFEITURA MUNICIPAL DE QUIRINÓPOLIS e contém outras providências</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/780/projeto_de_lei_005-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/780/projeto_de_lei_005-2019.pdf</t>
   </si>
   <si>
     <t>Faz desafetação de áreas que se especifica, autoriza doação e contém outras providências.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/781/projeto_de_lei_007-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/781/projeto_de_lei_007-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza aquisição de gleba de terras que se especifica e contêm outras providências.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/782/projeto_de_lei_008-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/782/projeto_de_lei_008-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o repasse de Subvenção Social e contém outras providências.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/790/projeto_de_lei_009-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/790/projeto_de_lei_009-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza alienação de veículos, sucatas e equipamentos, sem destinação pública e inservíveis à Administração e contém outras providências.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/920/quirinopolis.go.leg.br_projeto_de_lei_10.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/920/quirinopolis.go.leg.br_projeto_de_lei_10.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal conceder auxílio às polícias civil e militar lotadas no município de Quirinópolis e contém outras providências.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/921/quirinopolis.go.leg.br_projeto_de_lei_11.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/921/quirinopolis.go.leg.br_projeto_de_lei_11.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as condições para aprovação de loteamentos urbanos com características rurais (chácaras de recreio, sítios de Recreios e casas de veraneios) e dá outras providências.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/901/quirinopolis.go.leg.br_projeto_de_lei_12.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/901/quirinopolis.go.leg.br_projeto_de_lei_12.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o Exercício de 2020 e dá outras Providências.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/922/quirinopolis.go.leg.br_projeto_de_lei_13.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/922/quirinopolis.go.leg.br_projeto_de_lei_13.pdf</t>
   </si>
   <si>
     <t>Autoriza a receber doação de imóvel que específica e contém outras providências.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/925/quirinopolis.go.leg.br_projeto_de_lei_14.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/925/quirinopolis.go.leg.br_projeto_de_lei_14.pdf</t>
   </si>
   <si>
     <t>Autoriza aquisição de lote de terreno urbano e contém outras providências.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/924/quirinopolis.go.leg.br_projeto_de_lei_15.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/924/quirinopolis.go.leg.br_projeto_de_lei_15.pdf</t>
   </si>
   <si>
     <t>Autoriza desafetação e com posterior alienação de imóvel e contém outras providências.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/923/quirinopolis.go.leg.br_projeto_de_lei_16.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/923/quirinopolis.go.leg.br_projeto_de_lei_16.pdf</t>
   </si>
   <si>
     <t>Acrescenta lotes na Lei Municipal de nº 3311/2019 e dá outras providências.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1000/projeto_de_lei_17-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1000/projeto_de_lei_17-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza aquisição de área e posterior doação e contém outras providências.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1013/projeto_de_lei_18-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1013/projeto_de_lei_18-2019.pdf</t>
   </si>
   <si>
     <t>Ratifica o Protocolo de Intenções e autoriza o Ingresso do Município de Quirinópolis no CODEMU – CONSÓRCIO DE DESENVOLVIMENTO DOS MUNICÍPIOS DO ESTADO DE GOIÁS, e dá outras providências.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1001/projeto_de_lei_19-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1001/projeto_de_lei_19-2019.pdf</t>
   </si>
   <si>
     <t>Dispões sobre a transformação da unidade de ensino Escola Municipal Noturna de Quirinópolis em Escola Municipal Militarizada Noturna - EMMN e contém outras providências.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1014/projeto_de_lei_20-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1014/projeto_de_lei_20-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o pagamento de auxílio financeiro aos candidatos aprovados em concurso público para o cargo de Guarda Civil Municipal, durante o curso de formação e dá outras providências.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1015/projeto_de_lei_21-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1015/projeto_de_lei_21-2019.pdf</t>
   </si>
   <si>
     <t>Altera o caput do art. 1º da Lei Municipal nº 3.261 de 11 de dezembro de 2017 e contém outras providências.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1016/projeto_de_lei_22-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1016/projeto_de_lei_22-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza asfaltamento e recapeamento asfáltico do pátio da Associação Atlética Banco do Brasil – AABB e contém outras providências.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1045/projeto_de_lei_23-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1045/projeto_de_lei_23-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Revisão da Lei 3257/2017 do Plano Plurianual do Município de Quirinópolis-Go para o período de 2018 a 2021 de dá outras providências.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1046/projeto_de_lei_24-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1046/projeto_de_lei_24-2019.pdf</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1068/projeto_de_lei_25-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1068/projeto_de_lei_25-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza divulgação de publicidade de incentivo ao consumo de produtos e bens produzidos no Município de Quirinópolis em áreas, máquinas e veículos públicos municipais e contém outras providências.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1086/projeto_de_lei_26-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1086/projeto_de_lei_26-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a delegar ao Governo do Estado de Goiás as atividades de regulação, controle e fiscalização dos serviços de saneamento básico, no município de Quirinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1104/projeto_de_lei_27-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1104/projeto_de_lei_27-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de Crédito Adicional Especial para a AGÊNCIA MUNICIPAL DE ÁGUA E ESGOTO DE QUIRINÓPOLIS - AMAE e contém outras providências.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1134/projeto_de_lei_28-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1134/projeto_de_lei_28-2019.pdf</t>
   </si>
   <si>
     <t>Dispões sobre o uso de vias públicas, espaço aéreo e do subsolo para implantação e passagem de equipamentos urbanos destinados à prestação de serviços e infraestrutura por entidades de direito público e privado e dá outras providências.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1135/projeto_de_lei_29-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1135/projeto_de_lei_29-2019.pdf</t>
   </si>
   <si>
     <t>Altera o caput e o parágrafo primeiro do art. 21 da Lei Municipal n° 3.240/2017 e contém outras providências.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1188/projeto_de_lei_30-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1188/projeto_de_lei_30-2019.pdf</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1261/projeto_de_lei_ex_31-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1261/projeto_de_lei_ex_31-2019.pdf</t>
   </si>
   <si>
     <t>Cria, faz denominação de loteamento e contém outras providências. (Jardim Paraíso)</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1263/projeto_de_lei_32-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1263/projeto_de_lei_32-2019.pdf</t>
   </si>
   <si>
     <t>Faz desafetação, autoriza doação e contém outras providências. (DAQUI)</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>teste</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>RQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/726/construcao_de_academia_ao_ar_livre_tocozinho_SyE8dbW.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/726/construcao_de_academia_ao_ar_livre_tocozinho_SyE8dbW.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma academia ao ar livre na Praça Jordelino Barbosa Goulart Povoado de Denislópolis e uma academia ao ar livre na Praça da Igreja São José.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>ANDREA ENFERMEIRA</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/727/requer_recapeamento_rua_rio_preto.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/727/requer_recapeamento_rua_rio_preto.pdf</t>
   </si>
   <si>
     <t>Requer seja realizada a obra de recapeamento da Rua Rio Preto.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/728/requer_o_encaminhamento_de_um_fisioterapeuta_para_o_creq.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/728/requer_o_encaminhamento_de_um_fisioterapeuta_para_o_creq.pdf</t>
   </si>
   <si>
     <t>Requer seja encaminhado para o Centro de Reabilitação de Quirinópolis, um profissional fisioterapeuta.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/729/requer_aquisicao_de_ar_condicionado_para_escola__Px9q4ty.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/729/requer_aquisicao_de_ar_condicionado_para_escola__Px9q4ty.pdf</t>
   </si>
   <si>
     <t>Requer sejam adquiridos e instalados, ares-condicionados nas salas de aula da Escola Municipal Rural Lino Gedeão.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/730/requer_construcao_de_creche_no_bairro_capelinha.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/730/requer_construcao_de_creche_no_bairro_capelinha.pdf</t>
   </si>
   <si>
     <t>Solicita que, seja oficiado o Prefeito Municipal com cópia para a Secretária de Educação e para o Secretário de Urbanismo e Obras Públicas, com o intuito de indicar, a premente necessidade de pro-ceder a construção de uma creche municipal no Bairro Capelinha, para atender as famílias do Bairro em questão, bem como, dos bairros próximos.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/731/pavimentacao_asfaltiva_rua_girassol.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/731/pavimentacao_asfaltiva_rua_girassol.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja viabilizada pavimentação asfáltica na Rua Girassol no Bairro Rio das Pedras.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/732/proficional_educacao_fisica.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/732/proficional_educacao_fisica.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja disponibilizado um profissional em educação física.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/736/requer_instalacao_de_cobertura_passarela_escola__xaNdQLv.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/736/requer_instalacao_de_cobertura_passarela_escola__xaNdQLv.pdf</t>
   </si>
   <si>
     <t>Requer seja providenciada na Escola Dr Athaydes Freitas da Silveira, uma cobertura da passarela na entrada da escola até o quiosque, e a cobertura da passarela do refeitório para as salas de aula.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/737/requer_instalacao_de_sala_do_aee_na_escola_dr_athaides.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/737/requer_instalacao_de_sala_do_aee_na_escola_dr_athaides.pdf</t>
   </si>
   <si>
     <t>Requer seja instalada na Escola Municipal Dr Athaides uma Sala de Atendimento Educacional Especializado- AEE.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/738/requer_construcao_de_uma_praca_na_rua_7_do_bairr_IgsMxil.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/738/requer_construcao_de_uma_praca_na_rua_7_do_bairr_IgsMxil.pdf</t>
   </si>
   <si>
     <t>Requer seja construída uma praça com estacionamento e academia ao ar livre na Rua 07 do Bairro Chico Junqueira.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/739/requer_seja_realizado_um_estudo_para_construcao__Bl8kGHR.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/739/requer_seja_realizado_um_estudo_para_construcao__Bl8kGHR.pdf</t>
   </si>
   <si>
     <t>Requer seja providenciado estudo pela equipe de engenharia da prefeitura, para viabilizar construção de uma Boca de Lobo na Rua Amelio Martins de Andrade do bairro Chico Junqueira.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>Athos Vinicius</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/745/ccf_000024.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/745/ccf_000024.pdf</t>
   </si>
   <si>
     <t>Solicita implantação de Sanitários na Praça do Melado.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/741/apoio_ao_pequeno_agricultor.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/741/apoio_ao_pequeno_agricultor.pdf</t>
   </si>
   <si>
     <t>Requer seja providenciado um auxilio aos pequenos produtores rurais, no que se refere ao transporte de insumos agrícolas.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>Bancada de oposição, Marcio Oliveira, OSCAR JÚNIOR, Prof. Veroneida</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/742/requerimento_de_construcao_dos_banheiros_nas_pracas.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/742/requerimento_de_construcao_dos_banheiros_nas_pracas.pdf</t>
   </si>
   <si>
     <t>REQUER IMPLANTAÇÃO DE BANHEIROS PÚBLICOS NAS PRAÇAS ONDE SÃO REALIZADAS AS FEIRAS LIVRES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/743/requerimento_farmacia_do_cidadao.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/743/requerimento_farmacia_do_cidadao.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A FARMÁCIA DO CIDADÃO VOLTE A FUNCIONAR EM LOCAL CENTRALIZADO.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/744/ccf_000023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/744/ccf_000023.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja colocado um suporte e uma lâmpada em um poste na Rua Girassol esquina com a Rua das Margaridas no Bairro Flamboyant.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/747/requer_realizacao_de_leilao_dos_veiculos_apreend_0614Ljm.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/747/requer_realizacao_de_leilao_dos_veiculos_apreend_0614Ljm.pdf</t>
   </si>
   <si>
     <t>Requer a realização de leilão dos veículos que se encontram no pátio da Policia Militar e que já foram abandonados por seus proprietários.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/748/solicita_que_seja_realizado_pelo_procon_fiscaliz_GiBCw27.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/748/solicita_que_seja_realizado_pelo_procon_fiscaliz_GiBCw27.pdf</t>
   </si>
   <si>
     <t>Requer seja realizada uma fiscalização pelo Procon com a finalidade de constatar possíveis irregularidades nos Postos de Combustíveis, e combater a possível formação de cartel.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/749/requerimento_ar_condicionado_para_a_escola_vicente_neto.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/749/requerimento_ar_condicionado_para_a_escola_vicente_neto.pdf</t>
   </si>
   <si>
     <t>REQUER AQUISIÇÃO E INSTALAÇÃO DE APARELHOS DE AR CONDICIONADO NAS SALAS DE AULA DA ESCOLA MUNICIPAL, VICENTE FERNANDES DA SILVA NETO, SITUADA NO BAIRRO TALISMÃ.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/750/requerimento_bueiro_pluvial_corrego_do_cruzeiro.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/750/requerimento_bueiro_pluvial_corrego_do_cruzeiro.pdf</t>
   </si>
   <si>
     <t>REQUER A CONCLUSÃO DA OBRA DO BUEIRO DE ÁGUA PLUVIAL, LOCALIZADO NA RUA 22 DE JANEIRO, NO BAIRRO CADEIA.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/751/bolsa_de_incentivo_aos_componentes_da_banda_22_d_o7Jw59M.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/751/bolsa_de_incentivo_aos_componentes_da_banda_22_d_o7Jw59M.pdf</t>
   </si>
   <si>
     <t>Requer o pagamento de Bolsa de Incentivo aos componentes da Banda 22 de Janeiro.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/752/bolsa_universitaria_para_os_estudantes_quirinopolinos.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/752/bolsa_universitaria_para_os_estudantes_quirinopolinos.pdf</t>
   </si>
   <si>
     <t>Requer a doação de bolsa universitária para estudantes quirinopolinos.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/753/requer_climatizacao_das_salas_de_enfermaria.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/753/requer_climatizacao_das_salas_de_enfermaria.pdf</t>
   </si>
   <si>
     <t>Requer seja feita a climatização das enfermarias do Hospital Municipal.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/754/ccf_000026.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/754/ccf_000026.pdf</t>
   </si>
   <si>
     <t>Requer seja realizado o recapeamento de todo o pátio da feira coberta, bem como uma pintura demarcando os locais que os feirantes podem montar suas barracas.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>Bancada de oposição, DALMO (Soró), Marcio Oliveira, MARQUINHO DA CASA DE APOIO, OSCAR JÚNIOR, Prof. Veroneida</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/755/requerimento_de_bancada_-_quadra_escola.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/755/requerimento_de_bancada_-_quadra_escola.pdf</t>
   </si>
   <si>
     <t>Requer que seja construída uma quadra poliesportiva no Colégio Estadual Frederico Gonzaga Jaime.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>Nicolina (Tia Nicola), ANDREA ENFERMEIRA, NUBIA THEODORO, Prof. Veroneida, Yvis</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/756/requer_realizacao_de_sessao_solene_em_comemoraca_cZU8Uxk.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/756/requer_realizacao_de_sessao_solene_em_comemoraca_cZU8Uxk.pdf</t>
   </si>
   <si>
     <t>Requer do Excelentíssimo Presidente que no dia 08 de Março de 2019 realize uma sessão solene em virtude da Comemoração do dia Da Mulher.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/757/requerimento_reforma_creq.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/757/requerimento_reforma_creq.pdf</t>
   </si>
   <si>
     <t>REQUER REFORMA, AMPLIAÇÃO E AQUISIÇÃO DE EQUIPAMENTOS PARA O CREQ - CENTRO DE REABILITAÇÃO DE QUIRINÓPOLIS.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/758/requerimento_antena_de_internet_para_a_regiao_da_inhumas.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/758/requerimento_antena_de_internet_para_a_regiao_da_inhumas.pdf</t>
   </si>
   <si>
     <t>REQUER VIABILIZAR, POR MEIO DE PARCERIA PÚBLICO-PRIVADA, A INSTALAÇÃO DE UMA ANTENA PARA EMISSÃO DE SINAL DE INTERNET NA REGIÃO DA INHUMAS.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/759/requerimento_veroneida_2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/759/requerimento_veroneida_2019.pdf</t>
   </si>
   <si>
     <t>Requer o serviço de tapa buracos na Avenida Brasil em frente à Auto Visa Cosméticos.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/760/requerimento_revisao_geral_anual_das_remuneracoe_PS4okOc.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/760/requerimento_revisao_geral_anual_das_remuneracoe_PS4okOc.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENCAMINHADO À CÂMARA MUNICIPAL PROJETO DE LEI QUE ESTABELEÇA A DATA BASE PARA REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS E DOS SUBSÍDIOS PREVISTOS NO PARÁGRAFO 4º, DO ART. 39, DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>CASSIM DA USINA, ANDREA ENFERMEIRA, Athos Vinicius, DALMO (Soró), Divininho Ambulância, Marcio Oliveira, MARQUINHO DA CASA DE APOIO, Nicolina (Tia Nicola), NUBIA THEODORO, OSCAR JÚNIOR, Prof. Veroneida, Soldado Edvaldo, Yvis</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/761/requer_seja_oficiado_os_diretores_da_enel_1.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/761/requer_seja_oficiado_os_diretores_da_enel_1.pdf</t>
   </si>
   <si>
     <t>Requer seja oficiado a Direção geral da Enel de Quirinópolis, e o Diretor Presidente da Enel Distribuição Goiás, convidando os mesmos para fazer o uso da tribuna, afim de que discorram sobre a atual situação do fornecimento de energia elétrica e conseqüentemente dar explicações sobre a interrupção freqüente do serviço.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/762/requer_a_realizacao_do_recapeamento_da_rua_05_do_yNIGDT0.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/762/requer_a_realizacao_do_recapeamento_da_rua_05_do_yNIGDT0.pdf</t>
   </si>
   <si>
     <t>Requer seja providenciada a realização do recapeamento da Rua 05 do Bairro Alphaville.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/763/requer_seja_feita_vistoria_e_reparo_na_caixa_dag_iZ8HP0d.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/763/requer_seja_feita_vistoria_e_reparo_na_caixa_dag_iZ8HP0d.pdf</t>
   </si>
   <si>
     <t>Requer seja realizada uma vistoria da caixa d’agua do Povoado do Tocozinho, e caso seja constatado defeito ou vazamento na mesma, seja feito o reparo de imediato.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/764/requerimento_reparos_no_lago_sol_poente.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/764/requerimento_reparos_no_lago_sol_poente.pdf</t>
   </si>
   <si>
     <t>REQUER EM CARÁTER DE URGÊNCIA URGENTÍSSIMA, REPAROS NAS MARGENS DO LAGO SOL POENTE.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/765/requerimento_bancada_uniformes_rede_municipal.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/765/requerimento_bancada_uniformes_rede_municipal.pdf</t>
   </si>
   <si>
     <t>REQUER EM CARÁTER DE URGÊNCIA URGENTÍSSIMA, DOAÇÃO DE UNIFORMES PARA OS ALUNOS DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/769/requerimento_36-2019_pHKArMv.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/769/requerimento_36-2019_pHKArMv.pdf</t>
   </si>
   <si>
     <t>Solicitando que a AMTS viabilize estudo para transformação de vias próximas a FAQUI em mão única.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/770/requerimento_37-2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/770/requerimento_37-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando um ponto de apoio de saúde na comunidade Geraldo Lemos.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/771/requerimento_nic_-_hospital_do_cancer.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/771/requerimento_nic_-_hospital_do_cancer.pdf</t>
   </si>
   <si>
     <t>Solicita do Governador, que disponibilize o prédio do CREDEQ de Quirinópolis e em parceria com o Hospital de Amor de Barretos, elabore projetos afim de que, o prédio citado seja utilizado para funcionar um Hospital de Prevenção e Diagnóstico do Câncer.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/772/requerimento_nic_-_restauracao_do_museu.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/772/requerimento_nic_-_restauracao_do_museu.pdf</t>
   </si>
   <si>
     <t>Requer a reforma e restauração do Museu Municipal e parceria com a UEG.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>CASSIM DA USINA, Divininho Ambulância</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/773/solicita_doacao_de_carro_para_ong_dos_animais.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/773/solicita_doacao_de_carro_para_ong_dos_animais.pdf</t>
   </si>
   <si>
     <t>Requer seja doado um veículo para a “Associação Protetora do Melhor Amigo do Homem de Quirinópolis".</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/774/requerimento_rotatoria_divinho_2.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/774/requerimento_rotatoria_divinho_2.pdf</t>
   </si>
   <si>
     <t>Solicita da Secretaria de Urbanismo e Obras Publicas que, determine a construção de uma rotatória na Avenida Leocadio de Souza Reis, próximo as concessionárias de veículos.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/775/requerimento_athos_vicente_neto.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/775/requerimento_athos_vicente_neto.pdf</t>
   </si>
   <si>
     <t>Construção de Quadra Coberta da Escola Municipal Vicente Neto.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/776/requerimento_athos_curso_bombeiro_civil.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/776/requerimento_athos_curso_bombeiro_civil.pdf</t>
   </si>
   <si>
     <t>Realização de Curso Prático e Teórico de Bombeiro Profissional Civil.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/777/limpeza_de_lotes_baldios.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/777/limpeza_de_lotes_baldios.pdf</t>
   </si>
   <si>
     <t>Requer seja realizada a limpeza e manutenção dos terrenos baldios da área urbana.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/779/acessibilidade_teatro.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/779/acessibilidade_teatro.pdf</t>
   </si>
   <si>
     <t>Requer a adaptação, instalação de equipamentos e outras medidas que viabilizem a acessibilidade completa e irrestrita das pessoas portadoras de deficiência às dependências do Palácio da Cultura Sodino Vieira de Carvalho e demais repartições Públicas Municipais.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/783/requerimento_nic_-_projeto_de_lei_autonomia_fina_5FMCRw0.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/783/requerimento_nic_-_projeto_de_lei_autonomia_fina_5FMCRw0.pdf</t>
   </si>
   <si>
     <t>Requer o encaminhamento de projeto de lei que regulamente sobre o programa de autonomia financeira das unidades escolares.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/784/requerimento_nic_-_consorcio_inter_regional_muni_mqvLie9.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/784/requerimento_nic_-_consorcio_inter_regional_muni_mqvLie9.pdf</t>
   </si>
   <si>
     <t>Requer seja realizado um projeto com o intuito de firmar um consorcio inter regional entre os municípios circunvizinhos de Quirinópolis e extremo sudoeste goiano, para viabilizar o funcionamento da UTI, possibilitando a regulação referenciada entre os municípios.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/785/auxilio_transporte_servidores_uas.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/785/auxilio_transporte_servidores_uas.pdf</t>
   </si>
   <si>
     <t>Solicita do Prefeito Municipal que acrescente nos vencimentos dos servidores que foram remanejados para a Unidade de Assistência a Saúde Juca Severiano ajuda de custo ou auxilio transporte</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/786/requerimento_ae_201731_plantao_da_ambulancia_no__I52oLTP.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/786/requerimento_ae_201731_plantao_da_ambulancia_no__I52oLTP.pdf</t>
   </si>
   <si>
     <t>Solicita que seja afixada uma ambulância no hospital municipal afim de assistênciar em período integral os pacientes internos daquela unidade, auxiliando caso precise fazer exames fora do hospital, e também transportar os pacientes que são socorridos pelo SAMU no Período noturno e após finalizado o atendimento não possuem meios de locomoção até suas residências.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/787/requerimento_aparelho_de_aerossol_aUI2zFm.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/787/requerimento_aparelho_de_aerossol_aUI2zFm.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja adquirido e instalado aparelho de aerossol em todos os PSF do Município.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/788/ponte_regiao_do_corrego_fundo.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/788/ponte_regiao_do_corrego_fundo.pdf</t>
   </si>
   <si>
     <t>Solicita reparos na ponte sobre o córrego fundo, na região da fazenda fazendinha, sentido Quirinópolis/Gouvelândia.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/789/ponte_regiao_da_limeira.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/789/ponte_regiao_da_limeira.pdf</t>
   </si>
   <si>
     <t>Requer reparos urgentes na ponte sobre o córrego da limeira, região situada na estrada municipal à esquerda da rodovia GO 164, KM 126, sentido Quirinópolis Paranaiguara.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/795/requerimento_05.nutricionistas.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/795/requerimento_05.nutricionistas.pdf</t>
   </si>
   <si>
     <t>Solicitando que determine ao setor competente, que seja contratado mais Nutricionistas para que possa atender toda demanda tendo em vista haver algumas áreas carentes dos mesmos.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/796/requerimento_gari_04.2019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/796/requerimento_gari_04.2019.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja disponibilizado Gari para cidade de Denislópolis (Tocozinho) nos dias que passa o coletor de lixo.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Marcos Cabral</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/797/requerimento_cabral_12-03-2019_1.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/797/requerimento_cabral_12-03-2019_1.pdf</t>
   </si>
   <si>
     <t>Solicitar do prefeito municipal a construção de ponte sobre córrego da limeira, região do Rio Preto.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>MARQUINHO DA CASA DE APOIO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/798/r_e_q_u_e_r_i_m_e_n_t_o_marcos_tulio_3.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/798/r_e_q_u_e_r_i_m_e_n_t_o_marcos_tulio_3.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado o Secretário de Urbanismo e Obras Públicas, solicitando que envie máquinas a fim de fazer a recuperação das Estradas Rurais da região da Inhuma, Salgado, Cachoeirinha do Rio Preto, Perdizes e outras regiões que assim forem necessárias.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>DALMO (Soró)</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/800/requerimento_iluminacao_av_castro_alves.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/800/requerimento_iluminacao_av_castro_alves.pdf</t>
   </si>
   <si>
     <t>Requer seja construída rede de iluminação pública na Avenida Castro Alves, no perímetro entre a Rotatória da Rodovia GO 206 até a entrada do Bairro Flamboyant (cruzamento com Rua Girassol).</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/801/requerimento_and._escoamento_de_agua_bairro_chic_HmT31Vf.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/801/requerimento_and._escoamento_de_agua_bairro_chic_HmT31Vf.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de um estudo pela equipe de engenharia do município afim de constatar o melhor meio para escoar a água que fica empoçada no bairro Alvorada e Chico Junqueira.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/802/requerimento_and._construcao_de_calcadas.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/802/requerimento_and._construcao_de_calcadas.pdf</t>
   </si>
   <si>
     <t>Solicita a construção de calçadas em todo o bairro Chico Junqueira.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/803/requerimento_academia_na_praca_do_tocozinho.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/803/requerimento_academia_na_praca_do_tocozinho.pdf</t>
   </si>
   <si>
     <t>Solicita da Secretaria de Urbanismo e Obras Publicas que, determine a construção de uma academia ao ar livre na Praça Jordelino Barbosa Goulart, no povoado de Denislópolis.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/804/req_sentido_unico_rua_contorno_6.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/804/req_sentido_unico_rua_contorno_6.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Presidente da AMTS que seja realizado um estudo a fim de viabilizar a mudança no sentido da Rua Contorno, no para sentido único.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/805/iluminacao_publica_nos_bairros_tonico_bento_e_vi_QT2lc16.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/805/iluminacao_publica_nos_bairros_tonico_bento_e_vi_QT2lc16.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de rede de iluminação pública nas ruas dos Bairros Tonico Bento e Vila Camponesa.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/806/sinalizacao_de_transito.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/806/sinalizacao_de_transito.pdf</t>
   </si>
   <si>
     <t>Requer implantação de faixas de pedestres com devida sinalização nas esquinas da Avenida Frei João Batista com a Rodovia GO 206.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/807/requerimento_nic_-_interprete_de_lingua_de_sinais.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/807/requerimento_nic_-_interprete_de_lingua_de_sinais.pdf</t>
   </si>
   <si>
     <t>Requer do Excelentíssimo Presidente desta Casa de Leis, que contrate um interprete de libras (línguas de sinais) para atuar nos dias de sessões ordinárias.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/808/requerimento_nic_-_muro_em_volta_das_casas_do_vi_vcQSS57.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/808/requerimento_nic_-_muro_em_volta_das_casas_do_vi_vcQSS57.pdf</t>
   </si>
   <si>
     <t>Requer seja construído um muro em volta das casas da Vila Vida Feliz.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/810/requerimento_-_convocacao.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/810/requerimento_-_convocacao.pdf</t>
   </si>
   <si>
     <t>Solicita a convocação dos sócios proprietários, do engenheiro da empresa Pavsantos Construtora Ltda EPP e do engenheiro do município responsável pelo acompanhamento das obras de recapeamento das ruas e avenidas do Município</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/812/creche_tonico_bento.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/812/creche_tonico_bento.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma creche no Bairro Tonico Bento.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/813/yvis_-horta_comunitaria.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/813/yvis_-horta_comunitaria.pdf</t>
   </si>
   <si>
     <t>Requer a realização de um estudo, para posteriormente ser criada uma horta comunitária no Bairro Vila Vida Feliz.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/814/requerimento_2019_-_uas.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/814/requerimento_2019_-_uas.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado à Secretaria da Saúde para que faça um estudo de teleagendamento de consulta ao UAS (Unidade de Atendimentos de Saúde).</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/815/lombo-faixa_em_frente_ao_senac.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/815/lombo-faixa_em_frente_ao_senac.pdf</t>
   </si>
   <si>
     <t>Requer seja construída uma lombo-faixa em frente ao SENAC.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/816/requerimento_reforma_ubs_vii_vii_e_iv_7V9lBUc.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/816/requerimento_reforma_ubs_vii_vii_e_iv_7V9lBUc.pdf</t>
   </si>
   <si>
     <t>Solicita seja realizada a Reforma das UBSs IV, VI e VII.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/817/requerimento_obra_reparadora_buraco_na_ponte_go_206_1.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/817/requerimento_obra_reparadora_buraco_na_ponte_go_206_1.pdf</t>
   </si>
   <si>
     <t>Solicita da Agetop, que realize os reparos necessários na ponte do Rio Preto que fica na GO- 206.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/818/arborizacao_urbana.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/818/arborizacao_urbana.pdf</t>
   </si>
   <si>
     <t>Solicita que a Secretaria Municipal do Meio-Ambiente desenvolva e execute projeto de arborização urbana, substituição de árvores inadequadas e fornecimento de mudas.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/819/coleta_seletiva.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/819/coleta_seletiva.pdf</t>
   </si>
   <si>
     <t>Solicita retomada do programa de coleta seletiva criado pela Lei Municipal 3.209/2016, em conformidade com Lei Federal 12.305/2010, regulamentada pelo Decreto Federal 7.404/2010.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/820/requer_aplicacao_da_lei_11108_1.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/820/requer_aplicacao_da_lei_11108_1.pdf</t>
   </si>
   <si>
     <t>Requer seja oficiado o Prefeito Municipal a Secretaria de Saúde, o Diretor do Hospital Municipal requerendo dos mesmos que, seja aplicada a Lei Federal 11.108/05 que garante às parturientes o direito à presença de acompanhante durante o trabalho de parto, parto e pós-parto imediato, no âmbito do Sistema Único de Saúde - SUS.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/821/cobertura_parque_escola_marcio_ribeiro_1.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/821/cobertura_parque_escola_marcio_ribeiro_1.pdf</t>
   </si>
   <si>
     <t>Requer seja realizada a cobertura do parquinho infantil da Escola Municipal Marcio Ribeiro.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/822/yvis_operadora_oi.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/822/yvis_operadora_oi.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado o gerente administrativo da OI S/A em Goiás, para que solicite informações acerca da falta de sinal de rede telefônica e internet em toda cidade especialmente nos bairros: Atenas, Atenas II, Viena e Viena II.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/823/requerimento_piso_de_agentes.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/823/requerimento_piso_de_agentes.pdf</t>
   </si>
   <si>
     <t>Solicitando regulamentação de piso salarial dos agentes comunitários de saúde e dos agentes de combate a Endemias.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/824/subprefeitura_povoado_do_tocozinho.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/824/subprefeitura_povoado_do_tocozinho.pdf</t>
   </si>
   <si>
     <t>Requer seja implantada e construída uma Subprefeitura no Povoado de Denislópolis.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/825/requer_recapeamento_rua_das_clemencias.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/825/requer_recapeamento_rua_das_clemencias.pdf</t>
   </si>
   <si>
     <t>Requer seja realizada a obra de recapeamento da Rua das Clemências no Bairro Alvorada</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/826/delegacia_da_mulher.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/826/delegacia_da_mulher.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de uma DEAM - Delegacia Especializada No Atendimento À Mulher em Quirinópolis.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/827/fornecimento_de_agua_em_quirinopolis.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/827/fornecimento_de_agua_em_quirinopolis.pdf</t>
   </si>
   <si>
     <t>Solicita do Prefeito Municipal, a realização de consulta popular para decidir sobre a viabilidade da privatização do fornecimento de água em Quirinópolis.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/829/requer_aumento_de_salario_gcm.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/829/requer_aumento_de_salario_gcm.pdf</t>
   </si>
   <si>
     <t>Requer seja realizado o reajuste do salário dos servidores da Guarda Civil Municipal, aumentando o salário base em 30% (trinta por cento), e o acréscimo na folha de pagamento em 30% (trinta por cento) referente ao adicional de periculosidade.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/830/yvis_2018008_-_aquisicao_de_cadeiras_de_rodas_para_ubs.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/830/yvis_2018008_-_aquisicao_de_cadeiras_de_rodas_para_ubs.pdf</t>
   </si>
   <si>
     <t>Requer a aquisição de cadeiras de rodas para as Unidades Básicas de Saúde-UBS.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/831/posto_da_receita_federal.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/831/posto_da_receita_federal.pdf</t>
   </si>
   <si>
     <t>Requer instalação de um Posto Avançado da Receita Federal em Quirinópolis.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/832/aquisicao_de_uniformes_1.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/832/aquisicao_de_uniformes_1.pdf</t>
   </si>
   <si>
     <t>Requer a aquisição de uniformes para os servidores da Câmara Municipal de Quirinópolis.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/833/onibus_dr_onerio_1.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/833/onibus_dr_onerio_1.pdf</t>
   </si>
   <si>
     <t>Requer que a prefeitura disponibilize um ônibus para transporte dos alunos do Colégio Estadual Dr. Onério do período noturno.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/836/requerimento_edvaldo_praca_ao_redor_do_estadio.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/836/requerimento_edvaldo_praca_ao_redor_do_estadio.pdf</t>
   </si>
   <si>
     <t>Construção de Praça com pista de caminhada e academia ao ar livre ao redor do Estádio Olímpico Bichinho Vieira.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/837/requerimento_edvaldo_transporte_cidadao.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/837/requerimento_edvaldo_transporte_cidadao.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DO TRANSPORTE CIDADÃO COM VAN PARA LEVAR OS PACIENTES DOS BAIRROS ATÉ A UAS.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/838/requer_bolsa_universitaria_para_os_estudantes_qu_83iqzXW.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/838/requer_bolsa_universitaria_para_os_estudantes_qu_83iqzXW.pdf</t>
   </si>
   <si>
     <t>Requer a instituição do programa de bolsa universitária para estudantes quirinopolinos.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/842/requerimento_athos_recapeamento_ruas_e_avenidas.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/842/requerimento_athos_recapeamento_ruas_e_avenidas.pdf</t>
   </si>
   <si>
     <t>Prosseguimento do recapeamento e tapa buracos das ruas e avenidas danificadas pelas chuvas torrenciais de março.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/843/requerimento_athos_recapeamento_rodovias.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/843/requerimento_athos_recapeamento_rodovias.pdf</t>
   </si>
   <si>
     <t>Solicitando recuperação da malha viária das rodovias que cortam o município.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/845/uniformes_rede_municipal.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/845/uniformes_rede_municipal.pdf</t>
   </si>
   <si>
     <t>Requer aquisição de uniformes para os alunos da rede municipal de ensino de Quirinópolis.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/846/recapeamento_asfalto_conjunto_capelinha_2.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/846/recapeamento_asfalto_conjunto_capelinha_2.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito o serviço de recapeamento asfáltico em toda extensão do Conjunto Capelinha.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/847/yvis_-_castracao_de_animais.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/847/yvis_-_castracao_de_animais.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito estudo e planejamento que viabilize meios de contratar parceria com Universidades para que sejam realizados por alunos do curso de medicina veterinária, mutirões de castração de animais em nossa cidade.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/848/yvis_redutor_de_velocidade_alameda.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/848/yvis_redutor_de_velocidade_alameda.pdf</t>
   </si>
   <si>
     <t>Requer seja realizado um estudo para verificar se há possibilidade de colocar redutores de velocidade na Avenida Alameda Paranaíba, Parque Flamboyant.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/850/requerimento_athos_recapeamento_peteca.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/850/requerimento_athos_recapeamento_peteca.pdf</t>
   </si>
   <si>
     <t>Solicitando restauração da Quadra de Peteca do Parque da Liberdade.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/851/requerimento_contratacao_de_dois_medicos_oftalmologistas.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/851/requerimento_contratacao_de_dois_medicos_oftalmologistas.pdf</t>
   </si>
   <si>
     <t>Solicita com urgência, a contratação de dois médicos oftalmologistas para compor o corpo clinico de saúde de nossa cidade, para atender os munícipes que necessitam de um atendimento especializado.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/852/requerimento_obra_reparadora_ponte_corrego_da_limeira.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/852/requerimento_obra_reparadora_ponte_corrego_da_limeira.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de reparos na ponte do Córrego da Limeira, que da acesso aos ranchos região Geraldo Lemes.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/854/requerimento_criacao_da_central_da_lavanderia_dos_cmeis.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/854/requerimento_criacao_da_central_da_lavanderia_dos_cmeis.pdf</t>
   </si>
   <si>
     <t>Requer a criação da “Central da Lavanderia” das roupas do CMEI.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/855/requerimento_disciplina_robotica_nas_escolas_VJlSK5D.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/855/requerimento_disciplina_robotica_nas_escolas_VJlSK5D.pdf</t>
   </si>
   <si>
     <t>Requer a implantação da disciplina de ensino robótico nas escolas municipais de nossa cidade.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/856/requerimento_eja_no_tocozinho_1.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/856/requerimento_eja_no_tocozinho_1.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado um estudo no sentido de Implantar no Povoado de Denislópolis (Tocozinho), no segundo semestre de 2019 a modalidade de Ensino EJA (Educação para Jovens e Adultos) na Escola Municipal João Antônio Barbosa no Período Noturno.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/857/requerimento_doacao_de_area_para_escola_especial_1.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/857/requerimento_doacao_de_area_para_escola_especial_1.pdf</t>
   </si>
   <si>
     <t>Requer seja realizado um estudo no sentido de viabilizar doação de uma área para a Fundação do Lions Clube – Entidade Filantrópica sem fins lucrativos, mantenedora do CAEE (Centro de Atendimento Educacional Especial Dr. Alfredo Mariz da Costa).</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/858/requerimento_15_casas_trabalhadores_usina_2.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/858/requerimento_15_casas_trabalhadores_usina_2.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado projeto de lei, destinando a doação de 15% (quinze por cento) da área de loteamento habitacional aos trabalhadores das Usinas São Francisco e Boa Vista.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/859/asfalto_bairro_alexandrina.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/859/asfalto_bairro_alexandrina.pdf</t>
   </si>
   <si>
     <t>Requer seja feito o asfaltamento Bairro Alexandrina.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/860/0-_biblioteca_2.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/860/0-_biblioteca_2.pdf</t>
   </si>
   <si>
     <t>Requer que seja feita atualização do acervo da Biblioteca Municipal.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/861/0_-_psicologa_1.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/861/0_-_psicologa_1.pdf</t>
   </si>
   <si>
     <t>Requer contratação de psicólogos para atender a Rede Municipal de Educação de Quirinópolis.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/863/requerimento_cacamba_de_lixo_para_zona_rural.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/863/requerimento_cacamba_de_lixo_para_zona_rural.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado o Prefeito Municipal com cópia para o secretário de agricultura, solicitando que seja fixada uma caçamba de lixo na Venda do Vaca</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/864/requerimento_vd_201703_asfalto_esgoto_e_iluminac_yAEAffl.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/864/requerimento_vd_201703_asfalto_esgoto_e_iluminac_yAEAffl.pdf</t>
   </si>
   <si>
     <t>Requer que o prefeito municipal, solicite junto a SANEAGO e a CELG a construção da rede de iluminação e rede de Esgoto no Bairro Governador Henrique Santillo e que seja feita a pavimentação asfáltica do mesmo.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/865/requerimento_caps.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/865/requerimento_caps.pdf</t>
   </si>
   <si>
     <t>Requer que sejam preenchidas todas as vagas da equipe multiprofissional do centro de atenção psicossocial caminhos da luz.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/866/requerimento_de_benfeitorias_para_o_cemei_serafim_junior.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/866/requerimento_de_benfeitorias_para_o_cemei_serafim_junior.pdf</t>
   </si>
   <si>
     <t>Requer benfeitorias para CEMEI Serafim Júnior: manutenção e pintura dos brinquedos, colocação de areia e instalação de alambrado no parquinho e reparos nas instalações de esgoto.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/867/requerimento_manutencao_de_estradas_da_regiao_do_salgado.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/867/requerimento_manutencao_de_estradas_da_regiao_do_salgado.pdf</t>
   </si>
   <si>
     <t>Solicita a Manutenção das Estradas da Região do Salgado.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/868/requerimento_construcao_galeria_pluvial_corrego_cruzeiro.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/868/requerimento_construcao_galeria_pluvial_corrego_cruzeiro.pdf</t>
   </si>
   <si>
     <t>Solicita a construção de uma galeria pluvial, para escoamento da água do córrego do cruzeiro.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/871/requerimento_construcao_de_um_galpao_para_realiz_2FnMcRh.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/871/requerimento_construcao_de_um_galpao_para_realiz_2FnMcRh.pdf</t>
   </si>
   <si>
     <t>Requer seja realizado um estudo para a viabilidade de construir um galpão onde serão realizados os projetos relacionados a confecções de roupas e artesanatos.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/872/requerimento_extensao_projeto_mais_jovem_tocozinho_1.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/872/requerimento_extensao_projeto_mais_jovem_tocozinho_1.pdf</t>
   </si>
   <si>
     <t>Requer a extensão do Programa “Mais Jovens”, para atender as crianças e adolescentes do povoado de Denislópolis (tocozinho).”</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/873/habitacao__1.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/873/habitacao__1.pdf</t>
   </si>
   <si>
     <t>Requer um levantamento para saber quais funcionários da prefeitura ainda não possuem casa própria para que seja criado um conjunto habitacional.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/874/yvis_psicologo_rede_publica_1.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/874/yvis_psicologo_rede_publica_1.pdf</t>
   </si>
   <si>
     <t>Requer a contratação de Psicólogos para compor o corpo clínico de saúde do Municipio.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/875/requer_seja_disponibilizado_comprovante_do_ponto_nE5Ebzg.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/875/requer_seja_disponibilizado_comprovante_do_ponto_nE5Ebzg.pdf</t>
   </si>
   <si>
     <t>Solicita do Chefe do Departamento de Recursos Humanos da Prefeitura Municipal de Quirinópolis, que providencie a emissão de comprovante de registro de ponto, ao ponto eletrônico do TUDO AQUI.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/876/yvis_disciplina_ed_ambiental.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/876/yvis_disciplina_ed_ambiental.pdf</t>
   </si>
   <si>
     <t>Requer a implantação da disciplina de ensino em Educação Ambiental nas escolas municipais de nossa cidade.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/877/requer_a_inclusao_de_atividade_de_equoterapia.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/877/requer_a_inclusao_de_atividade_de_equoterapia.pdf</t>
   </si>
   <si>
     <t>Requer seja colocada a disposição do atendimento educacional especializado de toda rede pública de educação, a atividade de equoterapia, para crianças e adolescentes com deficiências físicas ou mentais e/ou com necessidades especiais, especialmente para os portadores de paralisia cerebral; autismo; crianças com atraso do desenvolvimento motor; síndrome de down; déficit de atenção e hiperatividade.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/878/disponibilidade_de_um_profissional_da_seguranca__FJZZGnT.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/878/disponibilidade_de_um_profissional_da_seguranca__FJZZGnT.pdf</t>
   </si>
   <si>
     <t>Requer seja colocada a disposição de cada unidade escolar pública, deste município, um profissional de segurança.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/879/requerimento_centro_cirurgico_veterinario.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/879/requerimento_centro_cirurgico_veterinario.pdf</t>
   </si>
   <si>
     <t>Requer seja encaminhado um projeto de lei, autorizando a aquisição de todo equipamento necessário para montagem de um centro cirúrgico veterinário na Associação Protetora do Melhor Amigo do Homem de Quirinópolis- Casa do Melhor Amigo.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/880/requerimento_doacao_de_terreno_para_a_policia_civil.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/880/requerimento_doacao_de_terreno_para_a_policia_civil.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal, que encaminhe projeto de lei, autorizando a doação do terreno que era para ser construído a nova câmara municipal, para a Policia Civil, construir sua própria sede.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/881/requerimento_edvaldo_asfalto_polo_empresarial.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/881/requerimento_edvaldo_asfalto_polo_empresarial.pdf</t>
   </si>
   <si>
     <t>Solicitando pavimentação asfáltica do pólo empresarial sucroenergético.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/882/requerimento_athos_campanha_do_agasalho.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/882/requerimento_athos_campanha_do_agasalho.pdf</t>
   </si>
   <si>
     <t>Realização da Campanha do Agasalho 2019 com distribuição de cobertores para as famílias carentes.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/883/requerimento_athos_recapeamento_via_leocadio_de__VrskZXR.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/883/requerimento_athos_recapeamento_via_leocadio_de__VrskZXR.pdf</t>
   </si>
   <si>
     <t>Solicitando recapeamento da Via Leocádio de Souza Reis.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/884/requerimento_calcada_para_todos_tocozinho.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/884/requerimento_calcada_para_todos_tocozinho.pdf</t>
   </si>
   <si>
     <t>Requer seja realizado o “Programa Calçada para todos, Cidade Limpa” no Povoado de Denislópolis - Tocozinho.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/885/requerimento_parceria_ueg_projeto_turismo_ecologico.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/885/requerimento_parceria_ueg_projeto_turismo_ecologico.pdf</t>
   </si>
   <si>
     <t>Solicita seja realizado uma parceria (convênio) com a UEG no sentido de viabilizar estudos e projetos para implantar em Quirinópolis, o Turismo Ecológico de Maneira Sustentável com rentabilidade.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/886/requerimento_feira_da_quinta_feira_bichinho_vieira_1.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/886/requerimento_feira_da_quinta_feira_bichinho_vieira_1.pdf</t>
   </si>
   <si>
     <t>Requer o estudo para Realização de uma feira de abastecimento de frutas, horte-frutas, açougue, entre outros próximo ao Estádio Bichinho Vieira.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/887/requerimento_edvaldo_energia_nos_ranchos.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/887/requerimento_edvaldo_energia_nos_ranchos.pdf</t>
   </si>
   <si>
     <t>Implantação de rede de energia elétrica nos ranchos da  região do geraldo lemos e iluminação pública.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/890/requer_a_construcao_de_um_centro_social_no_bairr_ckXT9HV.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/890/requer_a_construcao_de_um_centro_social_no_bairr_ckXT9HV.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um Centro Social no Bairro Flamboyant.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/891/requerimento_edvaldo_bolsa_alimentacao.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/891/requerimento_edvaldo_bolsa_alimentacao.pdf</t>
   </si>
   <si>
     <t>Solicitação concessão de bolsa alimentação para os policiais militares novatos.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/892/requerimento_athos_alagamentos.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/892/requerimento_athos_alagamentos.pdf</t>
   </si>
   <si>
     <t>Solicitando estudo e obras para sanar o problema dos alagamentos no Bairro Chico Junqueira.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/893/quirinopolis.go.leg.br_req_134.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/893/quirinopolis.go.leg.br_req_134.pdf</t>
   </si>
   <si>
     <t>Solicita Restauração do Parque da Liberdade.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/894/quirinopolis.go.leg.br_req_135.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/894/quirinopolis.go.leg.br_req_135.pdf</t>
   </si>
   <si>
     <t>Requer do executivo que encaminhe Projeto de Lei, autorizando a criação da Patrulha Maria da Penha para monitorar casos em que for deferida pela Justiça medida protetiva da mulher.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/895/quirinopolis.go.leg.br_req_136.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/895/quirinopolis.go.leg.br_req_136.pdf</t>
   </si>
   <si>
     <t>Requer seja construída com imediata urgência a Estação Experimental na serra da Fortaleza.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/896/quirinopolis.go.leg.br_req_137.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/896/quirinopolis.go.leg.br_req_137.pdf</t>
   </si>
   <si>
     <t>Requer seja feita a reforma e adequação no prédio que funcionava o Posto Juca Severiano, para ser instalado naquele local a sede do CAPS – Centro de Atenção Psicossocial.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/897/quirinopolis.go.leg.br_req_138_eP0mGXN.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/897/quirinopolis.go.leg.br_req_138_eP0mGXN.pdf</t>
   </si>
   <si>
     <t>Solicita do Governador Ronaldo Caiado, que seja criada Bolsa Estudantil para o CEPI Independência.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/903/quirinopolis.go.leg.br_req_139.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/903/quirinopolis.go.leg.br_req_139.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado o Prefeito Municipal solicitando a reforma do Hospital Municipal Antônio Martins da Costa.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/904/quirinopolis.go.leg.br_req_140.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/904/quirinopolis.go.leg.br_req_140.pdf</t>
   </si>
   <si>
     <t>Requer seja encaminhado oficio a Secretaria de Obras e Urbanismo, solicitando da mesma que através do setor responsável, busque meios de colocar areia no parquinho do Parque da Liberdade.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/905/quirinopolis.go.leg.br_req_141.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/905/quirinopolis.go.leg.br_req_141.pdf</t>
   </si>
   <si>
     <t>Requer instalação de aparelhos de ar condicionado nas seguintes dependências do hospital municipal: pronto socorro, sala de pré-parto, posto de enfermagem e enfermaria feminina.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/906/quirinopolis.go.leg.br_req_142.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/906/quirinopolis.go.leg.br_req_142.pdf</t>
   </si>
   <si>
     <t>solicitando que promova o recapeamento do asfalto da feira cobeta.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/907/quirinopolis.go.leg.br_req_143.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/907/quirinopolis.go.leg.br_req_143.pdf</t>
   </si>
   <si>
     <t>Solicitando que promova melhorias na feira da terça colocando barracas nos dois lados da rua e otimizar a iluminação pública aos arredores da Praça Coronel Jacintho Honório.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/910/quirinopolis.go.leg.br_req_144.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/910/quirinopolis.go.leg.br_req_144.pdf</t>
   </si>
   <si>
     <t>Requer que seja disponibilizado um médico plantonista para acompanhar os pacientes nas viagens da UTI móvel.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/911/quirinopolis.go.leg.br_req_145.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/911/quirinopolis.go.leg.br_req_145.pdf</t>
   </si>
   <si>
     <t>Requer construção de pista de ciclismo no Lago Sol Poente.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/912/quirinopolis.go.leg.br_req_146.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/912/quirinopolis.go.leg.br_req_146.pdf</t>
   </si>
   <si>
     <t>Prestação de esclarecimentos sobre a real situação do Quiprev</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/913/quirinopolis.go.leg.br_req_147.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/913/quirinopolis.go.leg.br_req_147.pdf</t>
   </si>
   <si>
     <t>Solicitando a aquisição e instalação de aparelho de ar condicionado nas salas do Colégio Estadual Olga Parreira.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/914/quirinopolis.go.leg.br_req_148.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/914/quirinopolis.go.leg.br_req_148.pdf</t>
   </si>
   <si>
     <t>Requer a construção de banheiros na Praça Coronel Jacintho Honório da Silva.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/915/quirinopolis.go.leg.br_req_149.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/915/quirinopolis.go.leg.br_req_149.pdf</t>
   </si>
   <si>
     <t>Requer a reforma e manutenção das calçadas, quadras e parque de recreação do Bosque Antônio Roberto Chaves.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/916/quirinopolis.go.leg.br_req_150.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/916/quirinopolis.go.leg.br_req_150.pdf</t>
   </si>
   <si>
     <t>Solicita que um Assistente Social fique a disposição para atender no hospital municipal.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/917/quirinopolis.go.leg.br_req_151.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/917/quirinopolis.go.leg.br_req_151.pdf</t>
   </si>
   <si>
     <t>Requer seja realizada a construção de uma quadra poliesportiva na Escola Estadual Frederico Gonzaga Jaime e a cobertura da quadra poliesportiva na Escola Estadual Joao XXIII.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/918/quirinopolis.go.leg.br_req_152.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/918/quirinopolis.go.leg.br_req_152.pdf</t>
   </si>
   <si>
     <t>Requer seja realizada a quitação e escrituração do Conjunto Capelinha, com recursos municipais.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/919/quirinopolis.go.leg.br_req_153.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/919/quirinopolis.go.leg.br_req_153.pdf</t>
   </si>
   <si>
     <t>Solicita restauração da ponte do córrego das perdizes.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/926/quirinopolis.go.leg.br_req_154_VNoTYJW.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/926/quirinopolis.go.leg.br_req_154_VNoTYJW.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da Ponte do Córrego do Matão, na Região da Inhumas, na fazenda da Senhora Maria Rosa.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/927/quirinopolis.go.leg.br_req_155.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/927/quirinopolis.go.leg.br_req_155.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de bebedouros em pontos estratégicos do Lago do Sol Poente e do Parque da Liberdade.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/928/quirinopolis.go.leg.br_req_156.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/928/quirinopolis.go.leg.br_req_156.pdf</t>
   </si>
   <si>
     <t>Requer seja realizado um mapeamento da zona rural colocando em evidência as principais estradas que precisam ser recuperadas e outra que precisam de apenas manutenção, para posteriormente ver a viabilidade de realização de obras nesses locais.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/929/quirinopolis.go.leg.br_req_157.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/929/quirinopolis.go.leg.br_req_157.pdf</t>
   </si>
   <si>
     <t>Requer seja realizada a limpeza em toda a extensão do trilheiro que fica às margens do Córrego do Cruzeiro.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/931/quirinopolis.go.leg.br_req_158.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/931/quirinopolis.go.leg.br_req_158.pdf</t>
   </si>
   <si>
     <t>Requer seja encaminhado projeto de lei, definindo que seja instalado detectores de metais nas escolas municipais.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/932/quirinopolis.go.leg.br_req_159.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/932/quirinopolis.go.leg.br_req_159.pdf</t>
   </si>
   <si>
     <t>Requer construção de academia ao ar livre e serviço de roçagem e limpeza na praça do bairro portal do lago.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/933/quirinopolis.go.leg.br_req_160.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/933/quirinopolis.go.leg.br_req_160.pdf</t>
   </si>
   <si>
     <t>Solicitando que realize um mutirão de vacinação dos servidores e vereadores contra a gripe (H1N1).</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/935/quirinopolis.go.leg.br_req_161.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/935/quirinopolis.go.leg.br_req_161.pdf</t>
   </si>
   <si>
     <t>Requer a contratação de Fonoaudiólogos para compor o corpo clínico de saúde do Municipio.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/936/quirinopolis.go.leg.br_req_162.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/936/quirinopolis.go.leg.br_req_162.pdf</t>
   </si>
   <si>
     <t>Solicita a Manutenção Imediata das Estradas da Região das Perdizes.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/937/quirinopolis.go.leg.br_req_163.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/937/quirinopolis.go.leg.br_req_163.pdf</t>
   </si>
   <si>
     <t>Requer seja realizada a doação de lotes habitacionais para as famílias carentes que foram retiradas do assentamento Reserva do Ipê no Bairro Morumbi.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/938/quirinopolis.go.leg.br_req_164.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/938/quirinopolis.go.leg.br_req_164.pdf</t>
   </si>
   <si>
     <t>Requer seja realizada a mudança no sentido da Travessa da Matriz nº 66 – Igreja Mãe.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/940/quirinopolis.go.leg.br_req_165.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/940/quirinopolis.go.leg.br_req_165.pdf</t>
   </si>
   <si>
     <t>Requer Censo de animais domésticos no município de Quirinópolis.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/941/quirinopolis.go.leg.br_req_166.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/941/quirinopolis.go.leg.br_req_166.pdf</t>
   </si>
   <si>
     <t>Requer benfeitorias para o terminal dos trabalhadores, entre elas: zelo e limpeza do local, diponibilidade do banheiro público e designação de um guarda para o período noturno.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/942/quirinopolis.go.leg.br_req_167.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/942/quirinopolis.go.leg.br_req_167.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizada a fixação de grelhas de escoamento de água em todas as bocas de lobo da cidade, com atenção maior para os Bairros Talismã, Jardim Vitória e próximidades ao Eldorado Tenis Clube.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/943/quirinopolis.go.leg.br_req_168.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/943/quirinopolis.go.leg.br_req_168.pdf</t>
   </si>
   <si>
     <t>Contratação de um profissional qualificado para dar treinamento de receptividade em Órgão Público.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/945/quirinopolis.go.leg.br_req_169.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/945/quirinopolis.go.leg.br_req_169.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado o Secretário de Urbanismo e Obras Públicas, solicitando que conserte as estradas da Região de Inhumas.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/950/quirinopolis.go.leg.br_req_170.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/950/quirinopolis.go.leg.br_req_170.pdf</t>
   </si>
   <si>
     <t>Solicita parceria para realização de campanha solidaria (mutirão) de esterilização de cães e gatos.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/951/quirinopolis.go.leg.br_req_171.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/951/quirinopolis.go.leg.br_req_171.pdf</t>
   </si>
   <si>
     <t>Colocar mão única e prover de devida sinalização a rua do patriarca defronte ao portão do colégio estadual dr. Onério</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/952/quirinopolis.go.leg.br_req_172.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/952/quirinopolis.go.leg.br_req_172.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de duas unidades de hemodiálise no Hospital Municipal.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/953/quirinopolis.go.leg.br_req_173.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/953/quirinopolis.go.leg.br_req_173.pdf</t>
   </si>
   <si>
     <t>Requer seja realizado o fornecimento diário ticket pão e leite a todos funcionários que realizam a limpeza publica.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/954/quirinopolis.go.leg.br_req_174.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/954/quirinopolis.go.leg.br_req_174.pdf</t>
   </si>
   <si>
     <t>Requer seja feito o asfaltamento do restante Rua Girassol e uma parte da Rua das Margaridas no Bairro Rio das Pedras.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/955/quirinopolis.go.leg.br_req_175.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/955/quirinopolis.go.leg.br_req_175.pdf</t>
   </si>
   <si>
     <t>Requer a implantação da farmácia municipal 24 horas no Hospital Municipal Antônio Martins da Costa.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/956/quirinopolis.go.leg.br_req_176.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/956/quirinopolis.go.leg.br_req_176.pdf</t>
   </si>
   <si>
     <t>Requer implantação de espaço para som automotivo.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/958/quirinopolis.go.leg.br_req_177.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/958/quirinopolis.go.leg.br_req_177.pdf</t>
   </si>
   <si>
     <t>Requer que seja criado um link na página oficial da prefeitura com a finalidade de divulgar a lista completa dos medicamentos do RENAME – relação nacional de medicamentos essenciais – que estão disponíveis na farmácia do cidadão e informações precisas sobre a revisão de reabastecimento dos que estão faltando.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/959/quirinopolis.go.leg.br_req_178.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/959/quirinopolis.go.leg.br_req_178.pdf</t>
   </si>
   <si>
     <t>Solicita que seja oficiada a Secretaria de Educação do Estado de Goiás, requerendo-lhe que disponibilize o prédio da antiga Escola Estadual Quintiliano Leão Neto o Instituto Rural de Desenvolvimento Social e Econômico de Goiás- CASA DA ABELHA, afim de utilização como sede.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/960/quirinopolis.go.leg.br_req_179.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/960/quirinopolis.go.leg.br_req_179.pdf</t>
   </si>
   <si>
     <t>Solicita que seja disponibilizado um veículo para superintendência do esporte.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/961/quirinopolis.go.leg.br_req_180.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/961/quirinopolis.go.leg.br_req_180.pdf</t>
   </si>
   <si>
     <t>Requer a contratação de Médico Pediatra para compor o corpo clínico de saúde do Município.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/966/quirinopolis.go.leg.br_req_181.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/966/quirinopolis.go.leg.br_req_181.pdf</t>
   </si>
   <si>
     <t>Requer seja feita a construção de calçadas e meio fio em todas residências das famílias carentes do Bairro Rio das Pedras.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/967/quirinopolis.go.leg.br_req_182.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/967/quirinopolis.go.leg.br_req_182.pdf</t>
   </si>
   <si>
     <t>Requer seja realizada a aquisição de uma área corres-pondente 5 alqueires de terra para loteamento.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/968/quirinopolis.go.leg.br_req_183.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/968/quirinopolis.go.leg.br_req_183.pdf</t>
   </si>
   <si>
     <t>Requer construção de alambrado em volta do Parque da Liberdade.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/970/quirinopolis.go.leg.br_req_184.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/970/quirinopolis.go.leg.br_req_184.pdf</t>
   </si>
   <si>
     <t>Requer que a farmácia do cidadão volte a funcionar em local centralizado.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/972/quirinopolis.go.leg.br_req_185.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/972/quirinopolis.go.leg.br_req_185.pdf</t>
   </si>
   <si>
     <t>Solicitando aquisição de veículo para Guarda Civil Municipal.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/973/quirinopolis.go.leg.br_req_186_v0QgTpO.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/973/quirinopolis.go.leg.br_req_186_v0QgTpO.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado o Secretário de Urbanismo e Obras Públicas solicitando a melhoria de sinalização na nova rotatória da Av. Leocádio de Souza Reis.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/974/quirinopolis.go.leg.br_req_187.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/974/quirinopolis.go.leg.br_req_187.pdf</t>
   </si>
   <si>
     <t>Requer seja transformada a Vila Vida Feliz, em um condomínio do idoso.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/975/quirinopolis.go.leg.br_req_188.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/975/quirinopolis.go.leg.br_req_188.pdf</t>
   </si>
   <si>
     <t>Requer o estudo direcionado para criação da superintendência de relações institucionais religiosas.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/976/quirinopolis.go.leg.br_req_189.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/976/quirinopolis.go.leg.br_req_189.pdf</t>
   </si>
   <si>
     <t>Requer implantação de faixa de pedestre com a devida sinalização na Avenida Dom Pedro em frente à Escola Militarizada Canaã.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/978/quirinopolis.go.leg.br_req_190.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/978/quirinopolis.go.leg.br_req_190.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado o Prefeito Municipal solicitando o encaminhamento de projeto de lei que autorize a construção de um complexo de lazer na Vila Feliz.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/979/quirinopolis.go.leg.br_req_191.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/979/quirinopolis.go.leg.br_req_191.pdf</t>
   </si>
   <si>
     <t>Requer seja realizada a obra de recapeamento da Rua Rio Preto- Centro.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/980/quirinopolis.go.leg.br_req_192.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/980/quirinopolis.go.leg.br_req_192.pdf</t>
   </si>
   <si>
     <t>Solicita que seja afixada uma ambulância no hospital municipal afim de assistênciar em período integral os pacientes internos daquela unidade, auxiliando caso precise fazer exames fora do hospital e oferecer transporte até suas residências, mesmo no período noturno  quando são socorridos pelo SAMU e após finalizado o atendimento não possuem meios de locomoção até suas residências.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/981/quirinopolis.go.leg.br_req_193.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/981/quirinopolis.go.leg.br_req_193.pdf</t>
   </si>
   <si>
     <t>Requer Faixa de Pedestre na Avenida Garibalde Teixeira em frente o Restaurante Rapa do Tacho.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/984/quirinopolis.go.leg.br_req_194_0hIkPzg.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/984/quirinopolis.go.leg.br_req_194_0hIkPzg.pdf</t>
   </si>
   <si>
     <t>Requer que sejam tomadas medidas definitivas para solucionar o problema das constantes interrupções no fornecimento de água à população que reside no povoado de denislópolis, popularmente conhecido como tocozinho.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/985/quirinopolis.go.leg.br_req_195.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/985/quirinopolis.go.leg.br_req_195.pdf</t>
   </si>
   <si>
     <t>Requer reparo e cascalhamento da Go 401 com Go 206.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/986/quirinopolis.go.leg.br_req_196.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/986/quirinopolis.go.leg.br_req_196.pdf</t>
   </si>
   <si>
     <t>Requer recapeamento asfáltico da Rua 03 do Bairro Morada do Sol e as demais localidades que necessitam desse recurso.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/987/quirinopolis.go.leg.br_req_197.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/987/quirinopolis.go.leg.br_req_197.pdf</t>
   </si>
   <si>
     <t>Requer seja realizado um levantamento afim de constatar quais profissionais lotados na Secretaria da Saúde, são apropriadamente aptos a receberem o adicional de insalubridade e que após a realização deste, seja feito o pagamento do alusivo adicional em folha de pagamento.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/988/quirinopolis.go.leg.br_req_198.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/988/quirinopolis.go.leg.br_req_198.pdf</t>
   </si>
   <si>
     <t>Solicita que seja oficiada a Secretaria de Educação do Estado de Goiás, requerendo-lhe que disponibilize o prédio da antiga Escola Estadual Quintiliano Leão Neto o Instituto Rural de Desenvolvimento Social e Economico de Goiás- CASA DA ABELHA, afim de utilização como sede.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/990/quirinopolis.go.leg.br_req_199.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/990/quirinopolis.go.leg.br_req_199.pdf</t>
   </si>
   <si>
     <t>Requer a construção da estrutura asfáltica da Rua 1ª Travessa, Bairro Alphaville.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/991/quirinopolis.go.leg.br_req_200.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/991/quirinopolis.go.leg.br_req_200.pdf</t>
   </si>
   <si>
     <t>Requer a Reforma Do Espaço de Lazer Bosque de Quirinópolis.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/992/quirinopolis.go.leg.br_req_201_xUcNPVb.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/992/quirinopolis.go.leg.br_req_201_xUcNPVb.pdf</t>
   </si>
   <si>
     <t>Requer a manutenção do aparelho de Raio X do Hospital Municipal com a máxima urgência.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/993/quirinopolis.go.leg.br_req_202_lpphRho.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/993/quirinopolis.go.leg.br_req_202_lpphRho.pdf</t>
   </si>
   <si>
     <t>Requer efetivação do sistema de internet nas unidades escolares.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/994/quirinopolis.go.leg.br_req_203.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/994/quirinopolis.go.leg.br_req_203.pdf</t>
   </si>
   <si>
     <t>Requer seja instalado um semáforo no cruzamento entre a Avenida Frei João Batista e a GO 206, anel viário, e que sejam pintadas faixas de pedestre.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/995/quirinopolis.go.leg.br_req_204.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/995/quirinopolis.go.leg.br_req_204.pdf</t>
   </si>
   <si>
     <t>Solicita a disponibilização de uma ambulância para ficar no plantão noturno e final de semana para a Casa de apoio de Quirinópolis em Goiânia.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/996/quirinopolis.go.leg.br_req_205.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/996/quirinopolis.go.leg.br_req_205.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado o Secretário de Urbanismo e Obras Públicas, solicitando a nivelação na Rua Professor Glicério da Cunha.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/997/quirinopolis.go.leg.br_req_206.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/997/quirinopolis.go.leg.br_req_206.pdf</t>
   </si>
   <si>
     <t>Solicita a implantação de um Programa Municipal De Fornecimento De Cestas Básicas De Materiais De Construção onde será feito o cadastro das famílias carentes e desassistidas, distribuindo um “cartão dignidade cidadã” com o valor proveniente do valor de uma cesta básica de materiais de construção.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/998/quirinopolis.go.leg.br_req_207.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/998/quirinopolis.go.leg.br_req_207.pdf</t>
   </si>
   <si>
     <t>Solicita a contratação de um médico infectologista para atender os pacientes da rede pública de saúde</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1003/quirinopolis.go.leg.br_rec_208.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1003/quirinopolis.go.leg.br_rec_208.pdf</t>
   </si>
   <si>
     <t>Requer seja encaminhado a Câmara Municipal, Projeto de Lei que concede isenção do IPTU (Imposto Predial e Territorial Urbano) sobre imóvel integrante do patrimônio de portadores de doenças consideradas graves como o câncer e enfermidades crônicas.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1004/quirinopolis.go.leg.br_rec_209.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1004/quirinopolis.go.leg.br_rec_209.pdf</t>
   </si>
   <si>
     <t>Requer que o Prefeito Municipal, solicite junto a SANEAGO, a construção de rede de esgoto no bairro Mata do Ipê ao lado do bairro Alexandrina e que seja feita a Pavimentação asfáltica do mesmo.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1005/quirinopolis.go.leg.br_rec_210.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1005/quirinopolis.go.leg.br_rec_210.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma Rótula na Avenida Frei João Batista, esquina com Anel Viário.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1006/quirinopolis.go.leg.br_rec_211.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1006/quirinopolis.go.leg.br_rec_211.pdf</t>
   </si>
   <si>
     <t>Implantação do sistema de coleta “cata techtudo” para o devido descarte de eletrônicos.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1007/quirinopolis.go.leg.br_rec_212.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1007/quirinopolis.go.leg.br_rec_212.pdf</t>
   </si>
   <si>
     <t>Requer implantação da central de atendimento ao cidadão “tele consulta” na rede municipal de saúde.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1008/quirinopolis.go.leg.br_rec_213.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1008/quirinopolis.go.leg.br_rec_213.pdf</t>
   </si>
   <si>
     <t>Implantação de um novo presídio fora do perímetro urbano.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1009/quirinopolis.go.leg.br_rec_214.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1009/quirinopolis.go.leg.br_rec_214.pdf</t>
   </si>
   <si>
     <t>Solicita que seja oficiado o Prefeito Municipal solicitando que sejam construídos 2 (dois) banheiros no Módulo Esportivo Pedro Diquinho.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1010/quirinopolis.go.leg.br_rec_215.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1010/quirinopolis.go.leg.br_rec_215.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de um método de atendimento ao cidadão via Whatsapp.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1011/quirinopolis.go.leg.br_rec_216.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1011/quirinopolis.go.leg.br_rec_216.pdf</t>
   </si>
   <si>
     <t>Solicita reajuste salarial aos servidores da educação.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1012/quirinopolis.go.leg.br_rec_217_YQkqd54.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1012/quirinopolis.go.leg.br_rec_217_YQkqd54.pdf</t>
   </si>
   <si>
     <t>Requer que completem a instalação da rede de iluminação pública nas ruas dos Bairros Tonico bento e Vila Camponesa.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1018/quirinopolis.go.leg.br_rec_218.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1018/quirinopolis.go.leg.br_rec_218.pdf</t>
   </si>
   <si>
     <t>Requer a Manutenção das Areias dos locais de lazer.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1019/quirinopolis.go.leg.br_rec_219.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1019/quirinopolis.go.leg.br_rec_219.pdf</t>
   </si>
   <si>
     <t>Construção de prédio para funcionamento de UBS no Povoado de Denislópolis.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1020/quirinopolis.go.leg.br_rec_220.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1020/quirinopolis.go.leg.br_rec_220.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um centro de convenções para a Escola Municipal Raio de Sol.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1022/quirinopolis.go.leg.br_rec_221.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1022/quirinopolis.go.leg.br_rec_221.pdf</t>
   </si>
   <si>
     <t>Requer do poder público municipal a fiscalização de quais pontos do nosso cartão postal Parque da Liberdade necessita de iluminação e que estas sejam providenciadas, mas que seja dada especial atenção nas mediações do novo ponto de lazer de nossa cidade o “Deck do Baixinho” que se encontra instalado naquele local.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1023/quirinopolis.go.leg.br_rec_222.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1023/quirinopolis.go.leg.br_rec_222.pdf</t>
   </si>
   <si>
     <t>Requer a contratação de um médico oftalmologista para atender na rede Pública de Saúde.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1025/quirinopolis.go.leg.br_rec_223.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1025/quirinopolis.go.leg.br_rec_223.pdf</t>
   </si>
   <si>
     <t>Requer sejam disponibilizados dois veículos de transporte coletivo aos habitantes do povoado do Tocozinho, com a finalidade de trazelos a Quirinópolis duas vezes por semana.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1026/quirinopolis.go.leg.br_rec_224.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1026/quirinopolis.go.leg.br_rec_224.pdf</t>
   </si>
   <si>
     <t>Requer seja modificado o horário de visitas aos pacientes do Hospital Antonio Martins da Costa, de modo que, passe a vigorar os horários 11:00 horas e 18:00 horas.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1027/quirinopolis.go.leg.br_rec_225.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1027/quirinopolis.go.leg.br_rec_225.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de um Canil Municipal.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1029/quirinopolis.go.leg.br_rec_226.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1029/quirinopolis.go.leg.br_rec_226.pdf</t>
   </si>
   <si>
     <t>Requer que seja construída quebra-molas na Av. Rui Barbosa, esquina com a Rua Gerson Furquim.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1030/quirinopolis.go.leg.br_rec_227.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1030/quirinopolis.go.leg.br_rec_227.pdf</t>
   </si>
   <si>
     <t>Requer seja realizada a limpeza do Córrego que abastece o Lago Sol Poente.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1031/quirinopolis.go.leg.br_rec_228.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1031/quirinopolis.go.leg.br_rec_228.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de sistema de vídeo monitoramento nos CMEIS e escolas de nossa cidade.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1032/quirinopolis.go.leg.br_rec_229.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1032/quirinopolis.go.leg.br_rec_229.pdf</t>
   </si>
   <si>
     <t>Solicita a construção de um estacionamento na Avenida Rui Barbosa em frente ao Hospital Municipal Antônio Martins da Costa</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1033/quirinopolis.go.leg.br_rec_230_E6ky9Sw.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1033/quirinopolis.go.leg.br_rec_230_E6ky9Sw.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado à Câmara Municipal Projeto de Lei que estabeleça a data base para revisão geral anual da remuneração dos Servidores Públicos Municipais  e dos subsídios previstos no parágrafo 4º, do art. 39,da constituição federal.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1037/quirinopolis.go.leg.br_rec_231.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1037/quirinopolis.go.leg.br_rec_231.pdf</t>
   </si>
   <si>
     <t>Requer da AMTS, a realização de fiscalização com intenção de orientar os proprietários de veículos, (em especial os de grande porte) que deixam os mesmos estacionados nas esquinas atrapalhando a visibilidade dos condutores que trafegam pelas vias e cruzamentos.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1038/quirinopolis.go.leg.br_rec_232.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1038/quirinopolis.go.leg.br_rec_232.pdf</t>
   </si>
   <si>
     <t>Requer seja institua a bolsa universitária aos estudantes quirinopolinos.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1039/quirinopolis.go.leg.br_rec_233.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1039/quirinopolis.go.leg.br_rec_233.pdf</t>
   </si>
   <si>
     <t>Requer que seja destinado um agente da AMTS para controlar o trânsito e garantir a ordem e a segurança durante a entrada e saída dos alunos da Escola Militarizada Canaã.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1048/quirinopolis.go.leg.br_rec_234.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1048/quirinopolis.go.leg.br_rec_234.pdf</t>
   </si>
   <si>
     <t>Digitalizar e informatizar a documentação do RH da Prefeitura Municipal de Quirinópolis.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1049/quirinopolis.go.leg.br_rec_235.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1049/quirinopolis.go.leg.br_rec_235.pdf</t>
   </si>
   <si>
     <t>Requer a aquisição de Novas Cadeiras para a Sala de Velório Municipal.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1051/quirinopolis.go.leg.br_rec_236.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1051/quirinopolis.go.leg.br_rec_236.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado o gerente administrativo da Oi S/A em Goiás, para que solicite informações acerca da falta de sinal de rede telefônica especialmente nos Bairros: Atenas, Atenas II, Viena e Viena II.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1052/quirinopolis.go.leg.br_rec_237.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1052/quirinopolis.go.leg.br_rec_237.pdf</t>
   </si>
   <si>
     <t>Implantação de Sinalização vertical e horizontal no bairro Bom Jesus.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1053/quirinopolis.go.leg.br_rec_238.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1053/quirinopolis.go.leg.br_rec_238.pdf</t>
   </si>
   <si>
     <t>Solicitando a demarcação para estacionamento de carros e motos principalmente nas partes centrais da cidade.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1054/quirinopolis.go.leg.br_rec_239.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1054/quirinopolis.go.leg.br_rec_239.pdf</t>
   </si>
   <si>
     <t>Construção de Praça com Vila Olímpica ao redor do Estádio Olímpico Bichinho Vieira.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1057/quirinopolis.go.leg.br_rec_240.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1057/quirinopolis.go.leg.br_rec_240.pdf</t>
   </si>
   <si>
     <t>Requer seja realizado um planejamento na Praça do Circo, com a finalidade de aumentar o espaço para adicionar mais feirantes, as quartas-feiras.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1058/quirinopolis.go.leg.br_rec_241.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1058/quirinopolis.go.leg.br_rec_241.pdf</t>
   </si>
   <si>
     <t>Requer a reforma e construção de uma academia ao ar livre na Praça do Bairro Promissão</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1059/quirinopolis.go.leg.br_rec_242.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1059/quirinopolis.go.leg.br_rec_242.pdf</t>
   </si>
   <si>
     <t>Solicita aquisição de equipamentos e reforma para o CREQ – CENTRO DE REABILITAÇÃO DE QUIRINÓPOLIS.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1060/quirinopolis.go.leg.br_rec_243.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1060/quirinopolis.go.leg.br_rec_243.pdf</t>
   </si>
   <si>
     <t>Solicita do poder publico municipal, ajuda de custeio por meio de convenio para o CEREA- CENTRO DE REABILITAÇÃO DE ALCOOLATRAS.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1062/quirinopolis.go.leg.br_rec_244.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1062/quirinopolis.go.leg.br_rec_244.pdf</t>
   </si>
   <si>
     <t>Requer que o Chefe do Poder Executivo apresente cópia de todos os contratos de aluguel dos veículos que servem à prefeitura, informando também para qual setor foi encaminhado, bem como a destinação de uso dos mesmos.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1063/quirinopolis.go.leg.br_rec_245_m2HrWFx.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1063/quirinopolis.go.leg.br_rec_245_m2HrWFx.pdf</t>
   </si>
   <si>
     <t>Requer seja oficiado o Prefeito Municipal solicitando que seja feita uma homenagem ao Sr. Sebastião da Silva Bueno.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1064/quirinopolis.go.leg.br_rec_246.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1064/quirinopolis.go.leg.br_rec_246.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado o Secretário de Urbanismo e Obras Públicas para colocar faixas refletivas nas caçambas.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1065/quirinopolis.go.leg.br_rec_247.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1065/quirinopolis.go.leg.br_rec_247.pdf</t>
   </si>
   <si>
     <t>Requer relatório expondo qual foi o impacto financeiro para o Município de Quirinópolis ao cumprir o decreto nº 12.547 de 23 de janeiro de 2018.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1066/quirinopolis.go.leg.br_rec_248.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1066/quirinopolis.go.leg.br_rec_248.pdf</t>
   </si>
   <si>
     <t>Requer Terraplanagem e Urbanização na via lateral da GO-206 sentido Caçu até as margens do Rio das Pedras.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1069/quirinopolis.go.leg.br_rec_249.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1069/quirinopolis.go.leg.br_rec_249.pdf</t>
   </si>
   <si>
     <t>Requer Melhorias na Iluminação do Lago Sol Poente.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1070/quirinopolis.go.leg.br_rec_250.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1070/quirinopolis.go.leg.br_rec_250.pdf</t>
   </si>
   <si>
     <t>Requer a colocação de caçamba de lixo na rua da biquinha.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1071/quirinopolis.go.leg.br_rec_251.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1071/quirinopolis.go.leg.br_rec_251.pdf</t>
   </si>
   <si>
     <t>Solicita a criação de um núcleo de ouvidoria municipal da mulher.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1072/quirinopolis.go.leg.br_rec_252.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1072/quirinopolis.go.leg.br_rec_252.pdf</t>
   </si>
   <si>
     <t>Solicita do poder público municipal que seja realizado em parceria com o MEC um curso superior em Agropecuária e abrir vagas para o vestibular de técnico de agropecuária.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1073/quirinopolis.go.leg.br_rec_253.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1073/quirinopolis.go.leg.br_rec_253.pdf</t>
   </si>
   <si>
     <t>Requer construção de Centros de Lazer nos Bairros Chico Junqueira e Tonico Bento.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1074/quirinopolis.go.leg.br_rec_254.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1074/quirinopolis.go.leg.br_rec_254.pdf</t>
   </si>
   <si>
     <t>Requer que seja designada um Profissional da Psicologia para atender as crianças das Escolas da Zona Rural.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1075/quirinopolis.go.leg.br_rec_255.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1075/quirinopolis.go.leg.br_rec_255.pdf</t>
   </si>
   <si>
     <t>Sejam adquiridos e instalados, ares-condicionados nas salas de aula da Escola Municipal Rural Lino Gedeão.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1078/quirinopolis.go.leg.br_rec_256.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1078/quirinopolis.go.leg.br_rec_256.pdf</t>
   </si>
   <si>
     <t>Requer ligação da rede elétrica do Bairro Henrique Santillo.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1080/quirinopolis.go.leg.br_rec_257.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1080/quirinopolis.go.leg.br_rec_257.pdf</t>
   </si>
   <si>
     <t>Requer a Manutenção da Iluminação da Rua das Flores, Parque Flambloyant.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1081/quirinopolis.go.leg.br_rec_258.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1081/quirinopolis.go.leg.br_rec_258.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada análise dos pedidos de gratificação de incentivo funcional feito pelos professores da rede publica municipal.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1082/quirinopolis.go.leg.br_rec_259.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1082/quirinopolis.go.leg.br_rec_259.pdf</t>
   </si>
   <si>
     <t>Requer concessão de bolsa universitária municipal.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1084/quirinopolis.go.leg.br_rec_260.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1084/quirinopolis.go.leg.br_rec_260.pdf</t>
   </si>
   <si>
     <t>Requer relatório sobre o programa de distribuição de cestas básicas do município, bem como a relação com nome e endereço dos beneficiados.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1087/quirinopolis.go.leg.br_rec_261.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1087/quirinopolis.go.leg.br_rec_261.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de Câmeras de segurança nos CEMEIS.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1088/quirinopolis.go.leg.br_rec_262.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1088/quirinopolis.go.leg.br_rec_262.pdf</t>
   </si>
   <si>
     <t>Requer aquisição e instalação de aparelhos de ar condicionados nas salas de aula da Escola Municipal, Vicente Fernandes da Silva Neto, situada no Bairro Talismã.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1089/quirinopolis.go.leg.br_rec_263_VKnNCkG.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1089/quirinopolis.go.leg.br_rec_263_VKnNCkG.pdf</t>
   </si>
   <si>
     <t>Requer retirada de árvore na Rua 3 de frente ao número 37 - Bairro Alvorada</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1090/quirinopolis.go.leg.br_rec_264_GyPXdhU.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1090/quirinopolis.go.leg.br_rec_264_GyPXdhU.pdf</t>
   </si>
   <si>
     <t>Requer manutenção Rede de Esgoto Lago do Sol Poente.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1091/quirinopolis.go.leg.br_rec_265_vzjGm5B.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1091/quirinopolis.go.leg.br_rec_265_vzjGm5B.pdf</t>
   </si>
   <si>
     <t>Requer que seja providenciado a iluminação na Rua “B”, Bairro Chico Junqueira.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1093/quirinopolis.go.leg.br_rec_266.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1093/quirinopolis.go.leg.br_rec_266.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma academia ao ar livre na Praça  Jordelino Barbosa Goulart Povoado de Denislópolis.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1099/quirinopolis.go.leg.br_rec_267.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1099/quirinopolis.go.leg.br_rec_267.pdf</t>
   </si>
   <si>
     <t>Requer construção de Banheiros  com vestiários no Cemitério Santo Agostinho.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1100/quirinopolis.go.leg.br_rec_268.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1100/quirinopolis.go.leg.br_rec_268.pdf</t>
   </si>
   <si>
     <t>Solicita providências na limpeza da Rua 3 com a com Rua Jacarandá no Bairro Primavera.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1105/quirinopoli.go.leg.br_rec_269.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1105/quirinopoli.go.leg.br_rec_269.pdf</t>
   </si>
   <si>
     <t>Instalação de uma câmera no centro cirúrgico do Hospital Municipal.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1106/quirinopoli.go.leg.br_rec_270.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1106/quirinopoli.go.leg.br_rec_270.pdf</t>
   </si>
   <si>
     <t>Instalação de um semáforo no cruzamento da Av. Frei João Batista com o Anel Viário ao lado do Parque de Exposições.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1108/quirinopoli.go.leg.br_rec_271.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1108/quirinopoli.go.leg.br_rec_271.pdf</t>
   </si>
   <si>
     <t>Solicitando concessão de cestas básicas para os servidores públicos municipais.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1109/quirinopoli.go.leg.br_rec_272.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1109/quirinopoli.go.leg.br_rec_272.pdf</t>
   </si>
   <si>
     <t>Solicitando realização de festa de confraternização para os servidores públicos municipais</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1111/quirinopoli.go.leg.br_rec_273.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1111/quirinopoli.go.leg.br_rec_273.pdf</t>
   </si>
   <si>
     <t>Requer seja disponibilizado um ônibus para transportar os pacientes e acompanhantes que fazem tratamento de câncer em Jales- SP.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1112/quirinopoli.go.leg.br_req_274.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1112/quirinopoli.go.leg.br_req_274.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de reparos na ponte do Córrego Da Nobreza, que fica na Região da Guarirobas.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1113/quirinopoli.go.leg.br_req_275.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1113/quirinopoli.go.leg.br_req_275.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de reparos na ponte do Córrego Do Penoso, que fica na Região da Guarirobas.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1114/quirinopoli.go.leg.br_req_276.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1114/quirinopoli.go.leg.br_req_276.pdf</t>
   </si>
   <si>
     <t>Requer seja transformada em mão única a Rua 24, do Jardim Vitória em frente ao CEMEI Hetiell Claudino.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1115/quirinopoli.go.leg.br_req_277.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1115/quirinopoli.go.leg.br_req_277.pdf</t>
   </si>
   <si>
     <t>Requer construção de um Centro de Lazer no Bairro Joaquim Quirino.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1116/quirinopoli.go.leg.br_req_278.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1116/quirinopoli.go.leg.br_req_278.pdf</t>
   </si>
   <si>
     <t>Requer seja implantado no Centro Social, cursos com disponibilidade de turmas no período noturno.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1125/quirinopoli.go.leg.br_req_279.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1125/quirinopoli.go.leg.br_req_279.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de aparelhos de ar condicionado na Unidade Básica de Saúde Chico Preto.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1126/quirinopoli.go.leg.br_req_280.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1126/quirinopoli.go.leg.br_req_280.pdf</t>
   </si>
   <si>
     <t>Requer seja adicionado um veículo na frota da viatura da guarda municipal.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1127/quirinopoli.go.leg.br_req_281.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1127/quirinopoli.go.leg.br_req_281.pdf</t>
   </si>
   <si>
     <t>Requer seja realizada a obra de recapeamento da Rua Rio Preto no centro.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1128/quirinopoli.go.leg.br_req_282.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1128/quirinopoli.go.leg.br_req_282.pdf</t>
   </si>
   <si>
     <t>Requer a contratação de psicólogo para atender na delegacia de policia.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1129/quirinopoli.go.leg.br_req_283.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1129/quirinopoli.go.leg.br_req_283.pdf</t>
   </si>
   <si>
     <t>Requer sejam adquiridos ares-condicionados para a Escola Municipal Rural João Antônio Barbosa, localizada no Povoado de Denislópolis afim de que sejam instalados nas 12 (doze) salas de aula e na secretaria daquela unidade escolar.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1130/quirinopoli.go.leg.br_req_284.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1130/quirinopoli.go.leg.br_req_284.pdf</t>
   </si>
   <si>
     <t>Requer seja realizado um estudo no sentido de viabilizar doação de uma área para a Fundação do Lions Clube – Entidade Filantrópica sem fins lucrativos, mantenedora do CAEE (Centro de Atendimento Educacional Especial Dr. Alfredo Mariz da Costa.)</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1131/quirinopoli.go.leg.br_req_285.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1131/quirinopoli.go.leg.br_req_285.pdf</t>
   </si>
   <si>
     <t>Requer que seja incluído no Sistema SAPL, que além de mostrar as matérias votadas, também passe a conter os tramites que cada requerimento, moção, projeto de lei e oficio lido na sessão.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1132/quirinopoli.go.leg.br_req_286.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1132/quirinopoli.go.leg.br_req_286.pdf</t>
   </si>
   <si>
     <t>Requer informações diversas acerca de doações de lentes e armações de óculos.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1133/quirinopoli.go.leg.br_req_287.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1133/quirinopoli.go.leg.br_req_287.pdf</t>
   </si>
   <si>
     <t>Requer seja realizada a pintura de uma faixa de pedestres em frente a Escola Municipal Militarizada Canaã.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1136/quirinopoli.go.leg.br_req_288.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1136/quirinopoli.go.leg.br_req_288.pdf</t>
   </si>
   <si>
     <t>Requer seja realizado um evento com doação de brinquedos e materiais escolares básicos, para crianças carentes no fim do ano, antecedendo ao natal.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1139/quirinopolis.go.leg.br_req_289.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1139/quirinopolis.go.leg.br_req_289.pdf</t>
   </si>
   <si>
     <t>Requer sejam instaladas lixeiras com tampa, nas praças onde são realizadas as feiras semanalmente em nossa cidade.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1140/quirinopolis.go.leg.br_req_290.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1140/quirinopolis.go.leg.br_req_290.pdf</t>
   </si>
   <si>
     <t>Requer sejam instaladas grades de proteção nos caminhões caçamba da prefeitura.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1141/quirinopolis.go.leg.br_req_291.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1141/quirinopolis.go.leg.br_req_291.pdf</t>
   </si>
   <si>
     <t>Requer instalação de placas indicativas nomeando as Ruas e Avenidas dos seguintes Bairros: Atenas, Jardim Vitória, Morada Nova, Morumbi, Talismã e Viena.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1142/quirinopolis.go.leg.br_req_292.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1142/quirinopolis.go.leg.br_req_292.pdf</t>
   </si>
   <si>
     <t>Requer que a Rua Capelinha volte a ter mão dupla no trecho entre a Avenida Brasil e a Avenida João Fratari.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1146/quirinopolis.go.leg.br_req_293.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1146/quirinopolis.go.leg.br_req_293.pdf</t>
   </si>
   <si>
     <t>Solicita que seja oficiado o Prefeito Municipal solicitando que seja colocada a Guarda Municipal a disposição da segurança das pessoas que frequentam as feiras noturnas que acontecem semanalmente nas praças.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1147/quirinopolis.go.leg.br_req_294.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1147/quirinopolis.go.leg.br_req_294.pdf</t>
   </si>
   <si>
     <t>Requer seja construída uma academia ao ar livre bem como uma pista de caminhada numa área do município que se encontra na Travessa Senhor Neném no Bairro Joaquim Quirino.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1150/quirinopolis.go.leg.br_req_295.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1150/quirinopolis.go.leg.br_req_295.pdf</t>
   </si>
   <si>
     <t>Requer seja oficiado o Prefeito Municipal a Secretaria de Saúde, o Diretor do Hospital Municipal requerendo dos mesmos que, seja aplicada a Lei Federal 11.108/05 que garante às parturientes o direito à presença de acompanhante durante o trabalho de parto, parto e pós-parto imediato, no âmbito do Sistema Único de Saúde - SUS.”</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1151/quirinopolis.go.leg.br_req_296.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1151/quirinopolis.go.leg.br_req_296.pdf</t>
   </si>
   <si>
     <t>Requer seja realizada a construção de uma ciclovia no canteiro central da via Leocadio de Souza Reis, e que esta siga os padrões de segurança, demarcando e sinalizando todo o seu trajeto, além disso, que também seja demarcado e sinalizado todo o percurso de Quirinópolis a Denislópolis.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1153/quirinopolis.go.leg.br_req_297.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1153/quirinopolis.go.leg.br_req_297.pdf</t>
   </si>
   <si>
     <t>Requer sejam adquiridos e instalados no CMEI Etiell Claudino, ares-condicionados para todas as salas daquela instituição de ensino.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1154/quirinopolis.go.leg.br_req_298.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1154/quirinopolis.go.leg.br_req_298.pdf</t>
   </si>
   <si>
     <t>Requer seja realizada averiguação em todos os bueiros e bocas de lobo de nossa cidade, afim de constatar onde há necessidade de realizar limpeza e instalação de grade protetora.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1155/quirinopolis.go.leg.br_req_299.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1155/quirinopolis.go.leg.br_req_299.pdf</t>
   </si>
   <si>
     <t>Requer Reparos na estrada da Região do Jacaré, Paulo Campos, Lavino, Zé do Bichinho e demais proximidades.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1156/quirinopolis.go.leg.br_req_300.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1156/quirinopolis.go.leg.br_req_300.pdf</t>
   </si>
   <si>
     <t>Requer a contratação de Fisioterapeuta para o Creq.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1157/quirinopolis.go.leg.br_req_301.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1157/quirinopolis.go.leg.br_req_301.pdf</t>
   </si>
   <si>
     <t>Requer sejam adquiridos e instalados, ares-condicionados nas salas de aula da Escola Municipal Rural Custodio Antonio Cabral.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1158/quirinopolis.go.leg.br_req_302.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1158/quirinopolis.go.leg.br_req_302.pdf</t>
   </si>
   <si>
     <t>Requer seja realizado um estudo pela AMTS, afim de considerar a mudança na sinalização no cruzamento da Avenida Brasil com a Rua Wilson Barbosa.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1165/quirinopolis.go.leg.br_req_303_XQm5i4G.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1165/quirinopolis.go.leg.br_req_303_XQm5i4G.pdf</t>
   </si>
   <si>
     <t>Requer seja realizado um estudo pela AMTS, em toda a cidade, a fim de averiguar quais pontos da cidade necessita de sinalização , e colocar um redutor de velocidade em cada rua que possua uma placa de PARE.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1170/quirinopolis.go.leg.br_req_304.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1170/quirinopolis.go.leg.br_req_304.pdf</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1171/quirinopolis.go.leg.br_req_305.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1171/quirinopolis.go.leg.br_req_305.pdf</t>
   </si>
   <si>
     <t>Requer construção de redutor de velocidade na GO-206 com a GO-164 no anel viário, e pintura de faixa de pedestre, também na GO-206 na entrada do Bairro Alphaville.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1180/quirinopolis.go.leg.br_req_306.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1180/quirinopolis.go.leg.br_req_306.pdf</t>
   </si>
   <si>
     <t>Reposição das perdas salariais dos servidores públicos municipais</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1181/quirinopolis.go.leg.br_req_307.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1181/quirinopolis.go.leg.br_req_307.pdf</t>
   </si>
   <si>
     <t>Reforma e restauração do prédio principal da Brigada Mirim Ambiental.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1183/quirinopolis.go.leg.br_req_308.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1183/quirinopolis.go.leg.br_req_308.pdf</t>
   </si>
   <si>
     <t>“Requer seja realizado um estudo para implantação em de um plantão noturno odontológico em nossa cidade.”</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1184/quirinopolis.go.leg.br_req_309.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1184/quirinopolis.go.leg.br_req_309.pdf</t>
   </si>
   <si>
     <t>“Requer construção de redutor de velocidade na Rua das Clemencias, nas proximidades da UBS IV Cory Andrade”.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1186/quirinopolis.go.leg.br_req_310.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1186/quirinopolis.go.leg.br_req_310.pdf</t>
   </si>
   <si>
     <t>Implantação do Programa Social "Bolsa Esporte.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1189/quirinopolis.go.leg.br_req_311.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1189/quirinopolis.go.leg.br_req_311.pdf</t>
   </si>
   <si>
     <t>Requer seja realizado um estudo para implantação de um Ponto de Apoio na Área da Saúde, na Comunidade Geraldo Lemos.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1190/quirinopolis.go.leg.br_req_312.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1190/quirinopolis.go.leg.br_req_312.pdf</t>
   </si>
   <si>
     <t>“Requer seja realizada a construção de uma quadra poliesportiva na Escola Estadual Frederico Gonzaga Jaime e a cobertura da quadra poliesportiva na Escola Estadual Jo-ao XXIII.”</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1191/quirinopolis.go.leg.br_req_313.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1191/quirinopolis.go.leg.br_req_313.pdf</t>
   </si>
   <si>
     <t>“Requer seja encaminhado um projeto de lei que crie uma parceria com a UEG, SENAC, SENAI, Agência Goiana do Meio Ambiente, a fim de criar o turismo rural na região de Quirinópolis”</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1192/quirinopolis.go.leg.br_req_314.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1192/quirinopolis.go.leg.br_req_314.pdf</t>
   </si>
   <si>
     <t>Requer a urgente manutenção e conservação dos postes de energia das praças, ruas e avenidas do município e a adequação da fiação elétrica nas feiras municipais.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1193/quirinopolis.go.leg.br_req_315.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1193/quirinopolis.go.leg.br_req_315.pdf</t>
   </si>
   <si>
     <t>Requer a retirada das pistas de motocross localizadas no perímetro urbano municipal e a instalação delas em uma localidade mais adequada.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1194/quirinopolis.go.leg.br_req_316.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1194/quirinopolis.go.leg.br_req_316.pdf</t>
   </si>
   <si>
     <t>“Requer a instalação de um elevador no Palácio da Cultura Sodino Vieira de Carvalho.”</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1195/quirinopolis.go.leg.br_req_317.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1195/quirinopolis.go.leg.br_req_317.pdf</t>
   </si>
   <si>
     <t>Requer o levantamento de todos os terrenos de propriedade da prefeitura, informando os endereços, metragens e número de matrícula junto ao cartório de imóveis.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1196/quirinopolis.go.leg.br_req_318.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1196/quirinopolis.go.leg.br_req_318.pdf</t>
   </si>
   <si>
     <t>“Requer seja realizado o fornecimento diário ticket pão e leite a todos funcionários que realizam a limpeza publica.”</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1197/quirinopolis.go.leg.br_req_319.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1197/quirinopolis.go.leg.br_req_319.pdf</t>
   </si>
   <si>
     <t>“Requer seja feita a climatização das enfermarias do Hospital Municipal”.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1198/quirinopolis.go.leg.br_req_320.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1198/quirinopolis.go.leg.br_req_320.pdf</t>
   </si>
   <si>
     <t>Restauração da Rua Rio Preto e implantação do primeiro Calçadão Comercial e Cultural de Quirinópolis</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1199/quirinopolis.go.leg.br_req_321.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1199/quirinopolis.go.leg.br_req_321.pdf</t>
   </si>
   <si>
     <t>“Requer que seja oficiado ao Secretário de Obras Públicas e Urbanismo solicitando um quebra- mola na Esquina do Bar do Alfeu.”</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1200/quirinopolis.go.leg.br_req_322.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1200/quirinopolis.go.leg.br_req_322.pdf</t>
   </si>
   <si>
     <t>“Requer implantação de faixa de pedestres na rotatória da Av. Dom Pedro I com avenida Garibalde Teixeira.”</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1202/quirinopolis.go.leg.br_req_323.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1202/quirinopolis.go.leg.br_req_323.pdf</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1203/quirinopolis.go.leg.br_req_324.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1203/quirinopolis.go.leg.br_req_324.pdf</t>
   </si>
   <si>
     <t>"REQUER REALIZAÇÃO DE FORÇA TAREFA NO COMBATE AO AEDES AEGYPTI, MOSQUITO TRANSMISSOR DA DENGUE, ZIKA, CHIKUNGUNYA E FEBRE AMARELA."</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1207/quirinopolis.go.leg.br_req_325.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1207/quirinopolis.go.leg.br_req_325.pdf</t>
   </si>
   <si>
     <t>“Colocação de muretas de proteção nas pontes e galerias do perímetro urbano de nossa cidade.”</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1208/quirinopolis.go.leg.br_req_326.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1208/quirinopolis.go.leg.br_req_326.pdf</t>
   </si>
   <si>
     <t>“Implantação de redutor de velocidade na Avenida JK, cruzamento com a Avenida Newton Soares, no Bairro Morumbi.”</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1209/quirinopolis.go.leg.br_req_327.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1209/quirinopolis.go.leg.br_req_327.pdf</t>
   </si>
   <si>
     <t>“Requer que seja oficiado ao Prefeito Municipal de Quirinópolis solicitando pagamento de periculosidade aos agentes da Guarda Civil.”</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1210/quirinopolis.go.leg.br_req_328.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1210/quirinopolis.go.leg.br_req_328.pdf</t>
   </si>
   <si>
     <t>Requer a reposição de lâmpadas queimadas nos postes de iluminação dos  bairros Morumbi e demais bairros que necessitam desse recurso .</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1211/quirinopolis.go.leg.br_req_329.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1211/quirinopolis.go.leg.br_req_329.pdf</t>
   </si>
   <si>
     <t>“Requer seja constituída uma frente parlamentar quirinopolina, a fim de acompanhar o processo de reforma da previdência na Assembleia Legislativa do Estado de Goiás .”</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1212/quirinopolis.go.leg.br_req_330.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1212/quirinopolis.go.leg.br_req_330.pdf</t>
   </si>
   <si>
     <t>Implantação do Polo de Atividades Paralímpicas de Quirinópolis (PEQUI), na área anexa ao Estádio Olímpico Bichinho Vieira</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1213/quirinopolis.go.leg.br_req_331.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1213/quirinopolis.go.leg.br_req_331.pdf</t>
   </si>
   <si>
     <t>Restauração do Lago Sol Poente.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1214/quirinopolis.go.leg.br_req_332.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1214/quirinopolis.go.leg.br_req_332.pdf</t>
   </si>
   <si>
     <t>Implantação de asfalto e rede de saneamento básico nos novos bairros Sodino Vieira, Planalto e Progresso.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1215/quirinopolis.go.leg.br_req_333.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1215/quirinopolis.go.leg.br_req_333.pdf</t>
   </si>
   <si>
     <t>“Requer a aquisição de 50 (cinquenta) lixeiras domesticas para atender a população do povoado do Tocozinho e que seja deslocado uma vez por semana, um gari para fazer a limpeza das ruas.”</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1216/quirinopolis.go.leg.br_req_334.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1216/quirinopolis.go.leg.br_req_334.pdf</t>
   </si>
   <si>
     <t>“Requer implantação de Centro de Convivência para idosos (Creche de Idosos).”</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1218/quirinopolis.go.leg.br_req_335.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1218/quirinopolis.go.leg.br_req_335.pdf</t>
   </si>
   <si>
     <t>“Requer seja construído um auditório com sistema de áudio e vídeo, para atender as necessidades do Cmei Marcos Alves Magalhães.”</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1219/quirinopolis.go.leg.br_req_336.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1219/quirinopolis.go.leg.br_req_336.pdf</t>
   </si>
   <si>
     <t>Requer seja realizado um estudo para que seja colocado Lombofaixa na Avenida Garibalde Teixeira, na altura Centro Comunitário Dona Margarida.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1223/quirinopolis.go.leg.br_req_337.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1223/quirinopolis.go.leg.br_req_337.pdf</t>
   </si>
   <si>
     <t>Recapeamento do Estacionamento do Clube Eldorado</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1224/quirinopolis.go.leg.br_req_338.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1224/quirinopolis.go.leg.br_req_338.pdf</t>
   </si>
   <si>
     <t>Requer Recapeamento Asfáltico da Avenida Sumaré, Jardim Melo e Avenida Santos Dumont no Conjunto Rio Preto.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1225/quirinopolis.go.leg.br_req_339.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1225/quirinopolis.go.leg.br_req_339.pdf</t>
   </si>
   <si>
     <t>“Requer que seja encaminhado projeto de lei, destinando uma cota da área de loteamento habitacional aos servidores municipais baixa renda.”</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1226/quirinopolis.go.leg.br_req_340.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1226/quirinopolis.go.leg.br_req_340.pdf</t>
   </si>
   <si>
     <t>“Requer seja realizado um estudo para que seja substituída a cesta natalina por um ticket, no valor de uma cesta básica.”.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1228/quirinopolis.go.leg.br_req_341.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1228/quirinopolis.go.leg.br_req_341.pdf</t>
   </si>
   <si>
     <t>“Requer seja realizado um estudo para que as calçadas de toda a cidade tornem-se adequadas e acessíveis a deficientes físicos e visuais realizando a construção de rampas e piso tátil.”</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1229/quirinopolis.go.leg.br_req_342.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1229/quirinopolis.go.leg.br_req_342.pdf</t>
   </si>
   <si>
     <t>“Requer Substituição de lâmpadas convencionais por lâmpadas do tipo LED em toda extensão do Bosque José Roberto Chaves.”</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1230/quirinopolis.go.leg.br_req_343.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1230/quirinopolis.go.leg.br_req_343.pdf</t>
   </si>
   <si>
     <t>“Requer que sejam realizadas adequações no sistema de ponto biométrico dos Servidores Públicos do Poder Executivo”</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1232/quirinopolis.go.leg.br_reque_344.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1232/quirinopolis.go.leg.br_reque_344.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma academia ao ar livre e parquinho  na Praça  Jordelino Barbosa Goulart Povoado de Denislópolis</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1233/quirinopolis.go.leg.br_req_345.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1233/quirinopolis.go.leg.br_req_345.pdf</t>
   </si>
   <si>
     <t>“Requer que cumpra o plano de carreira e remuneração do magistério deste município.”</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1234/quirinopolis.go.leg.br_req_346.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1234/quirinopolis.go.leg.br_req_346.pdf</t>
   </si>
   <si>
     <t>Requer implantação de pista de patins no bosque José Roberto Chaves.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1240/quirinopolis.go.leg.br_req_347.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1240/quirinopolis.go.leg.br_req_347.pdf</t>
   </si>
   <si>
     <t>“Solicita a realização de reparos nas calçadas e passarelas do Cemitério Municipal, especialmente na calçada que dá acesso a capela.”</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1241/quirinopolis.go.leg.br_req_348.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1241/quirinopolis.go.leg.br_req_348.pdf</t>
   </si>
   <si>
     <t>“Solicita a realização de um estudo pela equipe de engenharia do município afim de constatar o melhor meio para escoar a água que fica empoçada no período chuvoso no bairro Alvorada e Chico Junqueira.”</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1245/quirinopolis.go.leg.br_reque_349.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1245/quirinopolis.go.leg.br_reque_349.pdf</t>
   </si>
   <si>
     <t>“Requer o encaminhamento de projeto de lei que regulamente sobre o programa de autonomia financeira das unidades escolares.”</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1246/quirinopolis.go.leg.br_req_350.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1246/quirinopolis.go.leg.br_req_350.pdf</t>
   </si>
   <si>
     <t>“Requer o estudo direcionado para criação da superintendência de relações institucionais religiosas.”</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1247/quirinopolis.go.leg.br_req_351.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1247/quirinopolis.go.leg.br_req_351.pdf</t>
   </si>
   <si>
     <t>“Requer seja reformado o canteiro central da Alameda Paranaiba do Bairro Flamboyant."</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1248/quirinopolis.go.leg.br_req_352.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1248/quirinopolis.go.leg.br_req_352.pdf</t>
   </si>
   <si>
     <t>Recapeamento e restauração do Anel Viário e construção do novo Anel Viário</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1249/quirinopolis.go.leg.br_req_353.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1249/quirinopolis.go.leg.br_req_353.pdf</t>
   </si>
   <si>
     <t>“Requer informações sobre as inscrições para doação de lotes, recentemente realizadas no município”</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1250/quirinopolis.go.leg.br_req_354.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1250/quirinopolis.go.leg.br_req_354.pdf</t>
   </si>
   <si>
     <t>“Requer informações detalhadas em relação às empresas que prestam ou prestaram serviço terceirizado para o poder público”</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1253/quirinopolis.go.leg.br_req_355.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1253/quirinopolis.go.leg.br_req_355.pdf</t>
   </si>
   <si>
     <t>“Requer seja adquiridas novas cadeiras para a Sala de Velorio Municipal.”</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1254/quirinopolis.go.leg.br_req_356.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1254/quirinopolis.go.leg.br_req_356.pdf</t>
   </si>
   <si>
     <t>“Requer seja colocado um Assistente Social para que o mesmo fique a disposição do Hospital Municipal.”</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1255/quirinopolis.go.leg.br_req_357.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1255/quirinopolis.go.leg.br_req_357.pdf</t>
   </si>
   <si>
     <t>Requer a Limpeza das Bocas de Lobo na cidade</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1256/quirinopolis.go.leg.br_req_358.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1256/quirinopolis.go.leg.br_req_358.pdf</t>
   </si>
   <si>
     <t>“Requer a reforma da Ponte do Córrego do Gordura, na Região da Inhumas, na Fazenda Varjão, proprietário Rui Jacinto.”</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1257/quirinopolis.go.leg.br_req_359.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1257/quirinopolis.go.leg.br_req_359.pdf</t>
   </si>
   <si>
     <t>“Solicita que seja feita a sinalização da Rua Contorno esquina com a Rua Feliciano Martins Corrêa ”</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1258/quirinopolis.go.leg.br_req_360.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1258/quirinopolis.go.leg.br_req_360.pdf</t>
   </si>
   <si>
     <t>“solicita que seja realizada uma pequena reforma dos bancos, calçadas, e pista de skate bem como a construção de uma academia ao ar livre na Praça do Bairro Promissão”</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1264/quirinopolis.go.leg.br_req_361.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1264/quirinopolis.go.leg.br_req_361.pdf</t>
   </si>
   <si>
     <t>Requer a contratação de médicos psiquiatas.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1265/quirinopolis.go.leg.br_req_362.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1265/quirinopolis.go.leg.br_req_362.pdf</t>
   </si>
   <si>
     <t>Implantação do Projeto CATA TRECO.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1266/quirinopolis.go.leg.br_req_363.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1266/quirinopolis.go.leg.br_req_363.pdf</t>
   </si>
   <si>
     <t>Implantação de coleta seletiva do lixo em Quirinópolis.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1267/quirinopolis.go.leg.br_req_364.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1267/quirinopolis.go.leg.br_req_364.pdf</t>
   </si>
   <si>
     <t>Implantação de sanitários no Módulo Esportivo Pedro Diquinho.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1268/quirinopolis.go.leg.br_req_365.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1268/quirinopolis.go.leg.br_req_365.pdf</t>
   </si>
   <si>
     <t>Requer sejam disponibilizados uma equipe de garis para atender regularmente o Bairro Morada Nova.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1269/quirinopolis.go.leg.br_req_366.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1269/quirinopolis.go.leg.br_req_366.pdf</t>
   </si>
   <si>
     <t>“Solicita que seja realizada a construção de uma Praça no terreno que fica nos fundos da UBS IV no Bairro Alvorada, bem como a construção de uma quadra de Esportes no terreno que fica ao lado do Centro Social Dona Nenê.”</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1270/quirinopolis.go.leg.br_req_367.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1270/quirinopolis.go.leg.br_req_367.pdf</t>
   </si>
   <si>
     <t>Requer sinalização Av Rui Barbosa esquina com a Rua Sumaré.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1272/quirinopolis.go.leg.br_req_368.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1272/quirinopolis.go.leg.br_req_368.pdf</t>
   </si>
   <si>
     <t>“Solicita a realização de um estudo para viabilidade de restauração do Museu Municipal  e a construção de uma sala de cinema. Ainda, solicito o firmamento de convênio em parceria com os acadêmicos do Curso de História da UEG – Campus Quirinópolis..”</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1273/quirinopolis.go.leg.br_req_369.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1273/quirinopolis.go.leg.br_req_369.pdf</t>
   </si>
   <si>
     <t>Solicita do poder público municipal com intermédio do ministério da saúde a implantação de um novo Centro de Atenção Psicossocial em Quirinópolis”.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1274/quirinopolis.go.leg.br_req_370.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1274/quirinopolis.go.leg.br_req_370.pdf</t>
   </si>
   <si>
     <t>Requer reparos nas margens do Lago Sol Poente.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1275/quirinopolis.go.leg.br_req_371.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1275/quirinopolis.go.leg.br_req_371.pdf</t>
   </si>
   <si>
     <t>Requer a construção de boca de lobo e quebra mola</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1276/quirinopolis.go.leg.br_req_372.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1276/quirinopolis.go.leg.br_req_372.pdf</t>
   </si>
   <si>
     <t>“Requer que seja oficiado ao Secretário de Obras Públicas e Urbanismo solicitando a continuação da sinalização nas principais avenidas da cidade.”</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1277/quirinopolis.go.leg.br_req_373.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1277/quirinopolis.go.leg.br_req_373.pdf</t>
   </si>
   <si>
     <t>Luta em prol da defesa da energia solar</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>Soldado Edvaldo, ANDREA ENFERMEIRA, Athos Vinicius, CASSIM DA USINA, Divininho Ambulância, NUBIA THEODORO, Yvis</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1280/quirinopolis.go.leg.br_req_374.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1280/quirinopolis.go.leg.br_req_374.pdf</t>
   </si>
   <si>
     <t>Implantação de Rede de Energia Elétrica nos novos bairros Residencial Sodino Vieira, Jardim Planalto, Jardim Progresso e Jardim Paraíso</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1281/quirinopolis.go.leg.br_reque_375.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1281/quirinopolis.go.leg.br_reque_375.pdf</t>
   </si>
   <si>
     <t>Reforma e restauração da pista de caminhada do Eldorado</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1282/quirinopolis.go.leg.br_req_376.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1282/quirinopolis.go.leg.br_req_376.pdf</t>
   </si>
   <si>
     <t>Realização de Operação Tapa Buracos no Perímetro Urbano de Quirinópolis</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1283/quirinopolis.go.leg.br_req_377.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1283/quirinopolis.go.leg.br_req_377.pdf</t>
   </si>
   <si>
     <t>Sanar os problemas de alagamentos nos pontos críticos de Quirinópolis</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1284/quirinopolis.go.leg.br_req_378.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1284/quirinopolis.go.leg.br_req_378.pdf</t>
   </si>
   <si>
     <t>“Requer seja realizado um estudo pela AMTS com a finalidade de reestruturar a rotatória localizada na Rua João Lopes de Miranda.”</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1285/quirinopolis.go.leg.br_req_379.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1285/quirinopolis.go.leg.br_req_379.pdf</t>
   </si>
   <si>
     <t>“Solicita adequação das placas de inauguração das obras, de forma que inclua o nome dos vereadores desta legislatura nas mesmas.”</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1286/quirinopolis.go.leg.br_req_380.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1286/quirinopolis.go.leg.br_req_380.pdf</t>
   </si>
   <si>
     <t>Solicita que seja criada a usina de reciclagem e compostagem em nosso município.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>REV</t>
   </si>
   <si>
     <t>REQUERIMENTO VERBAL</t>
   </si>
   <si>
     <t>Solicitando que seja colocado em funcionamento a UTI de Quirinópolis.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>Solicitando a implantação de uma unidade de saúde no local conhecido como Geraldo Lemos (Ranchos)</t>
   </si>
   <si>
     <t>811</t>
   </si>
@@ -5514,834 +5514,834 @@
   <si>
     <t>Solicitando reposição salarial aos Servidores Municipais.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>Solicitando o retorno do pagamento da bolsa universitária.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>Solicitando a antecipação do horario da sessão plenária de sexta feira dia 06-12-2019, de 08:00 para as 07:00</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/735/mocao_de_pesar_falecimento_francirrenio_martins.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/735/mocao_de_pesar_falecimento_francirrenio_martins.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo Falecimento do jovem  Francirrenio Martins Cabral (Florestinha do Taxi)</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/768/mocao_guarda_civil_municipal_rcPYzq1.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/768/mocao_guarda_civil_municipal_rcPYzq1.pdf</t>
   </si>
   <si>
     <t>Moção de congratulações aos Guardas Civis Municipais GCMs.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/778/mocao_dia_das_mulheres.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/778/mocao_dia_das_mulheres.pdf</t>
   </si>
   <si>
     <t>Moção às mulhereres pelo dia internacinal da mulher.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/828/mocao_nicolina_mocao_de_aplausos_dia_da_mulher.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/828/mocao_nicolina_mocao_de_aplausos_dia_da_mulher.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos em Comemoração ao Dia da Mulher, que ocorreu no dia 08 de Março.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/834/mocao_gibao.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/834/mocao_gibao.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de GEORGIDES DE SOUZA MATOS, o popular GIBÃO, faleceu no sábado, dia 23 de março de 2019.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>ANDREA ENFERMEIRA, Nicolina (Tia Nicola)</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/835/mocao_de_aplausos_ionei_aparecida.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/835/mocao_de_aplausos_ionei_aparecida.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a Ionei Aparecida do Nascimento.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/853/mocao_de_pesar_zinho.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/853/mocao_de_pesar_zinho.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos familiares de Eudes Messias de Oliveira.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/888/mocao_dia_do_policial.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/888/mocao_dia_do_policial.pdf</t>
   </si>
   <si>
     <t>Moção pelo Dia do Policial Militar, do Bombeiro Militar e do Policial Civil.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/889/mocao_jovem_trabalhador_2.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/889/mocao_jovem_trabalhador_2.pdf</t>
   </si>
   <si>
     <t>Moção ao Jovem Trabalhador.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/908/quirinopolis.go.leg.br_moc_10.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/908/quirinopolis.go.leg.br_moc_10.pdf</t>
   </si>
   <si>
     <t>Moção aos servidores públicos e da iniciativa privada pelo dia do trabalho, comemorado dia 1º de maio.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/909/quirinopolis.go.leg.br_moc_11.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/909/quirinopolis.go.leg.br_moc_11.pdf</t>
   </si>
   <si>
     <t>Moção pelo dia do trabalhador.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/939/quirinopolis.go.leg.br_mo_12.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/939/quirinopolis.go.leg.br_mo_12.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Senhor Willian Sakamoto, superintendente de Obras públicas.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/944/quirinopolis.go.leg.br_mo_13.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/944/quirinopolis.go.leg.br_mo_13.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a todas as mães pelo dias das mães, comemorado no domingo dia 12 de Maio.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/946/quirinopolis.go.leg.br_moc_14.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/946/quirinopolis.go.leg.br_moc_14.pdf</t>
   </si>
   <si>
     <t>Moção a todas as mães quirinopolinas.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/947/quirinopolis.go.leg.br_moc_15.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/947/quirinopolis.go.leg.br_moc_15.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos aos enfermeiros e técnicos em enfermagem.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/948/quirinopolis.go.leg.br_mo_16.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/948/quirinopolis.go.leg.br_mo_16.pdf</t>
   </si>
   <si>
     <t>Moção pelo dia das mães.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/964/quirinopolis.go.leg.br_moc_17.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/964/quirinopolis.go.leg.br_moc_17.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos A toda equipe gestora e técnica do Instituto Rural de Desenvolvimento Social e Econômico de Goiás, popularmente conhecido como Instituto Casa da Abelha.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/965/quirinopolis.go.leg.br_moc_18.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/965/quirinopolis.go.leg.br_moc_18.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulação ao Senhor Alessandro Bolinha, artista quirinopolino, reconhecido nacionalmente por sua genialidade.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/969/quirinopolis.go.leg.br_moc_19.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/969/quirinopolis.go.leg.br_moc_19.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulação ao Radialista Euzi La Guardia, pelo seu relevante trabalho perante a comunidade, como comunicador e jornalista.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/977/quirinopolis.go.leg.br_moc_20.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/977/quirinopolis.go.leg.br_moc_20.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da querida Sebastiana Pereira Martins Costa – A Dona Bebé.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/989/quirinopolis.go.leg.br_moc_21.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/989/quirinopolis.go.leg.br_moc_21.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao  Empresário Sr. Vanderlan Alcântara de Souza.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/999/quirinopolis.go.leg.br_moc_22.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/999/quirinopolis.go.leg.br_moc_22.pdf</t>
   </si>
   <si>
     <t>Moção de congratulações aos caminhoneiros pelo seu dia.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1021/quirinopolis.go.leg.br_moc_23.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1021/quirinopolis.go.leg.br_moc_23.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Agradecimentos ao Nobre e respeitado Prefeito Gilmar Alves da Silva.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>Soldado Edvaldo, ANDREA ENFERMEIRA, Athos Vinicius, CASSIM DA USINA, DALMO (Soró), Divininho Ambulância, Marcio Oliveira, Marcos Cabral, MARQUINHO DA CASA DE APOIO, Nicolina (Tia Nicola), OSCAR JÚNIOR, Prof. Veroneida, Yvis</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1024/quirinopolis.go.leg.br_moc_24.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1024/quirinopolis.go.leg.br_moc_24.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de JOSÉ QUIRINO DA SILVEIRA.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>ANDREA ENFERMEIRA, Athos Vinicius, CASSIM DA USINA, Divininho Ambulância, Marcio Oliveira, Marcos Cabral, MARQUINHO DA CASA DE APOIO, Nicolina (Tia Nicola), OSCAR JÚNIOR, Soldado Edvaldo, DALMO (Soró), Prof. Veroneida, Yvis</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1040/quirinopolis.go.leg.br_moc_25_XOPoqpT.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1040/quirinopolis.go.leg.br_moc_25_XOPoqpT.pdf</t>
   </si>
   <si>
     <t>Moção a todos os advogados e advogadas da nossa cidade.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1041/quirinopolis.go.leg.br_moc_26_iPkdE29.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1041/quirinopolis.go.leg.br_moc_26_iPkdE29.pdf</t>
   </si>
   <si>
     <t>Moção pelo Dia do Estudante.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1042/quirinopolis.go.leg.br_moc_27_Skf49a8.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1042/quirinopolis.go.leg.br_moc_27_Skf49a8.pdf</t>
   </si>
   <si>
     <t>Moção pelo Dia dos Pais.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1043/quirinopolis.go.leg.br_moc_28_kYgrXjA.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1043/quirinopolis.go.leg.br_moc_28_kYgrXjA.pdf</t>
   </si>
   <si>
     <t>Moção em homenagear todos os Feirantes.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1044/quirinopolis.go.leg.br_moc_29_m0dPlio.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1044/quirinopolis.go.leg.br_moc_29_m0dPlio.pdf</t>
   </si>
   <si>
     <t>Moção em comemoração ao Dia da Padroeira, Nossa Senhora D’Abadia,</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1050/quirinopolis.go.leg.br_moc_30.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1050/quirinopolis.go.leg.br_moc_30.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecineto do ex-vereador e ex-diretor da Câmara Municipal, SEBASTIÃO DA SILVA BUENO.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1061/quirinopolis.go.leg.br_moc_31.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1061/quirinopolis.go.leg.br_moc_31.pdf</t>
   </si>
   <si>
     <t>Moção de CONGRATULAÇÃO E APLAUSOS a Associação Luz do Cerrado Arte e Cultura Orquestra Raízes De Quirinópolis Henrique da Viola.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1076/quirinopolis.go.leg.br_moc_32.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1076/quirinopolis.go.leg.br_moc_32.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a servidora da Câmara Municipal, Judith de Fátima Ferreira.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1077/quirinopolis.go.leg.br_moc_33.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1077/quirinopolis.go.leg.br_moc_33.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a todos os Psicólogos, em comemoração ao Dia do Psicólogo, comemorado no dia 27 de Agosto.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1079/quirinopolis.go.leg.br_moc_34.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1079/quirinopolis.go.leg.br_moc_34.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos a SJC BIOENERGIA pela conquista do conceituado Prêmio MASTERCANA CENTRO-SUL 2019.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1083/quirinopolis.go.leg.br_moc_35.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1083/quirinopolis.go.leg.br_moc_35.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos à Academia Corpus Fit e aos Profissionais de Educação Física da mesma, em homenagem ao dia do Profissional de Educação Física.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1092/quirinopolis.go.leg.br_moc_36.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1092/quirinopolis.go.leg.br_moc_36.pdf</t>
   </si>
   <si>
     <t>Moção de CONGRATULAÇÃO E APLAUSOS a Academia de Letras do Extremo Sudoeste Goiano - ALESG.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>ANDREA ENFERMEIRA, Divininho Ambulância</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1096/quirinopolis.go.leg.br_moc_37.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1096/quirinopolis.go.leg.br_moc_37.pdf</t>
   </si>
   <si>
     <t>Moção de pesar e condolências aos familiares de Daniel Pinto Alventino pelo seu falecimento. (Daniel do SAMU).</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1097/quirinopolis.go.leg.br_moc_38.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1097/quirinopolis.go.leg.br_moc_38.pdf</t>
   </si>
   <si>
     <t>Moção pelo dia do Médico Veterinário (09/09), o Administrador (09/09), o Agrônomo (13/09), o Ortopedista (19/09), o Radialista (21/09), o Contador (22/09), o Farmacêutico (25/09), o Encanador (27/09) e a Secretária (30/09).</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1098/quirinopolis.go.leg.br_moc_39.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1098/quirinopolis.go.leg.br_moc_39.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Senhor Marciel de Sousa Andrade (Muranga), Diretor Administrativo e responsável pelo Cemitério Santo Agostinho.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1107/quirinopoli.go.leg.br_moc_40.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1107/quirinopoli.go.leg.br_moc_40.pdf</t>
   </si>
   <si>
     <t>Moção pelo Dia do Vereador.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1110/quirinopoli.go.leg.br_moc_41_LJ1sQfp.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1110/quirinopoli.go.leg.br_moc_41_LJ1sQfp.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Senhor João de Souza Freitas. (Foto Souza)</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1117/quirinopoli.go.leg.br_moc_42_HRBcIB7.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1117/quirinopoli.go.leg.br_moc_42_HRBcIB7.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a Eliania Silva, pintora e professora de artes.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1119/quirinopoli.go.leg.br_moc_43.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1119/quirinopoli.go.leg.br_moc_43.pdf</t>
   </si>
   <si>
     <t>Moção ao Prefeito Gimar Alves pelo dia do Prefeito.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>Nicolina (Tia Nicola), Prof. Veroneida</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1120/quirinopoli.go.leg.br_moc_44.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1120/quirinopoli.go.leg.br_moc_44.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos familiares do Professor Eurípedes Donizeti.”</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1121/quirinopoli.go.leg.br_moc_45.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1121/quirinopoli.go.leg.br_moc_45.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo faleciemnto do professor Eurípedes Donizeti Teixeira, ocorrido no domingo, 06 de outubro.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1122/quirinopoli.go.leg.br_moc_46_i8IIMPz.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1122/quirinopoli.go.leg.br_moc_46_i8IIMPz.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos em Comemoração ao Dia do Nordestino, comemorado hoje, dia 08 de Outubro.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>DALMO (Soró), Marcio Oliveira, MARQUINHO DA CASA DE APOIO, OSCAR JÚNIOR, Prof. Veroneida</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1123/quirinopoli.go.leg.br_moc_47.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1123/quirinopoli.go.leg.br_moc_47.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao “Dia do Idoso".</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1124/quirinopoli.go.leg.br_moc_48.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1124/quirinopoli.go.leg.br_moc_48.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos em Comemoração ao Dia do Nordestino.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1143/quirinopolis.go.leg.br_moc_49.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1143/quirinopolis.go.leg.br_moc_49.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao “Dia do Médico".</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1144/quirinopolis.go.leg.br_moc_50.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1144/quirinopolis.go.leg.br_moc_50.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao “DIA DO PROFESSOR".</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1145/quirinopolis.go.leg.br_moc_51.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1145/quirinopolis.go.leg.br_moc_51.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulação a todos os componentes e colaboradores diretos e indiretos da Guarda Civil Municipal de Quirinópolis.</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1148/quirinopolis.go.leg.br_moc_52.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1148/quirinopolis.go.leg.br_moc_52.pdf</t>
   </si>
   <si>
     <t>Moção de congratulação e agradecimento ao Prefeito Gilmar Alves e também pelo Dia do Prefeito.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1152/quirinopolis.go.leg.br_moc_53.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1152/quirinopolis.go.leg.br_moc_53.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos aos Ciclistas de nossa cidade.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1159/quirinopolis.go.leg.br_moc_54.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1159/quirinopolis.go.leg.br_moc_54.pdf</t>
   </si>
   <si>
     <t>Moção de Louvor  ao “DIA DO SERVIDOR PÚBLICO.”</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1160/quirinopolis.go.leg.br_moc_55.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1160/quirinopolis.go.leg.br_moc_55.pdf</t>
   </si>
   <si>
     <t>Moção aos policiais</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1161/quirinopolis.go.leg.br_moc_56.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1161/quirinopolis.go.leg.br_moc_56.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulação aos Professores Quirinopolinos.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1162/quirinopolis.go.leg.br_moc_57.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1162/quirinopolis.go.leg.br_moc_57.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a Associação dos Amigos Portadores de Câncer de Quirinópolis, em apoio ao Outubro Rosa.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1163/quirinopolis.go.leg.br_moc_58.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1163/quirinopolis.go.leg.br_moc_58.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a todos os servidores públicos, pelo seu dia comemorado no dia 28 de Outubro.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1164/quirinopolis.go.leg.br_moc_59.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1164/quirinopolis.go.leg.br_moc_59.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a Associação das Mocinhas e Mocinhos de Ontem a AMMO, em comemoração ao dia do Idoso, comemorado no dia 01 de Outubro.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1166/quirinopolis.go.leg.br_moc_60.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1166/quirinopolis.go.leg.br_moc_60.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulação aos odontólogos quirinopolinos, em homenagem ao dia mundial do odontólogo, comemorado no dia 03 de outubro.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1167/quirinopolis.go.leg.br_moc_61.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1167/quirinopolis.go.leg.br_moc_61.pdf</t>
   </si>
   <si>
     <t>Moção em homenagem todos os educadores e educadoras de nossa cidade.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1168/quirinopolis.go.leg.br_moc_62_RE1NRkw.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1168/quirinopolis.go.leg.br_moc_62_RE1NRkw.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulação ao Doutor Ricardo Vale Caetano, em comemoração ao dia do médico dia 18 de Outubro.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1169/quirinopolis.go.leg.br_moc_63.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1169/quirinopolis.go.leg.br_moc_63.pdf</t>
   </si>
   <si>
     <t>Moção pelo Dia das Crianças comemorado dia 12 de Outubro.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1172/quirinopolis.go.leg.br_moc_64.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1172/quirinopolis.go.leg.br_moc_64.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao “Dia da Criança.”</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1173/quirinopolis.go.leg.br_moc_65.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1173/quirinopolis.go.leg.br_moc_65.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulação ao Doutor Rodney Rosa Monteiro.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1174/quirinopolis.go.leg.br_moc_66.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1174/quirinopolis.go.leg.br_moc_66.pdf</t>
   </si>
   <si>
     <t>Moção a todas as crianças da nossa cidade.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1182/quirinopolis.go.leg.br_moc_67.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1182/quirinopolis.go.leg.br_moc_67.pdf</t>
   </si>
   <si>
     <t>Moção de congratulações aos servidores públicos municipais pelo seu dia.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1185/quirinopolis.go.leg.br_moc_68.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1185/quirinopolis.go.leg.br_moc_68.pdf</t>
   </si>
   <si>
     <t>Moção em Homenagem ao Dia do Odontólogo.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1187/quirinopolis.go.leg.br_moc_69.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1187/quirinopolis.go.leg.br_moc_69.pdf</t>
   </si>
   <si>
     <t>MOÇÃO de Aplausos alusiva ao Dia do Flamenguista</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1201/quirinopolis.go.leg.br_moc_70.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1201/quirinopolis.go.leg.br_moc_70.pdf</t>
   </si>
   <si>
     <t>Congratulações ao prefeito Gilmar Alves pelo 7° lugar no índice das melhores gestões fiscais em Goiás e a 123° no ranking nacional do IFGF da Firjan.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1204/quirinopolis.go.leg.br_moc_71.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1204/quirinopolis.go.leg.br_moc_71.pdf</t>
   </si>
   <si>
     <t>Moção para toda equipe gestora e funcionários do Centro de Ensino Especial Alfredo Mariz da Costa</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1205/quirinopolis.go.leg.br_moc_72.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1205/quirinopolis.go.leg.br_moc_72.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS aos Guardas Civis Municipais GCMs.”</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1206/quirinopolis.go.leg.br_moc_73.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1206/quirinopolis.go.leg.br_moc_73.pdf</t>
   </si>
   <si>
     <t>MOÇÃO PARABENIZANDO A FATIMA VALENTIN.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1217/quirinopolis.go.leg.br_moc_74.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1217/quirinopolis.go.leg.br_moc_74.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Dia do Diretor (a)</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1222/quirinopolis.go.leg.br_moc_75.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1222/quirinopolis.go.leg.br_moc_75.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a todos os nossos amigos radialistas e homenagem ao jornalista Elias Cândido pelo seu aniversário.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1227/quirinopolis.go.leg.br_moc_76.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1227/quirinopolis.go.leg.br_moc_76.pdf</t>
   </si>
   <si>
     <t>Parabeniza a Professora Anesia Ferreira dos Santos pela inauguração do empreendimento CINE TEATRO EM Quirinópolis.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1231/quirinopolis.go.leg.br_mocao_77.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1231/quirinopolis.go.leg.br_mocao_77.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Cartório Gama pela conquista do prêmio PQTA 2019</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1235/quirinopolis.go.leg.br_moc_78.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1235/quirinopolis.go.leg.br_moc_78.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Senhor João Elias Ferreira Cândido em comemoração ao seu aniversário no dia 06 de Novembro.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1236/quirinopolis.go.leg.br_moc_79.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1236/quirinopolis.go.leg.br_moc_79.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Senhor Coronel Antonio Moreira Bonfim em comemoração ao seu aniversário no dia 01 de Novembro.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1239/quirinopolis.go.leg.br_moc_80.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1239/quirinopolis.go.leg.br_moc_80.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos pelo Ato de Bravura dos Policiais Militares SGT ADRIANO e SGT SÉRGIO, que salvaram heroicamente uma jovem de 16 anos, que tentou SUICÍDIO no Rio das Pedras.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1259/quirinopolis.go.leg.br_moc_81.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1259/quirinopolis.go.leg.br_moc_81.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a Dra Guadaluph Costa Marques, psicóloga e pedagoga.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1271/quirinopolis.go.leg.br_moc_82.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1271/quirinopolis.go.leg.br_moc_82.pdf</t>
   </si>
   <si>
     <t>Oferece Moção de Aplausos ao Senhor Nério Batista, diretor do Hospital Municipal Antonio Martins da Costa.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1287/quirinopolis.go.leg.br_moc_83.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1287/quirinopolis.go.leg.br_moc_83.pdf</t>
   </si>
   <si>
     <t>Moção Natal</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1288/quirinopolis.go.leg.br_moc_84.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1288/quirinopolis.go.leg.br_moc_84.pdf</t>
   </si>
   <si>
     <t>Moção de Natal</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1289/quirinopolis.go.leg.br_moc_85.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1289/quirinopolis.go.leg.br_moc_85.pdf</t>
   </si>
   <si>
     <t>Apresenta Moção de Aplausos e Congratulação a todas as unidades escolares de nossa cidade, incluindo as Escolas Municipais, Estaduais e Particulare e CMEIS, pela qualidade do ensino das mesmas as quais estão concluindo com maestria a finalização de mais um ano letivo.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1290/quirinopolis.go.leg.br_moc_86.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1290/quirinopolis.go.leg.br_moc_86.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Senhor 1º Sargento da Reserva Valdomiro Machado Borges, mais conhecido como Machadinho, pelos relevantes trabalhos prestados a comunidade.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -6648,67 +6648,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/949/emenda_modificativa_01-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1002/emenda_modificativa_ao_proj_19-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1101/emenda_modificativa_ao_proj_26-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1291/emenda_modificativa_004_ao_proj_28-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1102/emenda_supressiva_ao_proj_26-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/794/projeto_de_decreto_leg_001-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/809/projeto_de_decreto_leg_002-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/840/projeto_de_decreto_legislativo_03-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/902/quirinopolis.go.leg.br_projeto_de_decreto_leg_04.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/930/quirinopolis.go.leg.br_projeto_de_decreto_leg_05.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/957/www.quirinopolis.go.leg.br_projeto_decreto_06_2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/962/www.quirinopolis.go.leg.br_projeto_decreto_07_2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/963/www.quirinopolis.go.leg.br_projeto_decreto_08_2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/983/www.quirinopolis.go.leg.br_projeto_decreto_09_2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1028/projeto_dec_legis_10-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1055/projeto_dec_legis_11-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1118/quirinopolis.go.leg.br_projeto_no_012.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1243/projeto_dec_legis_13-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1242/projeto_dec_legislativo_14-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1244/projeto_dec_legis_15-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1260/projeto_dec_legis_16-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/725/projeto_de_resolucao_001-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/841/projeto_de_resolucao_01-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/869/projeto_de_resolucao_no_003-19.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/870/projeto_de_resolucao_no_004-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/898/quirinopolis.go.leg.br_projeto_de_resolucao_05.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/900/quirinopolis.go.leg.br_projeto_de_resolucao_06.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/766/projeto_legislativo_01-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/792/projeto_de_lei__leg_002.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/793/projeto_de_lei__leg_003.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/862/projeto_de_lei_04.19_-_denomina_logradouro_publico.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/839/projeto_de_lei_legislativo_05-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/849/projeto_de_lei_06_de_2019_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/899/quirinopolis.go.leg.br_projeto_de_lei_leg_07_1CCamyb.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/982/www.quirinopolis.go.leg.br_projeto_de_lei_leg_08_2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1035/projeto_de_lei_leg_09-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1067/projeto_de_lei_leg_11-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1056/projeto_de_lei_leg_12-2019_noZz5hs.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1047/projeto_de_lei_leg_13-2019_L8gijwh.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1137/projeto_de_lei_leg_14-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1138/projeto_de_lei_leg_15-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1251/projeto_de_lei_leg_16-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/791/projeto_de_lei_complementar_leg_001.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1220/projeto_de_lei_substitutivo_01_ao_23.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1221/projeto_de_lei_substitutivo_02_ao_24.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1238/projeto_de_lei_substitutivo_03_ao_30.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/724/projeto_lei_01-2019_KPNqUnd.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/733/projeto_de_lei_03-19.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/734/projeto_de_lei_04-19.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/780/projeto_de_lei_005-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/781/projeto_de_lei_007-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/782/projeto_de_lei_008-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/790/projeto_de_lei_009-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/920/quirinopolis.go.leg.br_projeto_de_lei_10.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/921/quirinopolis.go.leg.br_projeto_de_lei_11.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/901/quirinopolis.go.leg.br_projeto_de_lei_12.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/922/quirinopolis.go.leg.br_projeto_de_lei_13.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/925/quirinopolis.go.leg.br_projeto_de_lei_14.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/924/quirinopolis.go.leg.br_projeto_de_lei_15.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/923/quirinopolis.go.leg.br_projeto_de_lei_16.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1000/projeto_de_lei_17-2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1013/projeto_de_lei_18-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1001/projeto_de_lei_19-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1014/projeto_de_lei_20-2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1015/projeto_de_lei_21-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1016/projeto_de_lei_22-2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1045/projeto_de_lei_23-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1046/projeto_de_lei_24-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1068/projeto_de_lei_25-2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1086/projeto_de_lei_26-2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1104/projeto_de_lei_27-2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1134/projeto_de_lei_28-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1135/projeto_de_lei_29-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1188/projeto_de_lei_30-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1261/projeto_de_lei_ex_31-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1263/projeto_de_lei_32-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/726/construcao_de_academia_ao_ar_livre_tocozinho_SyE8dbW.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/727/requer_recapeamento_rua_rio_preto.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/728/requer_o_encaminhamento_de_um_fisioterapeuta_para_o_creq.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/729/requer_aquisicao_de_ar_condicionado_para_escola__Px9q4ty.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/730/requer_construcao_de_creche_no_bairro_capelinha.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/731/pavimentacao_asfaltiva_rua_girassol.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/732/proficional_educacao_fisica.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/736/requer_instalacao_de_cobertura_passarela_escola__xaNdQLv.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/737/requer_instalacao_de_sala_do_aee_na_escola_dr_athaides.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/738/requer_construcao_de_uma_praca_na_rua_7_do_bairr_IgsMxil.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/739/requer_seja_realizado_um_estudo_para_construcao__Bl8kGHR.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/745/ccf_000024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/741/apoio_ao_pequeno_agricultor.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/742/requerimento_de_construcao_dos_banheiros_nas_pracas.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/743/requerimento_farmacia_do_cidadao.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/744/ccf_000023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/747/requer_realizacao_de_leilao_dos_veiculos_apreend_0614Ljm.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/748/solicita_que_seja_realizado_pelo_procon_fiscaliz_GiBCw27.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/749/requerimento_ar_condicionado_para_a_escola_vicente_neto.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/750/requerimento_bueiro_pluvial_corrego_do_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/751/bolsa_de_incentivo_aos_componentes_da_banda_22_d_o7Jw59M.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/752/bolsa_universitaria_para_os_estudantes_quirinopolinos.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/753/requer_climatizacao_das_salas_de_enfermaria.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/754/ccf_000026.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/755/requerimento_de_bancada_-_quadra_escola.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/756/requer_realizacao_de_sessao_solene_em_comemoraca_cZU8Uxk.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/757/requerimento_reforma_creq.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/758/requerimento_antena_de_internet_para_a_regiao_da_inhumas.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/759/requerimento_veroneida_2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/760/requerimento_revisao_geral_anual_das_remuneracoe_PS4okOc.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/761/requer_seja_oficiado_os_diretores_da_enel_1.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/762/requer_a_realizacao_do_recapeamento_da_rua_05_do_yNIGDT0.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/763/requer_seja_feita_vistoria_e_reparo_na_caixa_dag_iZ8HP0d.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/764/requerimento_reparos_no_lago_sol_poente.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/765/requerimento_bancada_uniformes_rede_municipal.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/769/requerimento_36-2019_pHKArMv.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/770/requerimento_37-2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/771/requerimento_nic_-_hospital_do_cancer.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/772/requerimento_nic_-_restauracao_do_museu.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/773/solicita_doacao_de_carro_para_ong_dos_animais.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/774/requerimento_rotatoria_divinho_2.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/775/requerimento_athos_vicente_neto.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/776/requerimento_athos_curso_bombeiro_civil.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/777/limpeza_de_lotes_baldios.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/779/acessibilidade_teatro.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/783/requerimento_nic_-_projeto_de_lei_autonomia_fina_5FMCRw0.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/784/requerimento_nic_-_consorcio_inter_regional_muni_mqvLie9.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/785/auxilio_transporte_servidores_uas.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/786/requerimento_ae_201731_plantao_da_ambulancia_no__I52oLTP.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/787/requerimento_aparelho_de_aerossol_aUI2zFm.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/788/ponte_regiao_do_corrego_fundo.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/789/ponte_regiao_da_limeira.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/795/requerimento_05.nutricionistas.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/796/requerimento_gari_04.2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/797/requerimento_cabral_12-03-2019_1.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/798/r_e_q_u_e_r_i_m_e_n_t_o_marcos_tulio_3.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/800/requerimento_iluminacao_av_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/801/requerimento_and._escoamento_de_agua_bairro_chic_HmT31Vf.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/802/requerimento_and._construcao_de_calcadas.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/803/requerimento_academia_na_praca_do_tocozinho.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/804/req_sentido_unico_rua_contorno_6.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/805/iluminacao_publica_nos_bairros_tonico_bento_e_vi_QT2lc16.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/806/sinalizacao_de_transito.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/807/requerimento_nic_-_interprete_de_lingua_de_sinais.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/808/requerimento_nic_-_muro_em_volta_das_casas_do_vi_vcQSS57.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/810/requerimento_-_convocacao.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/812/creche_tonico_bento.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/813/yvis_-horta_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/814/requerimento_2019_-_uas.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/815/lombo-faixa_em_frente_ao_senac.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/816/requerimento_reforma_ubs_vii_vii_e_iv_7V9lBUc.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/817/requerimento_obra_reparadora_buraco_na_ponte_go_206_1.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/818/arborizacao_urbana.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/819/coleta_seletiva.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/820/requer_aplicacao_da_lei_11108_1.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/821/cobertura_parque_escola_marcio_ribeiro_1.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/822/yvis_operadora_oi.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/823/requerimento_piso_de_agentes.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/824/subprefeitura_povoado_do_tocozinho.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/825/requer_recapeamento_rua_das_clemencias.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/826/delegacia_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/827/fornecimento_de_agua_em_quirinopolis.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/829/requer_aumento_de_salario_gcm.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/830/yvis_2018008_-_aquisicao_de_cadeiras_de_rodas_para_ubs.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/831/posto_da_receita_federal.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/832/aquisicao_de_uniformes_1.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/833/onibus_dr_onerio_1.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/836/requerimento_edvaldo_praca_ao_redor_do_estadio.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/837/requerimento_edvaldo_transporte_cidadao.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/838/requer_bolsa_universitaria_para_os_estudantes_qu_83iqzXW.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/842/requerimento_athos_recapeamento_ruas_e_avenidas.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/843/requerimento_athos_recapeamento_rodovias.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/845/uniformes_rede_municipal.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/846/recapeamento_asfalto_conjunto_capelinha_2.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/847/yvis_-_castracao_de_animais.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/848/yvis_redutor_de_velocidade_alameda.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/850/requerimento_athos_recapeamento_peteca.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/851/requerimento_contratacao_de_dois_medicos_oftalmologistas.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/852/requerimento_obra_reparadora_ponte_corrego_da_limeira.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/854/requerimento_criacao_da_central_da_lavanderia_dos_cmeis.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/855/requerimento_disciplina_robotica_nas_escolas_VJlSK5D.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/856/requerimento_eja_no_tocozinho_1.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/857/requerimento_doacao_de_area_para_escola_especial_1.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/858/requerimento_15_casas_trabalhadores_usina_2.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/859/asfalto_bairro_alexandrina.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/860/0-_biblioteca_2.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/861/0_-_psicologa_1.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/863/requerimento_cacamba_de_lixo_para_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/864/requerimento_vd_201703_asfalto_esgoto_e_iluminac_yAEAffl.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/865/requerimento_caps.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/866/requerimento_de_benfeitorias_para_o_cemei_serafim_junior.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/867/requerimento_manutencao_de_estradas_da_regiao_do_salgado.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/868/requerimento_construcao_galeria_pluvial_corrego_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/871/requerimento_construcao_de_um_galpao_para_realiz_2FnMcRh.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/872/requerimento_extensao_projeto_mais_jovem_tocozinho_1.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/873/habitacao__1.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/874/yvis_psicologo_rede_publica_1.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/875/requer_seja_disponibilizado_comprovante_do_ponto_nE5Ebzg.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/876/yvis_disciplina_ed_ambiental.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/877/requer_a_inclusao_de_atividade_de_equoterapia.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/878/disponibilidade_de_um_profissional_da_seguranca__FJZZGnT.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/879/requerimento_centro_cirurgico_veterinario.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/880/requerimento_doacao_de_terreno_para_a_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/881/requerimento_edvaldo_asfalto_polo_empresarial.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/882/requerimento_athos_campanha_do_agasalho.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/883/requerimento_athos_recapeamento_via_leocadio_de__VrskZXR.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/884/requerimento_calcada_para_todos_tocozinho.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/885/requerimento_parceria_ueg_projeto_turismo_ecologico.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/886/requerimento_feira_da_quinta_feira_bichinho_vieira_1.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/887/requerimento_edvaldo_energia_nos_ranchos.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/890/requer_a_construcao_de_um_centro_social_no_bairr_ckXT9HV.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/891/requerimento_edvaldo_bolsa_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/892/requerimento_athos_alagamentos.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/893/quirinopolis.go.leg.br_req_134.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/894/quirinopolis.go.leg.br_req_135.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/895/quirinopolis.go.leg.br_req_136.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/896/quirinopolis.go.leg.br_req_137.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/897/quirinopolis.go.leg.br_req_138_eP0mGXN.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/903/quirinopolis.go.leg.br_req_139.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/904/quirinopolis.go.leg.br_req_140.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/905/quirinopolis.go.leg.br_req_141.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/906/quirinopolis.go.leg.br_req_142.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/907/quirinopolis.go.leg.br_req_143.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/910/quirinopolis.go.leg.br_req_144.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/911/quirinopolis.go.leg.br_req_145.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/912/quirinopolis.go.leg.br_req_146.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/913/quirinopolis.go.leg.br_req_147.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/914/quirinopolis.go.leg.br_req_148.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/915/quirinopolis.go.leg.br_req_149.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/916/quirinopolis.go.leg.br_req_150.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/917/quirinopolis.go.leg.br_req_151.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/918/quirinopolis.go.leg.br_req_152.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/919/quirinopolis.go.leg.br_req_153.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/926/quirinopolis.go.leg.br_req_154_VNoTYJW.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/927/quirinopolis.go.leg.br_req_155.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/928/quirinopolis.go.leg.br_req_156.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/929/quirinopolis.go.leg.br_req_157.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/931/quirinopolis.go.leg.br_req_158.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/932/quirinopolis.go.leg.br_req_159.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/933/quirinopolis.go.leg.br_req_160.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/935/quirinopolis.go.leg.br_req_161.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/936/quirinopolis.go.leg.br_req_162.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/937/quirinopolis.go.leg.br_req_163.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/938/quirinopolis.go.leg.br_req_164.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/940/quirinopolis.go.leg.br_req_165.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/941/quirinopolis.go.leg.br_req_166.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/942/quirinopolis.go.leg.br_req_167.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/943/quirinopolis.go.leg.br_req_168.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/945/quirinopolis.go.leg.br_req_169.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/950/quirinopolis.go.leg.br_req_170.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/951/quirinopolis.go.leg.br_req_171.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/952/quirinopolis.go.leg.br_req_172.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/953/quirinopolis.go.leg.br_req_173.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/954/quirinopolis.go.leg.br_req_174.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/955/quirinopolis.go.leg.br_req_175.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/956/quirinopolis.go.leg.br_req_176.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/958/quirinopolis.go.leg.br_req_177.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/959/quirinopolis.go.leg.br_req_178.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/960/quirinopolis.go.leg.br_req_179.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/961/quirinopolis.go.leg.br_req_180.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/966/quirinopolis.go.leg.br_req_181.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/967/quirinopolis.go.leg.br_req_182.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/968/quirinopolis.go.leg.br_req_183.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/970/quirinopolis.go.leg.br_req_184.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/972/quirinopolis.go.leg.br_req_185.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/973/quirinopolis.go.leg.br_req_186_v0QgTpO.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/974/quirinopolis.go.leg.br_req_187.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/975/quirinopolis.go.leg.br_req_188.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/976/quirinopolis.go.leg.br_req_189.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/978/quirinopolis.go.leg.br_req_190.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/979/quirinopolis.go.leg.br_req_191.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/980/quirinopolis.go.leg.br_req_192.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/981/quirinopolis.go.leg.br_req_193.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/984/quirinopolis.go.leg.br_req_194_0hIkPzg.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/985/quirinopolis.go.leg.br_req_195.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/986/quirinopolis.go.leg.br_req_196.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/987/quirinopolis.go.leg.br_req_197.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/988/quirinopolis.go.leg.br_req_198.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/990/quirinopolis.go.leg.br_req_199.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/991/quirinopolis.go.leg.br_req_200.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/992/quirinopolis.go.leg.br_req_201_xUcNPVb.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/993/quirinopolis.go.leg.br_req_202_lpphRho.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/994/quirinopolis.go.leg.br_req_203.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/995/quirinopolis.go.leg.br_req_204.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/996/quirinopolis.go.leg.br_req_205.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/997/quirinopolis.go.leg.br_req_206.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/998/quirinopolis.go.leg.br_req_207.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1003/quirinopolis.go.leg.br_rec_208.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1004/quirinopolis.go.leg.br_rec_209.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1005/quirinopolis.go.leg.br_rec_210.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1006/quirinopolis.go.leg.br_rec_211.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1007/quirinopolis.go.leg.br_rec_212.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1008/quirinopolis.go.leg.br_rec_213.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1009/quirinopolis.go.leg.br_rec_214.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1010/quirinopolis.go.leg.br_rec_215.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1011/quirinopolis.go.leg.br_rec_216.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1012/quirinopolis.go.leg.br_rec_217_YQkqd54.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1018/quirinopolis.go.leg.br_rec_218.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1019/quirinopolis.go.leg.br_rec_219.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1020/quirinopolis.go.leg.br_rec_220.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1022/quirinopolis.go.leg.br_rec_221.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1023/quirinopolis.go.leg.br_rec_222.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1025/quirinopolis.go.leg.br_rec_223.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1026/quirinopolis.go.leg.br_rec_224.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1027/quirinopolis.go.leg.br_rec_225.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1029/quirinopolis.go.leg.br_rec_226.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1030/quirinopolis.go.leg.br_rec_227.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1031/quirinopolis.go.leg.br_rec_228.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1032/quirinopolis.go.leg.br_rec_229.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1033/quirinopolis.go.leg.br_rec_230_E6ky9Sw.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1037/quirinopolis.go.leg.br_rec_231.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1038/quirinopolis.go.leg.br_rec_232.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1039/quirinopolis.go.leg.br_rec_233.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1048/quirinopolis.go.leg.br_rec_234.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1049/quirinopolis.go.leg.br_rec_235.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1051/quirinopolis.go.leg.br_rec_236.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1052/quirinopolis.go.leg.br_rec_237.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1053/quirinopolis.go.leg.br_rec_238.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1054/quirinopolis.go.leg.br_rec_239.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1057/quirinopolis.go.leg.br_rec_240.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1058/quirinopolis.go.leg.br_rec_241.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1059/quirinopolis.go.leg.br_rec_242.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1060/quirinopolis.go.leg.br_rec_243.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1062/quirinopolis.go.leg.br_rec_244.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1063/quirinopolis.go.leg.br_rec_245_m2HrWFx.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1064/quirinopolis.go.leg.br_rec_246.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1065/quirinopolis.go.leg.br_rec_247.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1066/quirinopolis.go.leg.br_rec_248.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1069/quirinopolis.go.leg.br_rec_249.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1070/quirinopolis.go.leg.br_rec_250.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1071/quirinopolis.go.leg.br_rec_251.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1072/quirinopolis.go.leg.br_rec_252.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1073/quirinopolis.go.leg.br_rec_253.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1074/quirinopolis.go.leg.br_rec_254.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1075/quirinopolis.go.leg.br_rec_255.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1078/quirinopolis.go.leg.br_rec_256.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1080/quirinopolis.go.leg.br_rec_257.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1081/quirinopolis.go.leg.br_rec_258.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1082/quirinopolis.go.leg.br_rec_259.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1084/quirinopolis.go.leg.br_rec_260.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1087/quirinopolis.go.leg.br_rec_261.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1088/quirinopolis.go.leg.br_rec_262.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1089/quirinopolis.go.leg.br_rec_263_VKnNCkG.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1090/quirinopolis.go.leg.br_rec_264_GyPXdhU.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1091/quirinopolis.go.leg.br_rec_265_vzjGm5B.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1093/quirinopolis.go.leg.br_rec_266.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1099/quirinopolis.go.leg.br_rec_267.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1100/quirinopolis.go.leg.br_rec_268.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1105/quirinopoli.go.leg.br_rec_269.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1106/quirinopoli.go.leg.br_rec_270.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1108/quirinopoli.go.leg.br_rec_271.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1109/quirinopoli.go.leg.br_rec_272.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1111/quirinopoli.go.leg.br_rec_273.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1112/quirinopoli.go.leg.br_req_274.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1113/quirinopoli.go.leg.br_req_275.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1114/quirinopoli.go.leg.br_req_276.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1115/quirinopoli.go.leg.br_req_277.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1116/quirinopoli.go.leg.br_req_278.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1125/quirinopoli.go.leg.br_req_279.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1126/quirinopoli.go.leg.br_req_280.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1127/quirinopoli.go.leg.br_req_281.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1128/quirinopoli.go.leg.br_req_282.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1129/quirinopoli.go.leg.br_req_283.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1130/quirinopoli.go.leg.br_req_284.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1131/quirinopoli.go.leg.br_req_285.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1132/quirinopoli.go.leg.br_req_286.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1133/quirinopoli.go.leg.br_req_287.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1136/quirinopoli.go.leg.br_req_288.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1139/quirinopolis.go.leg.br_req_289.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1140/quirinopolis.go.leg.br_req_290.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1141/quirinopolis.go.leg.br_req_291.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1142/quirinopolis.go.leg.br_req_292.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1146/quirinopolis.go.leg.br_req_293.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1147/quirinopolis.go.leg.br_req_294.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1150/quirinopolis.go.leg.br_req_295.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1151/quirinopolis.go.leg.br_req_296.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1153/quirinopolis.go.leg.br_req_297.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1154/quirinopolis.go.leg.br_req_298.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1155/quirinopolis.go.leg.br_req_299.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1156/quirinopolis.go.leg.br_req_300.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1157/quirinopolis.go.leg.br_req_301.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1158/quirinopolis.go.leg.br_req_302.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1165/quirinopolis.go.leg.br_req_303_XQm5i4G.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1170/quirinopolis.go.leg.br_req_304.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1171/quirinopolis.go.leg.br_req_305.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1180/quirinopolis.go.leg.br_req_306.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1181/quirinopolis.go.leg.br_req_307.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1183/quirinopolis.go.leg.br_req_308.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1184/quirinopolis.go.leg.br_req_309.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1186/quirinopolis.go.leg.br_req_310.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1189/quirinopolis.go.leg.br_req_311.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1190/quirinopolis.go.leg.br_req_312.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1191/quirinopolis.go.leg.br_req_313.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1192/quirinopolis.go.leg.br_req_314.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1193/quirinopolis.go.leg.br_req_315.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1194/quirinopolis.go.leg.br_req_316.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1195/quirinopolis.go.leg.br_req_317.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1196/quirinopolis.go.leg.br_req_318.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1197/quirinopolis.go.leg.br_req_319.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1198/quirinopolis.go.leg.br_req_320.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1199/quirinopolis.go.leg.br_req_321.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1200/quirinopolis.go.leg.br_req_322.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1202/quirinopolis.go.leg.br_req_323.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1203/quirinopolis.go.leg.br_req_324.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1207/quirinopolis.go.leg.br_req_325.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1208/quirinopolis.go.leg.br_req_326.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1209/quirinopolis.go.leg.br_req_327.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1210/quirinopolis.go.leg.br_req_328.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1211/quirinopolis.go.leg.br_req_329.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1212/quirinopolis.go.leg.br_req_330.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1213/quirinopolis.go.leg.br_req_331.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1214/quirinopolis.go.leg.br_req_332.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1215/quirinopolis.go.leg.br_req_333.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1216/quirinopolis.go.leg.br_req_334.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1218/quirinopolis.go.leg.br_req_335.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1219/quirinopolis.go.leg.br_req_336.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1223/quirinopolis.go.leg.br_req_337.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1224/quirinopolis.go.leg.br_req_338.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1225/quirinopolis.go.leg.br_req_339.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1226/quirinopolis.go.leg.br_req_340.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1228/quirinopolis.go.leg.br_req_341.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1229/quirinopolis.go.leg.br_req_342.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1230/quirinopolis.go.leg.br_req_343.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1232/quirinopolis.go.leg.br_reque_344.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1233/quirinopolis.go.leg.br_req_345.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1234/quirinopolis.go.leg.br_req_346.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1240/quirinopolis.go.leg.br_req_347.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1241/quirinopolis.go.leg.br_req_348.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1245/quirinopolis.go.leg.br_reque_349.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1246/quirinopolis.go.leg.br_req_350.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1247/quirinopolis.go.leg.br_req_351.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1248/quirinopolis.go.leg.br_req_352.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1249/quirinopolis.go.leg.br_req_353.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1250/quirinopolis.go.leg.br_req_354.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1253/quirinopolis.go.leg.br_req_355.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1254/quirinopolis.go.leg.br_req_356.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1255/quirinopolis.go.leg.br_req_357.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1256/quirinopolis.go.leg.br_req_358.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1257/quirinopolis.go.leg.br_req_359.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1258/quirinopolis.go.leg.br_req_360.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1264/quirinopolis.go.leg.br_req_361.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1265/quirinopolis.go.leg.br_req_362.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1266/quirinopolis.go.leg.br_req_363.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1267/quirinopolis.go.leg.br_req_364.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1268/quirinopolis.go.leg.br_req_365.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1269/quirinopolis.go.leg.br_req_366.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1270/quirinopolis.go.leg.br_req_367.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1272/quirinopolis.go.leg.br_req_368.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1273/quirinopolis.go.leg.br_req_369.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1274/quirinopolis.go.leg.br_req_370.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1275/quirinopolis.go.leg.br_req_371.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1276/quirinopolis.go.leg.br_req_372.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1277/quirinopolis.go.leg.br_req_373.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1280/quirinopolis.go.leg.br_req_374.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1281/quirinopolis.go.leg.br_reque_375.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1282/quirinopolis.go.leg.br_req_376.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1283/quirinopolis.go.leg.br_req_377.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1284/quirinopolis.go.leg.br_req_378.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1285/quirinopolis.go.leg.br_req_379.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1286/quirinopolis.go.leg.br_req_380.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/735/mocao_de_pesar_falecimento_francirrenio_martins.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/768/mocao_guarda_civil_municipal_rcPYzq1.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/778/mocao_dia_das_mulheres.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/828/mocao_nicolina_mocao_de_aplausos_dia_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/834/mocao_gibao.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/835/mocao_de_aplausos_ionei_aparecida.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/853/mocao_de_pesar_zinho.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/888/mocao_dia_do_policial.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/889/mocao_jovem_trabalhador_2.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/908/quirinopolis.go.leg.br_moc_10.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/909/quirinopolis.go.leg.br_moc_11.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/939/quirinopolis.go.leg.br_mo_12.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/944/quirinopolis.go.leg.br_mo_13.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/946/quirinopolis.go.leg.br_moc_14.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/947/quirinopolis.go.leg.br_moc_15.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/948/quirinopolis.go.leg.br_mo_16.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/964/quirinopolis.go.leg.br_moc_17.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/965/quirinopolis.go.leg.br_moc_18.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/969/quirinopolis.go.leg.br_moc_19.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/977/quirinopolis.go.leg.br_moc_20.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/989/quirinopolis.go.leg.br_moc_21.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/999/quirinopolis.go.leg.br_moc_22.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1021/quirinopolis.go.leg.br_moc_23.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1024/quirinopolis.go.leg.br_moc_24.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1040/quirinopolis.go.leg.br_moc_25_XOPoqpT.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1041/quirinopolis.go.leg.br_moc_26_iPkdE29.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1042/quirinopolis.go.leg.br_moc_27_Skf49a8.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1043/quirinopolis.go.leg.br_moc_28_kYgrXjA.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1044/quirinopolis.go.leg.br_moc_29_m0dPlio.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1050/quirinopolis.go.leg.br_moc_30.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1061/quirinopolis.go.leg.br_moc_31.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1076/quirinopolis.go.leg.br_moc_32.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1077/quirinopolis.go.leg.br_moc_33.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1079/quirinopolis.go.leg.br_moc_34.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1083/quirinopolis.go.leg.br_moc_35.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1092/quirinopolis.go.leg.br_moc_36.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1096/quirinopolis.go.leg.br_moc_37.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1097/quirinopolis.go.leg.br_moc_38.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1098/quirinopolis.go.leg.br_moc_39.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1107/quirinopoli.go.leg.br_moc_40.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1110/quirinopoli.go.leg.br_moc_41_LJ1sQfp.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1117/quirinopoli.go.leg.br_moc_42_HRBcIB7.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1119/quirinopoli.go.leg.br_moc_43.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1120/quirinopoli.go.leg.br_moc_44.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1121/quirinopoli.go.leg.br_moc_45.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1122/quirinopoli.go.leg.br_moc_46_i8IIMPz.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1123/quirinopoli.go.leg.br_moc_47.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1124/quirinopoli.go.leg.br_moc_48.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1143/quirinopolis.go.leg.br_moc_49.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1144/quirinopolis.go.leg.br_moc_50.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1145/quirinopolis.go.leg.br_moc_51.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1148/quirinopolis.go.leg.br_moc_52.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1152/quirinopolis.go.leg.br_moc_53.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1159/quirinopolis.go.leg.br_moc_54.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1160/quirinopolis.go.leg.br_moc_55.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1161/quirinopolis.go.leg.br_moc_56.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1162/quirinopolis.go.leg.br_moc_57.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1163/quirinopolis.go.leg.br_moc_58.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1164/quirinopolis.go.leg.br_moc_59.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1166/quirinopolis.go.leg.br_moc_60.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1167/quirinopolis.go.leg.br_moc_61.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1168/quirinopolis.go.leg.br_moc_62_RE1NRkw.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1169/quirinopolis.go.leg.br_moc_63.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1172/quirinopolis.go.leg.br_moc_64.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1173/quirinopolis.go.leg.br_moc_65.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1174/quirinopolis.go.leg.br_moc_66.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1182/quirinopolis.go.leg.br_moc_67.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1185/quirinopolis.go.leg.br_moc_68.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1187/quirinopolis.go.leg.br_moc_69.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1201/quirinopolis.go.leg.br_moc_70.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1204/quirinopolis.go.leg.br_moc_71.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1205/quirinopolis.go.leg.br_moc_72.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1206/quirinopolis.go.leg.br_moc_73.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1217/quirinopolis.go.leg.br_moc_74.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1222/quirinopolis.go.leg.br_moc_75.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1227/quirinopolis.go.leg.br_moc_76.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1231/quirinopolis.go.leg.br_mocao_77.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1235/quirinopolis.go.leg.br_moc_78.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1236/quirinopolis.go.leg.br_moc_79.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1239/quirinopolis.go.leg.br_moc_80.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1259/quirinopolis.go.leg.br_moc_81.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1271/quirinopolis.go.leg.br_moc_82.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1287/quirinopolis.go.leg.br_moc_83.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1288/quirinopolis.go.leg.br_moc_84.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1289/quirinopolis.go.leg.br_moc_85.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1290/quirinopolis.go.leg.br_moc_86.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/949/emenda_modificativa_01-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1002/emenda_modificativa_ao_proj_19-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1101/emenda_modificativa_ao_proj_26-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1291/emenda_modificativa_004_ao_proj_28-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1102/emenda_supressiva_ao_proj_26-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/794/projeto_de_decreto_leg_001-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/809/projeto_de_decreto_leg_002-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/840/projeto_de_decreto_legislativo_03-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/902/quirinopolis.go.leg.br_projeto_de_decreto_leg_04.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/930/quirinopolis.go.leg.br_projeto_de_decreto_leg_05.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/957/www.quirinopolis.go.leg.br_projeto_decreto_06_2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/962/www.quirinopolis.go.leg.br_projeto_decreto_07_2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/963/www.quirinopolis.go.leg.br_projeto_decreto_08_2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/983/www.quirinopolis.go.leg.br_projeto_decreto_09_2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1028/projeto_dec_legis_10-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1055/projeto_dec_legis_11-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1118/quirinopolis.go.leg.br_projeto_no_012.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1243/projeto_dec_legis_13-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1242/projeto_dec_legislativo_14-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1244/projeto_dec_legis_15-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1260/projeto_dec_legis_16-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/725/projeto_de_resolucao_001-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/841/projeto_de_resolucao_01-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/869/projeto_de_resolucao_no_003-19.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/870/projeto_de_resolucao_no_004-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/898/quirinopolis.go.leg.br_projeto_de_resolucao_05.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/900/quirinopolis.go.leg.br_projeto_de_resolucao_06.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/766/projeto_legislativo_01-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/792/projeto_de_lei__leg_002.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/793/projeto_de_lei__leg_003.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/862/projeto_de_lei_04.19_-_denomina_logradouro_publico.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/839/projeto_de_lei_legislativo_05-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/849/projeto_de_lei_06_de_2019_-_marcio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/899/quirinopolis.go.leg.br_projeto_de_lei_leg_07_1CCamyb.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/982/www.quirinopolis.go.leg.br_projeto_de_lei_leg_08_2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1035/projeto_de_lei_leg_09-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1067/projeto_de_lei_leg_11-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1056/projeto_de_lei_leg_12-2019_noZz5hs.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1047/projeto_de_lei_leg_13-2019_L8gijwh.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1137/projeto_de_lei_leg_14-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1138/projeto_de_lei_leg_15-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1251/projeto_de_lei_leg_16-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/791/projeto_de_lei_complementar_leg_001.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1220/projeto_de_lei_substitutivo_01_ao_23.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1221/projeto_de_lei_substitutivo_02_ao_24.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1238/projeto_de_lei_substitutivo_03_ao_30.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/724/projeto_lei_01-2019_KPNqUnd.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/733/projeto_de_lei_03-19.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/734/projeto_de_lei_04-19.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/780/projeto_de_lei_005-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/781/projeto_de_lei_007-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/782/projeto_de_lei_008-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/790/projeto_de_lei_009-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/920/quirinopolis.go.leg.br_projeto_de_lei_10.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/921/quirinopolis.go.leg.br_projeto_de_lei_11.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/901/quirinopolis.go.leg.br_projeto_de_lei_12.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/922/quirinopolis.go.leg.br_projeto_de_lei_13.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/925/quirinopolis.go.leg.br_projeto_de_lei_14.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/924/quirinopolis.go.leg.br_projeto_de_lei_15.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/923/quirinopolis.go.leg.br_projeto_de_lei_16.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1000/projeto_de_lei_17-2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1013/projeto_de_lei_18-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1001/projeto_de_lei_19-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1014/projeto_de_lei_20-2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1015/projeto_de_lei_21-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1016/projeto_de_lei_22-2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1045/projeto_de_lei_23-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1046/projeto_de_lei_24-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1068/projeto_de_lei_25-2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1086/projeto_de_lei_26-2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1104/projeto_de_lei_27-2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1134/projeto_de_lei_28-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1135/projeto_de_lei_29-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1188/projeto_de_lei_30-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1261/projeto_de_lei_ex_31-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1263/projeto_de_lei_32-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/726/construcao_de_academia_ao_ar_livre_tocozinho_SyE8dbW.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/727/requer_recapeamento_rua_rio_preto.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/728/requer_o_encaminhamento_de_um_fisioterapeuta_para_o_creq.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/729/requer_aquisicao_de_ar_condicionado_para_escola__Px9q4ty.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/730/requer_construcao_de_creche_no_bairro_capelinha.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/731/pavimentacao_asfaltiva_rua_girassol.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/732/proficional_educacao_fisica.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/736/requer_instalacao_de_cobertura_passarela_escola__xaNdQLv.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/737/requer_instalacao_de_sala_do_aee_na_escola_dr_athaides.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/738/requer_construcao_de_uma_praca_na_rua_7_do_bairr_IgsMxil.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/739/requer_seja_realizado_um_estudo_para_construcao__Bl8kGHR.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/745/ccf_000024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/741/apoio_ao_pequeno_agricultor.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/742/requerimento_de_construcao_dos_banheiros_nas_pracas.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/743/requerimento_farmacia_do_cidadao.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/744/ccf_000023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/747/requer_realizacao_de_leilao_dos_veiculos_apreend_0614Ljm.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/748/solicita_que_seja_realizado_pelo_procon_fiscaliz_GiBCw27.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/749/requerimento_ar_condicionado_para_a_escola_vicente_neto.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/750/requerimento_bueiro_pluvial_corrego_do_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/751/bolsa_de_incentivo_aos_componentes_da_banda_22_d_o7Jw59M.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/752/bolsa_universitaria_para_os_estudantes_quirinopolinos.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/753/requer_climatizacao_das_salas_de_enfermaria.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/754/ccf_000026.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/755/requerimento_de_bancada_-_quadra_escola.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/756/requer_realizacao_de_sessao_solene_em_comemoraca_cZU8Uxk.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/757/requerimento_reforma_creq.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/758/requerimento_antena_de_internet_para_a_regiao_da_inhumas.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/759/requerimento_veroneida_2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/760/requerimento_revisao_geral_anual_das_remuneracoe_PS4okOc.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/761/requer_seja_oficiado_os_diretores_da_enel_1.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/762/requer_a_realizacao_do_recapeamento_da_rua_05_do_yNIGDT0.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/763/requer_seja_feita_vistoria_e_reparo_na_caixa_dag_iZ8HP0d.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/764/requerimento_reparos_no_lago_sol_poente.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/765/requerimento_bancada_uniformes_rede_municipal.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/769/requerimento_36-2019_pHKArMv.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/770/requerimento_37-2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/771/requerimento_nic_-_hospital_do_cancer.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/772/requerimento_nic_-_restauracao_do_museu.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/773/solicita_doacao_de_carro_para_ong_dos_animais.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/774/requerimento_rotatoria_divinho_2.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/775/requerimento_athos_vicente_neto.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/776/requerimento_athos_curso_bombeiro_civil.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/777/limpeza_de_lotes_baldios.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/779/acessibilidade_teatro.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/783/requerimento_nic_-_projeto_de_lei_autonomia_fina_5FMCRw0.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/784/requerimento_nic_-_consorcio_inter_regional_muni_mqvLie9.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/785/auxilio_transporte_servidores_uas.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/786/requerimento_ae_201731_plantao_da_ambulancia_no__I52oLTP.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/787/requerimento_aparelho_de_aerossol_aUI2zFm.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/788/ponte_regiao_do_corrego_fundo.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/789/ponte_regiao_da_limeira.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/795/requerimento_05.nutricionistas.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/796/requerimento_gari_04.2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/797/requerimento_cabral_12-03-2019_1.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/798/r_e_q_u_e_r_i_m_e_n_t_o_marcos_tulio_3.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/800/requerimento_iluminacao_av_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/801/requerimento_and._escoamento_de_agua_bairro_chic_HmT31Vf.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/802/requerimento_and._construcao_de_calcadas.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/803/requerimento_academia_na_praca_do_tocozinho.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/804/req_sentido_unico_rua_contorno_6.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/805/iluminacao_publica_nos_bairros_tonico_bento_e_vi_QT2lc16.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/806/sinalizacao_de_transito.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/807/requerimento_nic_-_interprete_de_lingua_de_sinais.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/808/requerimento_nic_-_muro_em_volta_das_casas_do_vi_vcQSS57.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/810/requerimento_-_convocacao.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/812/creche_tonico_bento.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/813/yvis_-horta_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/814/requerimento_2019_-_uas.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/815/lombo-faixa_em_frente_ao_senac.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/816/requerimento_reforma_ubs_vii_vii_e_iv_7V9lBUc.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/817/requerimento_obra_reparadora_buraco_na_ponte_go_206_1.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/818/arborizacao_urbana.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/819/coleta_seletiva.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/820/requer_aplicacao_da_lei_11108_1.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/821/cobertura_parque_escola_marcio_ribeiro_1.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/822/yvis_operadora_oi.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/823/requerimento_piso_de_agentes.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/824/subprefeitura_povoado_do_tocozinho.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/825/requer_recapeamento_rua_das_clemencias.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/826/delegacia_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/827/fornecimento_de_agua_em_quirinopolis.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/829/requer_aumento_de_salario_gcm.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/830/yvis_2018008_-_aquisicao_de_cadeiras_de_rodas_para_ubs.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/831/posto_da_receita_federal.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/832/aquisicao_de_uniformes_1.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/833/onibus_dr_onerio_1.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/836/requerimento_edvaldo_praca_ao_redor_do_estadio.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/837/requerimento_edvaldo_transporte_cidadao.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/838/requer_bolsa_universitaria_para_os_estudantes_qu_83iqzXW.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/842/requerimento_athos_recapeamento_ruas_e_avenidas.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/843/requerimento_athos_recapeamento_rodovias.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/845/uniformes_rede_municipal.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/846/recapeamento_asfalto_conjunto_capelinha_2.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/847/yvis_-_castracao_de_animais.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/848/yvis_redutor_de_velocidade_alameda.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/850/requerimento_athos_recapeamento_peteca.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/851/requerimento_contratacao_de_dois_medicos_oftalmologistas.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/852/requerimento_obra_reparadora_ponte_corrego_da_limeira.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/854/requerimento_criacao_da_central_da_lavanderia_dos_cmeis.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/855/requerimento_disciplina_robotica_nas_escolas_VJlSK5D.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/856/requerimento_eja_no_tocozinho_1.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/857/requerimento_doacao_de_area_para_escola_especial_1.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/858/requerimento_15_casas_trabalhadores_usina_2.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/859/asfalto_bairro_alexandrina.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/860/0-_biblioteca_2.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/861/0_-_psicologa_1.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/863/requerimento_cacamba_de_lixo_para_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/864/requerimento_vd_201703_asfalto_esgoto_e_iluminac_yAEAffl.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/865/requerimento_caps.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/866/requerimento_de_benfeitorias_para_o_cemei_serafim_junior.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/867/requerimento_manutencao_de_estradas_da_regiao_do_salgado.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/868/requerimento_construcao_galeria_pluvial_corrego_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/871/requerimento_construcao_de_um_galpao_para_realiz_2FnMcRh.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/872/requerimento_extensao_projeto_mais_jovem_tocozinho_1.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/873/habitacao__1.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/874/yvis_psicologo_rede_publica_1.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/875/requer_seja_disponibilizado_comprovante_do_ponto_nE5Ebzg.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/876/yvis_disciplina_ed_ambiental.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/877/requer_a_inclusao_de_atividade_de_equoterapia.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/878/disponibilidade_de_um_profissional_da_seguranca__FJZZGnT.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/879/requerimento_centro_cirurgico_veterinario.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/880/requerimento_doacao_de_terreno_para_a_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/881/requerimento_edvaldo_asfalto_polo_empresarial.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/882/requerimento_athos_campanha_do_agasalho.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/883/requerimento_athos_recapeamento_via_leocadio_de__VrskZXR.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/884/requerimento_calcada_para_todos_tocozinho.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/885/requerimento_parceria_ueg_projeto_turismo_ecologico.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/886/requerimento_feira_da_quinta_feira_bichinho_vieira_1.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/887/requerimento_edvaldo_energia_nos_ranchos.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/890/requer_a_construcao_de_um_centro_social_no_bairr_ckXT9HV.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/891/requerimento_edvaldo_bolsa_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/892/requerimento_athos_alagamentos.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/893/quirinopolis.go.leg.br_req_134.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/894/quirinopolis.go.leg.br_req_135.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/895/quirinopolis.go.leg.br_req_136.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/896/quirinopolis.go.leg.br_req_137.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/897/quirinopolis.go.leg.br_req_138_eP0mGXN.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/903/quirinopolis.go.leg.br_req_139.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/904/quirinopolis.go.leg.br_req_140.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/905/quirinopolis.go.leg.br_req_141.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/906/quirinopolis.go.leg.br_req_142.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/907/quirinopolis.go.leg.br_req_143.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/910/quirinopolis.go.leg.br_req_144.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/911/quirinopolis.go.leg.br_req_145.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/912/quirinopolis.go.leg.br_req_146.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/913/quirinopolis.go.leg.br_req_147.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/914/quirinopolis.go.leg.br_req_148.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/915/quirinopolis.go.leg.br_req_149.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/916/quirinopolis.go.leg.br_req_150.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/917/quirinopolis.go.leg.br_req_151.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/918/quirinopolis.go.leg.br_req_152.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/919/quirinopolis.go.leg.br_req_153.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/926/quirinopolis.go.leg.br_req_154_VNoTYJW.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/927/quirinopolis.go.leg.br_req_155.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/928/quirinopolis.go.leg.br_req_156.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/929/quirinopolis.go.leg.br_req_157.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/931/quirinopolis.go.leg.br_req_158.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/932/quirinopolis.go.leg.br_req_159.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/933/quirinopolis.go.leg.br_req_160.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/935/quirinopolis.go.leg.br_req_161.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/936/quirinopolis.go.leg.br_req_162.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/937/quirinopolis.go.leg.br_req_163.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/938/quirinopolis.go.leg.br_req_164.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/940/quirinopolis.go.leg.br_req_165.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/941/quirinopolis.go.leg.br_req_166.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/942/quirinopolis.go.leg.br_req_167.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/943/quirinopolis.go.leg.br_req_168.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/945/quirinopolis.go.leg.br_req_169.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/950/quirinopolis.go.leg.br_req_170.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/951/quirinopolis.go.leg.br_req_171.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/952/quirinopolis.go.leg.br_req_172.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/953/quirinopolis.go.leg.br_req_173.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/954/quirinopolis.go.leg.br_req_174.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/955/quirinopolis.go.leg.br_req_175.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/956/quirinopolis.go.leg.br_req_176.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/958/quirinopolis.go.leg.br_req_177.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/959/quirinopolis.go.leg.br_req_178.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/960/quirinopolis.go.leg.br_req_179.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/961/quirinopolis.go.leg.br_req_180.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/966/quirinopolis.go.leg.br_req_181.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/967/quirinopolis.go.leg.br_req_182.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/968/quirinopolis.go.leg.br_req_183.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/970/quirinopolis.go.leg.br_req_184.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/972/quirinopolis.go.leg.br_req_185.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/973/quirinopolis.go.leg.br_req_186_v0QgTpO.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/974/quirinopolis.go.leg.br_req_187.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/975/quirinopolis.go.leg.br_req_188.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/976/quirinopolis.go.leg.br_req_189.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/978/quirinopolis.go.leg.br_req_190.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/979/quirinopolis.go.leg.br_req_191.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/980/quirinopolis.go.leg.br_req_192.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/981/quirinopolis.go.leg.br_req_193.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/984/quirinopolis.go.leg.br_req_194_0hIkPzg.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/985/quirinopolis.go.leg.br_req_195.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/986/quirinopolis.go.leg.br_req_196.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/987/quirinopolis.go.leg.br_req_197.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/988/quirinopolis.go.leg.br_req_198.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/990/quirinopolis.go.leg.br_req_199.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/991/quirinopolis.go.leg.br_req_200.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/992/quirinopolis.go.leg.br_req_201_xUcNPVb.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/993/quirinopolis.go.leg.br_req_202_lpphRho.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/994/quirinopolis.go.leg.br_req_203.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/995/quirinopolis.go.leg.br_req_204.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/996/quirinopolis.go.leg.br_req_205.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/997/quirinopolis.go.leg.br_req_206.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/998/quirinopolis.go.leg.br_req_207.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1003/quirinopolis.go.leg.br_rec_208.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1004/quirinopolis.go.leg.br_rec_209.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1005/quirinopolis.go.leg.br_rec_210.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1006/quirinopolis.go.leg.br_rec_211.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1007/quirinopolis.go.leg.br_rec_212.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1008/quirinopolis.go.leg.br_rec_213.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1009/quirinopolis.go.leg.br_rec_214.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1010/quirinopolis.go.leg.br_rec_215.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1011/quirinopolis.go.leg.br_rec_216.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1012/quirinopolis.go.leg.br_rec_217_YQkqd54.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1018/quirinopolis.go.leg.br_rec_218.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1019/quirinopolis.go.leg.br_rec_219.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1020/quirinopolis.go.leg.br_rec_220.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1022/quirinopolis.go.leg.br_rec_221.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1023/quirinopolis.go.leg.br_rec_222.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1025/quirinopolis.go.leg.br_rec_223.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1026/quirinopolis.go.leg.br_rec_224.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1027/quirinopolis.go.leg.br_rec_225.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1029/quirinopolis.go.leg.br_rec_226.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1030/quirinopolis.go.leg.br_rec_227.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1031/quirinopolis.go.leg.br_rec_228.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1032/quirinopolis.go.leg.br_rec_229.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1033/quirinopolis.go.leg.br_rec_230_E6ky9Sw.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1037/quirinopolis.go.leg.br_rec_231.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1038/quirinopolis.go.leg.br_rec_232.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1039/quirinopolis.go.leg.br_rec_233.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1048/quirinopolis.go.leg.br_rec_234.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1049/quirinopolis.go.leg.br_rec_235.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1051/quirinopolis.go.leg.br_rec_236.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1052/quirinopolis.go.leg.br_rec_237.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1053/quirinopolis.go.leg.br_rec_238.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1054/quirinopolis.go.leg.br_rec_239.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1057/quirinopolis.go.leg.br_rec_240.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1058/quirinopolis.go.leg.br_rec_241.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1059/quirinopolis.go.leg.br_rec_242.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1060/quirinopolis.go.leg.br_rec_243.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1062/quirinopolis.go.leg.br_rec_244.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1063/quirinopolis.go.leg.br_rec_245_m2HrWFx.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1064/quirinopolis.go.leg.br_rec_246.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1065/quirinopolis.go.leg.br_rec_247.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1066/quirinopolis.go.leg.br_rec_248.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1069/quirinopolis.go.leg.br_rec_249.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1070/quirinopolis.go.leg.br_rec_250.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1071/quirinopolis.go.leg.br_rec_251.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1072/quirinopolis.go.leg.br_rec_252.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1073/quirinopolis.go.leg.br_rec_253.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1074/quirinopolis.go.leg.br_rec_254.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1075/quirinopolis.go.leg.br_rec_255.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1078/quirinopolis.go.leg.br_rec_256.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1080/quirinopolis.go.leg.br_rec_257.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1081/quirinopolis.go.leg.br_rec_258.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1082/quirinopolis.go.leg.br_rec_259.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1084/quirinopolis.go.leg.br_rec_260.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1087/quirinopolis.go.leg.br_rec_261.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1088/quirinopolis.go.leg.br_rec_262.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1089/quirinopolis.go.leg.br_rec_263_VKnNCkG.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1090/quirinopolis.go.leg.br_rec_264_GyPXdhU.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1091/quirinopolis.go.leg.br_rec_265_vzjGm5B.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1093/quirinopolis.go.leg.br_rec_266.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1099/quirinopolis.go.leg.br_rec_267.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1100/quirinopolis.go.leg.br_rec_268.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1105/quirinopoli.go.leg.br_rec_269.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1106/quirinopoli.go.leg.br_rec_270.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1108/quirinopoli.go.leg.br_rec_271.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1109/quirinopoli.go.leg.br_rec_272.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1111/quirinopoli.go.leg.br_rec_273.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1112/quirinopoli.go.leg.br_req_274.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1113/quirinopoli.go.leg.br_req_275.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1114/quirinopoli.go.leg.br_req_276.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1115/quirinopoli.go.leg.br_req_277.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1116/quirinopoli.go.leg.br_req_278.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1125/quirinopoli.go.leg.br_req_279.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1126/quirinopoli.go.leg.br_req_280.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1127/quirinopoli.go.leg.br_req_281.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1128/quirinopoli.go.leg.br_req_282.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1129/quirinopoli.go.leg.br_req_283.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1130/quirinopoli.go.leg.br_req_284.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1131/quirinopoli.go.leg.br_req_285.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1132/quirinopoli.go.leg.br_req_286.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1133/quirinopoli.go.leg.br_req_287.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1136/quirinopoli.go.leg.br_req_288.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1139/quirinopolis.go.leg.br_req_289.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1140/quirinopolis.go.leg.br_req_290.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1141/quirinopolis.go.leg.br_req_291.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1142/quirinopolis.go.leg.br_req_292.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1146/quirinopolis.go.leg.br_req_293.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1147/quirinopolis.go.leg.br_req_294.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1150/quirinopolis.go.leg.br_req_295.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1151/quirinopolis.go.leg.br_req_296.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1153/quirinopolis.go.leg.br_req_297.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1154/quirinopolis.go.leg.br_req_298.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1155/quirinopolis.go.leg.br_req_299.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1156/quirinopolis.go.leg.br_req_300.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1157/quirinopolis.go.leg.br_req_301.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1158/quirinopolis.go.leg.br_req_302.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1165/quirinopolis.go.leg.br_req_303_XQm5i4G.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1170/quirinopolis.go.leg.br_req_304.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1171/quirinopolis.go.leg.br_req_305.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1180/quirinopolis.go.leg.br_req_306.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1181/quirinopolis.go.leg.br_req_307.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1183/quirinopolis.go.leg.br_req_308.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1184/quirinopolis.go.leg.br_req_309.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1186/quirinopolis.go.leg.br_req_310.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1189/quirinopolis.go.leg.br_req_311.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1190/quirinopolis.go.leg.br_req_312.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1191/quirinopolis.go.leg.br_req_313.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1192/quirinopolis.go.leg.br_req_314.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1193/quirinopolis.go.leg.br_req_315.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1194/quirinopolis.go.leg.br_req_316.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1195/quirinopolis.go.leg.br_req_317.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1196/quirinopolis.go.leg.br_req_318.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1197/quirinopolis.go.leg.br_req_319.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1198/quirinopolis.go.leg.br_req_320.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1199/quirinopolis.go.leg.br_req_321.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1200/quirinopolis.go.leg.br_req_322.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1202/quirinopolis.go.leg.br_req_323.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1203/quirinopolis.go.leg.br_req_324.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1207/quirinopolis.go.leg.br_req_325.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1208/quirinopolis.go.leg.br_req_326.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1209/quirinopolis.go.leg.br_req_327.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1210/quirinopolis.go.leg.br_req_328.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1211/quirinopolis.go.leg.br_req_329.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1212/quirinopolis.go.leg.br_req_330.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1213/quirinopolis.go.leg.br_req_331.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1214/quirinopolis.go.leg.br_req_332.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1215/quirinopolis.go.leg.br_req_333.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1216/quirinopolis.go.leg.br_req_334.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1218/quirinopolis.go.leg.br_req_335.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1219/quirinopolis.go.leg.br_req_336.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1223/quirinopolis.go.leg.br_req_337.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1224/quirinopolis.go.leg.br_req_338.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1225/quirinopolis.go.leg.br_req_339.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1226/quirinopolis.go.leg.br_req_340.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1228/quirinopolis.go.leg.br_req_341.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1229/quirinopolis.go.leg.br_req_342.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1230/quirinopolis.go.leg.br_req_343.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1232/quirinopolis.go.leg.br_reque_344.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1233/quirinopolis.go.leg.br_req_345.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1234/quirinopolis.go.leg.br_req_346.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1240/quirinopolis.go.leg.br_req_347.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1241/quirinopolis.go.leg.br_req_348.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1245/quirinopolis.go.leg.br_reque_349.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1246/quirinopolis.go.leg.br_req_350.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1247/quirinopolis.go.leg.br_req_351.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1248/quirinopolis.go.leg.br_req_352.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1249/quirinopolis.go.leg.br_req_353.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1250/quirinopolis.go.leg.br_req_354.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1253/quirinopolis.go.leg.br_req_355.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1254/quirinopolis.go.leg.br_req_356.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1255/quirinopolis.go.leg.br_req_357.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1256/quirinopolis.go.leg.br_req_358.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1257/quirinopolis.go.leg.br_req_359.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1258/quirinopolis.go.leg.br_req_360.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1264/quirinopolis.go.leg.br_req_361.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1265/quirinopolis.go.leg.br_req_362.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1266/quirinopolis.go.leg.br_req_363.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1267/quirinopolis.go.leg.br_req_364.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1268/quirinopolis.go.leg.br_req_365.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1269/quirinopolis.go.leg.br_req_366.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1270/quirinopolis.go.leg.br_req_367.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1272/quirinopolis.go.leg.br_req_368.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1273/quirinopolis.go.leg.br_req_369.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1274/quirinopolis.go.leg.br_req_370.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1275/quirinopolis.go.leg.br_req_371.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1276/quirinopolis.go.leg.br_req_372.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1277/quirinopolis.go.leg.br_req_373.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1280/quirinopolis.go.leg.br_req_374.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1281/quirinopolis.go.leg.br_reque_375.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1282/quirinopolis.go.leg.br_req_376.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1283/quirinopolis.go.leg.br_req_377.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1284/quirinopolis.go.leg.br_req_378.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1285/quirinopolis.go.leg.br_req_379.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1286/quirinopolis.go.leg.br_req_380.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/735/mocao_de_pesar_falecimento_francirrenio_martins.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/768/mocao_guarda_civil_municipal_rcPYzq1.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/778/mocao_dia_das_mulheres.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/828/mocao_nicolina_mocao_de_aplausos_dia_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/834/mocao_gibao.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/835/mocao_de_aplausos_ionei_aparecida.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/853/mocao_de_pesar_zinho.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/888/mocao_dia_do_policial.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/889/mocao_jovem_trabalhador_2.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/908/quirinopolis.go.leg.br_moc_10.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/909/quirinopolis.go.leg.br_moc_11.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/939/quirinopolis.go.leg.br_mo_12.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/944/quirinopolis.go.leg.br_mo_13.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/946/quirinopolis.go.leg.br_moc_14.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/947/quirinopolis.go.leg.br_moc_15.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/948/quirinopolis.go.leg.br_mo_16.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/964/quirinopolis.go.leg.br_moc_17.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/965/quirinopolis.go.leg.br_moc_18.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/969/quirinopolis.go.leg.br_moc_19.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/977/quirinopolis.go.leg.br_moc_20.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/989/quirinopolis.go.leg.br_moc_21.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/999/quirinopolis.go.leg.br_moc_22.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1021/quirinopolis.go.leg.br_moc_23.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1024/quirinopolis.go.leg.br_moc_24.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1040/quirinopolis.go.leg.br_moc_25_XOPoqpT.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1041/quirinopolis.go.leg.br_moc_26_iPkdE29.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1042/quirinopolis.go.leg.br_moc_27_Skf49a8.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1043/quirinopolis.go.leg.br_moc_28_kYgrXjA.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1044/quirinopolis.go.leg.br_moc_29_m0dPlio.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1050/quirinopolis.go.leg.br_moc_30.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1061/quirinopolis.go.leg.br_moc_31.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1076/quirinopolis.go.leg.br_moc_32.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1077/quirinopolis.go.leg.br_moc_33.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1079/quirinopolis.go.leg.br_moc_34.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1083/quirinopolis.go.leg.br_moc_35.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1092/quirinopolis.go.leg.br_moc_36.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1096/quirinopolis.go.leg.br_moc_37.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1097/quirinopolis.go.leg.br_moc_38.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1098/quirinopolis.go.leg.br_moc_39.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1107/quirinopoli.go.leg.br_moc_40.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1110/quirinopoli.go.leg.br_moc_41_LJ1sQfp.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1117/quirinopoli.go.leg.br_moc_42_HRBcIB7.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1119/quirinopoli.go.leg.br_moc_43.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1120/quirinopoli.go.leg.br_moc_44.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1121/quirinopoli.go.leg.br_moc_45.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1122/quirinopoli.go.leg.br_moc_46_i8IIMPz.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1123/quirinopoli.go.leg.br_moc_47.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1124/quirinopoli.go.leg.br_moc_48.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1143/quirinopolis.go.leg.br_moc_49.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1144/quirinopolis.go.leg.br_moc_50.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1145/quirinopolis.go.leg.br_moc_51.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1148/quirinopolis.go.leg.br_moc_52.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1152/quirinopolis.go.leg.br_moc_53.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1159/quirinopolis.go.leg.br_moc_54.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1160/quirinopolis.go.leg.br_moc_55.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1161/quirinopolis.go.leg.br_moc_56.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1162/quirinopolis.go.leg.br_moc_57.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1163/quirinopolis.go.leg.br_moc_58.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1164/quirinopolis.go.leg.br_moc_59.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1166/quirinopolis.go.leg.br_moc_60.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1167/quirinopolis.go.leg.br_moc_61.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1168/quirinopolis.go.leg.br_moc_62_RE1NRkw.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1169/quirinopolis.go.leg.br_moc_63.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1172/quirinopolis.go.leg.br_moc_64.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1173/quirinopolis.go.leg.br_moc_65.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1174/quirinopolis.go.leg.br_moc_66.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1182/quirinopolis.go.leg.br_moc_67.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1185/quirinopolis.go.leg.br_moc_68.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1187/quirinopolis.go.leg.br_moc_69.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1201/quirinopolis.go.leg.br_moc_70.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1204/quirinopolis.go.leg.br_moc_71.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1205/quirinopolis.go.leg.br_moc_72.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1206/quirinopolis.go.leg.br_moc_73.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1217/quirinopolis.go.leg.br_moc_74.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1222/quirinopolis.go.leg.br_moc_75.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1227/quirinopolis.go.leg.br_moc_76.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1231/quirinopolis.go.leg.br_mocao_77.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1235/quirinopolis.go.leg.br_moc_78.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1236/quirinopolis.go.leg.br_moc_79.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1239/quirinopolis.go.leg.br_moc_80.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1259/quirinopolis.go.leg.br_moc_81.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1271/quirinopolis.go.leg.br_moc_82.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1287/quirinopolis.go.leg.br_moc_83.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1288/quirinopolis.go.leg.br_moc_84.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1289/quirinopolis.go.leg.br_moc_85.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2019/1290/quirinopolis.go.leg.br_moc_86.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H558"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="213.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="136.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="135.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>