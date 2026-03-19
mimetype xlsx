--- v0 (2026-01-25)
+++ v1 (2026-03-19)
@@ -54,6491 +54,6491 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EA</t>
   </si>
   <si>
     <t>EMENDA ADITIVA</t>
   </si>
   <si>
     <t>CCJ - Comissão de Constituição e Justiça</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1967/quirinopolis.go.leg.br_emenda_aditiva_001.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1967/quirinopolis.go.leg.br_emenda_aditiva_001.pdf</t>
   </si>
   <si>
     <t>"Modifica a redação do artigo 4º e inclui o artigo 5º ao Projeto de Lei do Executivo nº 012/2021, de 19 de Abril de 2021 e dá outras providências".</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1976/quirinopolis.go.leg.br_emenda_aditiva_002.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1976/quirinopolis.go.leg.br_emenda_aditiva_002.pdf</t>
   </si>
   <si>
     <t>“Acrescenta o parágrafo segundo e suas alíneas, o paragrafo terceiro no artigo 8º ao Projeto de Lei do Executivo nº 014/21, de 07 de maio de 2021 e dá outras providencias”.</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>NUBIA THEODORO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2016/quirinopolis.go.leg.br_emenda_aditiva_003.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2016/quirinopolis.go.leg.br_emenda_aditiva_003.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafos 2º e suas alíneas ao parágrafo terceiro do artigo 8º ao projeto de lei do executivo nº 14/2021 de 7 de Maio de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>WELINGTON FAUSTINO (Veredor afastado)</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2017/quirinopolis.go.leg.br_emenda_aditiva_004.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2017/quirinopolis.go.leg.br_emenda_aditiva_004.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo no Projeto de Lei do Legislativo nº 13/2021, de 31 de Maio de 2021.</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>ASCP/JU - COMISSÕES PERMANENTES E JURÍDICO (REUNIÃO CONJUNTA)</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2250/quirinopolis.go.leg.br_emenda_aditiva_005.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2250/quirinopolis.go.leg.br_emenda_aditiva_005.pdf</t>
   </si>
   <si>
     <t>"Acrescenta inciso V e § 3º ao artigo 20 do Projeto de Lei Complementar do Executivo nº 004/2021, e dá outras providências".</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1829/quirinopolis.go.leg.br_emenda_modificativa_001.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1829/quirinopolis.go.leg.br_emenda_modificativa_001.pdf</t>
   </si>
   <si>
     <t>“Modifica a redação do artigo 7º e inclui o artigo 8º ao Projeto de Lei do Executivo nº 02/2021, de 28 de Janeiro de 2021 e dá outras providências”.</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1977/quirinopolis.go.leg.br_emenda_modificativa_002_a.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1977/quirinopolis.go.leg.br_emenda_modificativa_002_a.pdf</t>
   </si>
   <si>
     <t>“Modifica a redação do artigo 3º e parágrafo único do artigo 8º, e, a estrutura de texto legislativo do paragrafo único ao Projeto de Lei do Executivo nº 014/21, de 07 de maio de 2021 e dá outras providencias”</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>RENATO RIBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1988/quirinopolis.go.leg.br_emenda_modificativa_003.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1988/quirinopolis.go.leg.br_emenda_modificativa_003.pdf</t>
   </si>
   <si>
     <t>“Modifica a redação do artigo 14 do Projeto de Lei do Executivo nº 014/21, de 17 de junho de 2021 e dá outras providências”</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2018/quirinopolis.go.leg.br_emenda_modificativa_004.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2018/quirinopolis.go.leg.br_emenda_modificativa_004.pdf</t>
   </si>
   <si>
     <t>Modifica a redação do artigo renumerado 3º do Projeto de Lei Nº 13/2021, de 31 de Maio 2021.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2068/quirinopolis.go.leg.br_projeto_de_emenda_modificativa_005_a.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2068/quirinopolis.go.leg.br_projeto_de_emenda_modificativa_005_a.pdf</t>
   </si>
   <si>
     <t>“Modifica o artigo 2º ao Projeto de Lei do Executivo nº 017/2021, de 28 de Junho de 2021 e dá outras providências</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2069/quirinopolis.go.leg.br__emenda_modificativa_.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2069/quirinopolis.go.leg.br__emenda_modificativa_.pdf</t>
   </si>
   <si>
     <t>“Modifica a Ementa, e os artigos 8º e 10 do Projeto de Lei do Executivo nº 020/2021, de 03 de Agosto de 2021 e dá outras providências”.</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>FERNANDO NOVAIS</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2188/quirinopolis.go.leg.br_emenda_007_a.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2188/quirinopolis.go.leg.br_emenda_007_a.pdf</t>
   </si>
   <si>
     <t>"Emenda ao quadro Orçamentário do Projeto de Lei nº 023/21 e contém outras providências".</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2199/quirinopolis.go.leg.br_emenda_008.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2199/quirinopolis.go.leg.br_emenda_008.pdf</t>
   </si>
   <si>
     <t>"Modifica o artigo 2º do Projeto de Lei do Executivo nº 025/21, de 13 de setembro de 2021 e dá outras providências".</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>CLEILTON RESENDE</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2249/quirinopolis.go.leg.br_projeto_de_emenda_modificativa_009.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2249/quirinopolis.go.leg.br_projeto_de_emenda_modificativa_009.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE ORÇAMENTO DO MUNICÍPIO DE QUIRINÓPOLIS PARA O_x000D_
 EXERCÍCIO DE 2022. AUXÍLIO REFORMA A MORADIA</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2251/quirinopolis.go.leg.br_emenda_modificativa_010.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2251/quirinopolis.go.leg.br_emenda_modificativa_010.pdf</t>
   </si>
   <si>
     <t>"Modifica a redação da ementa; Altera a redação dos inciso III, IV e § 2º do artigo 20 e artigo 25 do Projeto de Lei Complementar do Executivo nº 004/2021 e dpa outras providências".</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>CASSIM DA USINA, CLEILTON RESENDE, OSCAR JÚNIOR, ROMISDETE, WELINGTON FAUSTINO (Veredor afastado)</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2279/quirinopolis.go.leg.br_emenda_11.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2279/quirinopolis.go.leg.br_emenda_11.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 011 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para aquisição do equipamento arco cirúrgico para o Hospital Municipal de Quirinópolis)</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>ALEX DA FARMÁCIA, PAULINHO DA USINA</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2280/quirinopolis.go.leg.br_emenda_12_.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2280/quirinopolis.go.leg.br_emenda_12_.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 012 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para aquisição de veículo acessível para utilização pelo CREQUI)</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2281/quirinopolis.go.leg.br_emenda_13_.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2281/quirinopolis.go.leg.br_emenda_13_.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 013 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para reforma e ampliação da Unidade Básica de Saúde – UBS Sebastiana Pascoal)</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2282/quirinopolis.go.leg.br_emenda_14.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2282/quirinopolis.go.leg.br_emenda_14.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 014 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para aquisição de equipamentos e materiais permanentes para a rede básica de sáude, a se definir, conforme a necessidade apurada_x000D_
 no momento da execução, com aplicação específica ao atendimento da saúde da mulher.)</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>TOCOZINHO (AFASTADO POR DECISÃO JUDICIAL)</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2283/quirinopolis.go.leg.br_emenda_15_.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2283/quirinopolis.go.leg.br_emenda_15_.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 015 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para atender ao CEREA)</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>GUSTAVO MOURÃO</t>
-[...2 lines deleted...]
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2284/quirinopolis.go.leg.br_emenda_16_.pdf</t>
+    <t>GUSTAVO MOURÃO (em memória)</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2284/quirinopolis.go.leg.br_emenda_16_.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 016 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente proceder a construção de Unidade Básica de Saúde no Distrito Geraldo Lemos)</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2285/quirinopolis.go.leg.br_emenda_17_.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2285/quirinopolis.go.leg.br_emenda_17_.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 017 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para proceder a reforma da Recepção do Laboratório Municipal )</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2286/quirinopolis.go.leg.br_emenda_18_.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2286/quirinopolis.go.leg.br_emenda_18_.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 018 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para proceder a aquisição de cadeiras e/ou poltronas para compor a Recepção do Laboratório Municipal )</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2287/quirinopolis.go.leg.br_emenda_19.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2287/quirinopolis.go.leg.br_emenda_19.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 019 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para proceder a aquisição de equipamentos de diagnósticos para compor o Laboratório Municipal)</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>MARQUINHO DA CASA DE APOIO, RENATO RIBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2288/quirinopolis.go.leg.br_emenda_20_.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2288/quirinopolis.go.leg.br_emenda_20_.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 020 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para proceder a aquisição de camas hospitalares para servir ao Hospital Municipal )</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>ROMISDETE</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2289/quirinopolis.go.leg.br_emenda_21_.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2289/quirinopolis.go.leg.br_emenda_21_.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 021 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para atender com a ajuda de custo necessária aos procedimentos de internação dos dependentes químicos em Clinicas de Recuperação)</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>MARQUINHO DA CASA DE APOIO, RENATO RIBEIRO, TOCOZINHO (AFASTADO POR DECISÃO JUDICIAL)</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2290/quirinopolis.go.leg.br_emenda_22_.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2290/quirinopolis.go.leg.br_emenda_22_.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 022 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para atender a área de saúde relacionadas às demandas oftalmológicas)</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>CASSIM DA USINA</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2291/quirinopolis.go.leg.br_emenda_23_-_farmacia_cidadao_-_acacio.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2291/quirinopolis.go.leg.br_emenda_23_-_farmacia_cidadao_-_acacio.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 023 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para a aquisição de medicamentos necessários a composição da Farmácia do Cidadão.)</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2292/quirinopolis.go.leg.br_emenda_24_-_cmei_-_nubia.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2292/quirinopolis.go.leg.br_emenda_24_-_cmei_-_nubia.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 024 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para a aquisição de aparelhos de ar condicionado de 18.000 Btus visando trazer mais conforto aos usuários e profissionais das_x000D_
 instituições, para instalação nas seguintes unidades: 04 aparelhos destinados ao CMEI SERAFIM e 05 aparelhos destinados ao CMEI MARCOS MAGALHÃES. )</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>ALEX DA FARMÁCIA, CLEILTON RESENDE, TOCOZINHO (AFASTADO POR DECISÃO JUDICIAL)</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2293/quirinopolis.go.leg.br_emenda_25_-_nova_era_-_alex_-_cleilton_-_denilson.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2293/quirinopolis.go.leg.br_emenda_25_-_nova_era_-_alex_-_cleilton_-_denilson.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 025 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para atender a FUNDAÇÃO NOVA ERA)</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>CLEILTON RESENDE, FERNANDO NOVAIS, NUBIA THEODORO, RENATO RIBEIRO, TOCOZINHO (AFASTADO POR DECISÃO JUDICIAL), WELINGTON FAUSTINO (Veredor afastado)</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2294/quirinopolis.go.leg.br_emenda_26_-_marcio_ribeiro_-_cleilton_-_denilson_-_fernando_-_nubia_-_renato_-_welington.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2294/quirinopolis.go.leg.br_emenda_26_-_marcio_ribeiro_-_cleilton_-_denilson_-_fernando_-_nubia_-_renato_-_welington.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 026 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para atender a Escola Municipal Márcio Ribeiro visando a construção de um refeitório)</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>MARQUINHO DA CASA DE APOIO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2295/quirinopolis.go.leg.br_emenda_27-_freezer_-_marquinho.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2295/quirinopolis.go.leg.br_emenda_27-_freezer_-_marquinho.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 027 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para atender a aquisição de um Refrigerador / Freezer / Câmara Fria com capacidade de 3000 lit para utilização junto ao Centro Comunitário Dona Margarida)</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2296/quirinopolis.go.leg.br_emenda_28_-_maquina_de_lavar_-_renato.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2296/quirinopolis.go.leg.br_emenda_28_-_maquina_de_lavar_-_renato.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 028 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para atender a aquisição de máquina de lavar roupas industrial, com capacidade de 50 kg, sugestão marca Kodama, para utilização junto ao Abrigo dos Idosos)</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2297/quirinopolis.go.leg.br_emenda_29_-_ar_condicionado_-_marquinho.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2297/quirinopolis.go.leg.br_emenda_29_-_ar_condicionado_-_marquinho.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 029 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para atender a aquisição de aparelhos de ar condicionado para instalação junto a Casa de Apoio em Goiânia)</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2298/quirinopolis.go.leg.br_emenda_30_-_cmei_-_nubia.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2298/quirinopolis.go.leg.br_emenda_30_-_cmei_-_nubia.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 030 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para a aquisição de aparelhos de ar condicionado de 18.000 Btus visando trazer mais conforto aos usuários e profissionais das_x000D_
 instituições, para instalação na seguinte unidade: 04 aparelhos destinados ao CMEI MARCONZINHO.)</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>MARQUINHO DA CASA DE APOIO, TOCOZINHO (AFASTADO POR DECISÃO JUDICIAL)</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2299/quirinopolis.go.leg.br_emenda_31_-_exames_-_denilson_-_marquinho.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2299/quirinopolis.go.leg.br_emenda_31_-_exames_-_denilson_-_marquinho.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 031 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para atender a área de saúde relacionadas às demandas com o custeio de exames de imagens, tais como ressonâncias, tomografias e_x000D_
 cintilografias)</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>PAULINHO DA USINA</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2300/quirinopolis.go.leg.br_emenda_32_-_cadeiras_de_rodas_-_paulinho.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2300/quirinopolis.go.leg.br_emenda_32_-_cadeiras_de_rodas_-_paulinho.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 032 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para aquisição de cadeiras de rodas para a rede básica de sáude)</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2301/quirinopolis.go.leg.br_emenda_33_-_microscopio_-_renato.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2301/quirinopolis.go.leg.br_emenda_33_-_microscopio_-_renato.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 033 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para aquisição de 01 aparelho de microscópio binocular Coleman n126 INF LED para utilização pela Funasa)</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2302/quirinopolis.go.leg.br_emenda_34_-_maquina_de_costura_-_acacio.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2302/quirinopolis.go.leg.br_emenda_34_-_maquina_de_costura_-_acacio.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 034 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para atender a aquisição de máquinas de costura de bordado para utilização junto ao Centro Comunitário Dona Margarida)</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>CASSIM DA USINA, CLEILTON RESENDE, FERNANDO NOVAIS, MARQUINHO DA CASA DE APOIO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2303/quirinopolis.go.leg.br_emenda_35_-_equipamentos_escolas_-_acacio_-_marquinho_-_cleilton_-_fernando.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2303/quirinopolis.go.leg.br_emenda_35_-_equipamentos_escolas_-_acacio_-_marquinho_-_cleilton_-_fernando.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 035 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para atender às seguintes demandas de melhorias em equipamentos das unidades escolares indicadas:_x000D_
 R$ 30.000,00 – provenientes do vereador Acácio Divino Vieira de Assis para aquisição de equipamentos para a Escola Municipal Custódio Antônio Cabral;_x000D_
 R$ 30.000,00 – provenientes do vereador Marcos Túlio Barroso para aquisição de_x000D_
 aparelhos de ar condicionado para a Escola Municipal Lino Gedeão;_x000D_
 R$ 11.500,00 – provenientes do vereador Cleilton Dias de Resende para aquisição de_x000D_
 aparelhos de sonorização para a Escola Municipal Lino Gedeão;_x000D_
 R$ 10.000,00 – provenientes do vereador Cleilton Dias de Resende para aquisição de_x000D_
 aparelhos de sonorização para a Escola Municipal Maria Ignêz;_x000D_
 R$ 15.000,00 – provenientes do vereador Fernando Mendes Novais para aquisição de_x000D_
 aparelhos de ar condicionado para a Escola Municipal João Antônio Barbosa;)</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>CLEILTON RESENDE, PAULINHO DA USINA</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2304/quirinopolis.go.leg.br_emenda_36_-_ong_melhor_amigo_-_cleiton_-_paulinho.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2304/quirinopolis.go.leg.br_emenda_36_-_ong_melhor_amigo_-_cleiton_-_paulinho.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 036 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para atender a ASSOCIACAO PROTETORA DO MELHOR AMIGO DO HOMEM)</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2305/quirinopolis.go.leg.br_emenda_37_a_-_associacao_cancer_-_denilson_-_nubia_1.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2305/quirinopolis.go.leg.br_emenda_37_a_-_associacao_cancer_-_denilson_-_nubia_1.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 037 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para atender a ASSOCIAÇÃO DE AMIGOS DOS PORTADORES DE CÂNCER DE QUIRINOPOLIS – AAPCQ)</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>FERNANDO NOVAIS, PAULINHO DA USINA</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2306/quirinopolis.go.leg.br_emenda_38_-_abcad_-_fernando_e_paulinho.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2306/quirinopolis.go.leg.br_emenda_38_-_abcad_-_fernando_e_paulinho.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 038 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para atender a ASSOCIAÇÃO BENEFICENTE E CULTURAL DA IGREJA ASSEMBLEIA DE DEUS – ABCAD )</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>GUSTAVO MOURÃO, ROMISDETE</t>
-[...2 lines deleted...]
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2307/quirinopolis.go.leg.br_emenda_39_-_escola_canaa_-_gustavo_-_romisdete.pdf</t>
+    <t>GUSTAVO MOURÃO (em memória), ROMISDETE</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2307/quirinopolis.go.leg.br_emenda_39_-_escola_canaa_-_gustavo_-_romisdete.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 039 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para atender a Escola Municipal Canaã visando a construção de um almoxarifado, o que em muito agregará à qualidade de ensino_x000D_
 daquela unidade escolar)</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>OSCAR JÚNIOR</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2308/quirinopolis.go.leg.br_emenda_40_-_festa_padroeira_-_oscar.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2308/quirinopolis.go.leg.br_emenda_40_-_festa_padroeira_-_oscar.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 040 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para atender a Paróquia Nossa Senhora da Abadia quando da realização da Festividade da Padroeira Nossa Senhora da Abadia)</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2309/quirinopolis.go.leg.br_emenda_41_-_cmei_-_nubia.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2309/quirinopolis.go.leg.br_emenda_41_-_cmei_-_nubia.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 041 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para a aquisição de aparelhos de ar condicionado de 18.000 Btus visando trazer mais conforto aos usuários e profissionais das_x000D_
 instituições, para instalação nas seguintes unidades: 05 aparelhos destinados ao CMEI ETHIEL e 03 aparelhos destinados ao CMEI NOSSA SENHORA DA ABADIA.)</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2310/quirinopolis.go.leg.br_emenda_42_-_casa_da_abelha_-_romisdete.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2310/quirinopolis.go.leg.br_emenda_42_-_casa_da_abelha_-_romisdete.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 042 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para atender ao INSTITUTO RURAL DE DESENVOLVIMENTO SOCIAL E ECONOMICO DE GOIAS – CASA DA ABELHA)</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2311/quirinopolis.go.leg.br_emenda_43_-_nova_geracao_-_marquinho.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2311/quirinopolis.go.leg.br_emenda_43_-_nova_geracao_-_marquinho.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 043 ao Quadro Orçamentário do Projeto de Lei 023/2021 e contém outras providências. (A presente dotação servirá especificamente para atender ao IGREJA EVANGÉLICA NOVA GERAÇÃO DE QUIRINÓPOLIS - GO)</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2319/quirinopolis.go.leg.br_emenda_44_-_marcio_ribeiro_denilson_.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2319/quirinopolis.go.leg.br_emenda_44_-_marcio_ribeiro_denilson_.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 044/21 ao Quadro Orçamentário do Projeto de Lei nº 023/21 e contém outras providências. (A presente dotação servirá especificamente para atender a Escola Municipal Márcio Ribeiro visando a construção de um refeitório)</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>CASSIM DA USINA, CLEILTON RESENDE, GUSTAVO MOURÃO, NUBIA THEODORO, OSCAR JÚNIOR, PAULINHO DA USINA, WELINGTON FAUSTINO (Veredor afastado)</t>
-[...2 lines deleted...]
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2320/quirinopolis.go.leg.br_emenda_a_proposta_de_emenda_004-2021.pdf</t>
+    <t>CASSIM DA USINA, CLEILTON RESENDE, GUSTAVO MOURÃO (em memória), NUBIA THEODORO, OSCAR JÚNIOR, PAULINHO DA USINA, WELINGTON FAUSTINO (Veredor afastado)</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2320/quirinopolis.go.leg.br_emenda_a_proposta_de_emenda_004-2021.pdf</t>
   </si>
   <si>
     <t>"Modifica a redação do artigo 3º da Proposta de Emenda a Lei Orgânica nº 004/2021, de 08 de Novembro de 2021 e dá outras providencias".</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Poder Legislativo - PL</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2331/quirinopolis.go.leg.br_emenda_046.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2331/quirinopolis.go.leg.br_emenda_046.pdf</t>
   </si>
   <si>
     <t>"Projeto de Emenda Modificativa a redação do parágrafo único do artigo 7º do Projeto de Lei do Executivo nº 037/21, de 23 de Novembro de 2021 e dá outras providências".</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Poder Executivo - PE</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1836/quirinopolis.go.leg.br_veto_ao_autografo_3.377.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1836/quirinopolis.go.leg.br_veto_ao_autografo_3.377.pdf</t>
   </si>
   <si>
     <t>Veto ao Autografo de Lei 3.377</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1837/quirinopolis.go.leg.br_veto_ao_autografo_3.379.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1837/quirinopolis.go.leg.br_veto_ao_autografo_3.379.pdf</t>
   </si>
   <si>
     <t>Veto ao Autografo de Lei 3.379</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1838/quirinopolis.go.leg.br_veto_ao_autografo_3.380.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1838/quirinopolis.go.leg.br_veto_ao_autografo_3.380.pdf</t>
   </si>
   <si>
     <t>Veto ao Autografo de Lei 3.380</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1702/quirinopolis.go.leg.br_projeto_de_decreto_1_assinado.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1702/quirinopolis.go.leg.br_projeto_de_decreto_1_assinado.pdf</t>
   </si>
   <si>
     <t>“Concede Título Honorífico de Cidadão Quirinopolino ao Senhor Luís Morato da Silva e contém outras Providências”.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2161/quirinopolis.go.leg.br_titulo_honorifico_isa_lucia_morais.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2161/quirinopolis.go.leg.br_titulo_honorifico_isa_lucia_morais.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de cidadã honorária a Senhora Isa Lúcia de Morais, e dá outras providências.</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2174/quirinopolis.go.leg.br_projeto_de_decreto_003.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2174/quirinopolis.go.leg.br_projeto_de_decreto_003.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a concessão de título de cidadão honorário ao Senhor Wellington Hannibal, e dá outras providências”.</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2202/quirinopolis.go.leg.br_projeto_de_decreto_004.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2202/quirinopolis.go.leg.br_projeto_de_decreto_004.pdf</t>
   </si>
   <si>
     <t>“Concede Título Honorífico de Cidadão Quirinopolino ao Senhor Valmir Rodrigues Martins e contém outras Providências”.</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2214/quirinopolis.go.leg.br_projeto_de_decreto_005.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2214/quirinopolis.go.leg.br_projeto_de_decreto_005.pdf</t>
   </si>
   <si>
     <t>“CONCEDE TITULO HONORIFICO DE CIDADAO QUIRINOPOLINO AO SENHOR JOSE NICANOR DOS SANTOS, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2216/quirinopolis.go.le.br_projeto_de_decreto_006.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2216/quirinopolis.go.le.br_projeto_de_decreto_006.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a concessão de título de cidadã honorária a Senhora Mirella Paola Loreti, e dá outras providências”.</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2217/quirinopolis.go.leg.br_projeto_de_decreto_007.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2217/quirinopolis.go.leg.br_projeto_de_decreto_007.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a concessão de título de cidadã honorária a Senhora Marinildes Prospero Duarte de Paula, e dá outras providências”.</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2218/quirinopolis.go.leg.br_projeto_de_decreto_008.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2218/quirinopolis.go.leg.br_projeto_de_decreto_008.pdf</t>
   </si>
   <si>
     <t>“CONCEDE TITULO HONORIFICO DE CIDADAO QUIRINOPOLINO AO SENHOR GILVAN ANDRE DA PAZ, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2234/quirinopolis.go.leg.br_projeto_de_decreto_009.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2234/quirinopolis.go.leg.br_projeto_de_decreto_009.pdf</t>
   </si>
   <si>
     <t>“Concede Título Honorífico de Cidadão Quirinópolino ao Senhor Tiago Rogério Barbosa e contém outras Providências”.</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2235/quirinopolis.go.leg.br_projeto_de_decreto_010.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2235/quirinopolis.go.leg.br_projeto_de_decreto_010.pdf</t>
   </si>
   <si>
     <t>“Concede Título Honorífico de Cidadão Quirinópolino ao Senhor Pedro Henrique Ramos Sales e contém outras Providências”.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2236/quirinopolis.go.leg.br_projeto_de_decreto_011.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2236/quirinopolis.go.leg.br_projeto_de_decreto_011.pdf</t>
   </si>
   <si>
     <t>“Concede Título Honorífico de Cidadão Quirinopolino ao Senhor Germano Fiamenghi e contém outras Providências”.</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2265/quirinopolis.go.leg.br_projeto_de_decreto_012.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2265/quirinopolis.go.leg.br_projeto_de_decreto_012.pdf</t>
   </si>
   <si>
     <t>TITULO DE CIDADÃO QUIRINOPOLINO A MARILDA RODRIGUES SANTANA DE QUELUZ</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2266/quirinopolis.go.leg.br_projeto_de_decreto_013.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2266/quirinopolis.go.leg.br_projeto_de_decreto_013.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TITULO DE CIDADÃ QUIRINOPOLINA A MARIA LUCIA DE SOUSA COSTA</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2268/quirinopolis.go.leg.br_projeto_de_decreto_014.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2268/quirinopolis.go.leg.br_projeto_de_decreto_014.pdf</t>
   </si>
   <si>
     <t>“CONCEDE TITULO HONORIFICO DE CIDADAO QUIRINOPOLINO AO SENHOR ALVARO DANI, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2269/quirinopolis.go.leg.br_projeto_de_decreto_015.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2269/quirinopolis.go.leg.br_projeto_de_decreto_015.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO HONORÍFICO DE CIDADÃO QUIRINOPOLINO AO REVMO. SR. NEILTON NUNES NEVES E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2277/quirinopolis.go.leg.br_projeto_de_decreto_016.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2277/quirinopolis.go.leg.br_projeto_de_decreto_016.pdf</t>
   </si>
   <si>
     <t>Titulo de cidadão dr. Daniel Gonçalves Teixeira.</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2278/quirinopolis.go.leg.br_projeto_de_decreto_017_-_paulinho.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2278/quirinopolis.go.leg.br_projeto_de_decreto_017_-_paulinho.pdf</t>
   </si>
   <si>
     <t>“CONCEDE TITULO HONORIFICO DE CIDADAO QUIRINOPOLINO AO SENHOR JERONIMO FERREIRA DA SILVA, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2332/quirinopolis.go.leg.br_projeto_de_decreto_018_-toco.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2332/quirinopolis.go.leg.br_projeto_de_decreto_018_-toco.pdf</t>
   </si>
   <si>
     <t>"Concede titulo honorifico de cidadão quirinopolino ao senhor JAQUES BATISTA DOS SANTOS"</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2333/quirinopolis.go.leg.br_projeto_de_decreto_019_.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2333/quirinopolis.go.leg.br_projeto_de_decreto_019_.pdf</t>
   </si>
   <si>
     <t>"Concede Título Honorífico de Cidadão quirinopolino ao Senhor JOSÉ OLAVO DE OLIVEIRA e contém outras providências"</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2342/quirinopolis.go.leg.br_projeto_de_decreto_020_-_nubia.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2342/quirinopolis.go.leg.br_projeto_de_decreto_020_-_nubia.pdf</t>
   </si>
   <si>
     <t>"Concede Título Honorífico de Cidadão quirinopolino ao Senhor LUIZ SILAS DE ALMEIDA e contém outras providências".</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2376/quirinopolis.go.leg.br_projeto_de_decreto_021_-_nubia.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2376/quirinopolis.go.leg.br_projeto_de_decreto_021_-_nubia.pdf</t>
   </si>
   <si>
     <t>"Concede Título Honorífico de Cidadã quirinopolina a Senhora LUZIA REGINA CRUVINEL MAIA e contém outras providências".</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA A LEI ORGÂNICA</t>
   </si>
   <si>
-    <t>ALEX DA FARMÁCIA, FERNANDO NOVAIS, GUSTAVO MOURÃO, NUBIA THEODORO, PAULINHO DA USINA, ROMISDETE, WELINGTON FAUSTINO (Veredor afastado)</t>
-[...2 lines deleted...]
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1792/quirinopolis.go.leg.br_projeto_proposta_a_lei_organica.pdf</t>
+    <t>ALEX DA FARMÁCIA, FERNANDO NOVAIS, GUSTAVO MOURÃO (em memória), NUBIA THEODORO, PAULINHO DA USINA, ROMISDETE, WELINGTON FAUSTINO (Veredor afastado)</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1792/quirinopolis.go.leg.br_projeto_proposta_a_lei_organica.pdf</t>
   </si>
   <si>
     <t>Altera o art. 168 da Lei Orgânica Municipal, para tornar obrigatória a execução da programação orçamentária que especifica.</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
-    <t>FERNANDO NOVAIS, GUSTAVO MOURÃO, NUBIA THEODORO, PAULINHO DA USINA, WELINGTON FAUSTINO (Veredor afastado)</t>
-[...2 lines deleted...]
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1951/quirinopolis.go.leg.br_emenda_a_lei_organica_002.pdf</t>
+    <t>FERNANDO NOVAIS, GUSTAVO MOURÃO (em memória), NUBIA THEODORO, PAULINHO DA USINA, WELINGTON FAUSTINO (Veredor afastado)</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1951/quirinopolis.go.leg.br_emenda_a_lei_organica_002.pdf</t>
   </si>
   <si>
     <t>"Dá nova redação ao §1º, do artigo 17, da Lei nº 1.717, de 05 de abril de 1.990 - Lei Orgânica do Municipio de Quirinópolis e contém outras providencias".</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>CASSIM DA USINA, FERNANDO NOVAIS, NUBIA THEODORO, PAULINHO DA USINA, WELINGTON FAUSTINO (Veredor afastado)</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2151/quirinopolis.go.leg.br_emenda_a_lei_organica_003.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2151/quirinopolis.go.leg.br_emenda_a_lei_organica_003.pdf</t>
   </si>
   <si>
     <t>“Dá nova redação ao §2º,do artigo 25, § 4º, do artigo 47, e revoga o artigo 48 da Lei nº 1.717, de 05 de abril de 1.990 – Lei Orgânica do Município de Quirinópolis e contém outras providencias”.</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
-    <t>CASSIM DA USINA, FERNANDO NOVAIS, GUSTAVO MOURÃO, MARQUINHO DA CASA DE APOIO, NUBIA THEODORO, PAULINHO DA USINA, RENATO RIBEIRO, TOCOZINHO (AFASTADO POR DECISÃO JUDICIAL), WELINGTON FAUSTINO (Veredor afastado)</t>
-[...2 lines deleted...]
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2252/quirinopolis.go.leg.br_emenda_a_lei_organica_004.pdf</t>
+    <t>CASSIM DA USINA, FERNANDO NOVAIS, GUSTAVO MOURÃO (em memória), MARQUINHO DA CASA DE APOIO, NUBIA THEODORO, PAULINHO DA USINA, RENATO RIBEIRO, TOCOZINHO (AFASTADO POR DECISÃO JUDICIAL), WELINGTON FAUSTINO (Veredor afastado)</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2252/quirinopolis.go.leg.br_emenda_a_lei_organica_004.pdf</t>
   </si>
   <si>
     <t>"Dá nova redação ao § 3º, do artigo 17, da Lei nº 1.717, de 05 de abril de 1.990 - Lei Orgânica do Município de Quirinópolis e contém outras providências".</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1699/quirinopolis.go.leg.br_projeto_de_resulacao_01.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1699/quirinopolis.go.leg.br_projeto_de_resulacao_01.pdf</t>
   </si>
   <si>
     <t>"Formaliza Comissões Permanentes"</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1717/quirinopolis.go.leg.br_resolucao_002.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1717/quirinopolis.go.leg.br_resolucao_002.pdf</t>
   </si>
   <si>
     <t>Altera o Regimento Interno da Câmara Municipal de Quirinópolis e contém outras providências.</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1719/quirinopolis.go.leg.br_resolucao_003_assinado.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1719/quirinopolis.go.leg.br_resolucao_003_assinado.pdf</t>
   </si>
   <si>
     <t>“Altera o Regimento Interno da Câmara Municipal de Quirinópolis e contém outras providências”.</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2150/quirinopolis.go.leg.br_projeto_de_resolucao_004.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2150/quirinopolis.go.leg.br_projeto_de_resolucao_004.pdf</t>
   </si>
   <si>
     <t>“Revoga o §2º, do artigo 25, altera a redação do §2º, artigo 111, e do caput do artigo 204, e revoga o §3º do artigo 204 da Resolução nº 04/90, de 04 de dezembro de 1990 - Regimento Interno da Câmara Municipal de Quirinópolis e contém outras providências”.</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/</t>
   </si>
   <si>
     <t>Altera o inciso III da Resolução nº 071/2021, no que dispõe sobre os membros da Comissão de Redação e contém outras providências.</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2324/quirinopolis.go.leg.br_projeto_de_resolucao_altera_comissoes_2.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2324/quirinopolis.go.leg.br_projeto_de_resolucao_altera_comissoes_2.pdf</t>
   </si>
   <si>
     <t>“Altera o inciso II da Resolução nº 071/21, no que dispõe sobre os membros da Comissão de Finanças, Orçamento e Economia e contém outras providências”.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1694/quirinopolis.go.leg.br_projeto_001_assinado.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1694/quirinopolis.go.leg.br_projeto_001_assinado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a publicação, no site da Prefeitura Municipal, da lista de espera dos pacientes que aguardam por consultas (discriminadas por especialidade), exames e intervenções cirúrgicas e outros procedimentos nos estabelecimentos da rede pública de saúde do município, e da outras providencias".</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1695/quirinopolis.go.leg.br_projeto_002_assinado.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1695/quirinopolis.go.leg.br_projeto_002_assinado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a obrigatoriedade de divulgação em local visível da escala de servidores nas Unidades Básica de Saúde, Hospital Municipal e demais órgãos vinculados à secretaria Municipal de Saúde".</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1696/quirinopolis.go.leg.br_projeto_003_assinado.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1696/quirinopolis.go.leg.br_projeto_003_assinado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o prazo a realização de exames complementares necessários para a confirmação da hipótese diagnóstica de neoplasia maligna, através do Sistema Único de Saúde, no âmbito do Município de Quirinópolis/GO".</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1697/quirinopolis.go.leg.br_projeto_004_assinado.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1697/quirinopolis.go.leg.br_projeto_004_assinado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Política Habitacional para Servidores Públicos Efetivos Municipais no âmbito do Município de Quirinópolis, em complemento às disposições da Lei nº 2.668, de 28 de janeiro de 2007".</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1698/quirinopolis.go.leg.br_projeto_005_assinado.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1698/quirinopolis.go.leg.br_projeto_005_assinado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a notificação compulsória a policia em 24 horas para os casos de violência contra mulheres atendidas em serviços de urgência e emergência, público e privado, bem como na rede de atenção básica à saúde, no município de Quirinópolis".</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>ALEX DA FARMÁCIA</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1803/quirinopolis.go.leg.br_projeto_de_lei_6.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1803/quirinopolis.go.leg.br_projeto_de_lei_6.pdf</t>
   </si>
   <si>
     <t>“INSTITUI A PADRONIZAÇÃO VISUAL DA FROTA DE MÁQUINAS E VEÍCULOS DA PREFEITURA DE QUIRINÓPOLIS E CONTÉM OUTRAS PROVIDÊNCIAS. ”</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1823/quirinopolis.go.leg.br_projeto_007_assinado.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1823/quirinopolis.go.leg.br_projeto_007_assinado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INSTITUIR O PROGRAMA ADOTE A SAÚDE NO ÂMBITO DO MUNICÍPIO DE QUIRINÓPOLIS.</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1858/quirinopolis.go.leg.br_projeto_008_1.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1858/quirinopolis.go.leg.br_projeto_008_1.pdf</t>
   </si>
   <si>
     <t>“Dá o nome de Rua Pastor César Zaltran a Rua 10 do Bairro Jardim Vitoria”.</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1861/quirinopolis.go.leg.br_projeto_de_lei_009.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1861/quirinopolis.go.leg.br_projeto_de_lei_009.pdf</t>
   </si>
   <si>
     <t>“Dá o nome de Rua Nivaldo Gonçalves a Rua 24 do Bairro Jardim Vitoria”.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1873/quirinopolis.go.leg.br_projeto_de_lei_010.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1873/quirinopolis.go.leg.br_projeto_de_lei_010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INSTITUIR A POLITICA MUNICIPAL DE PREVENÇÃO E COMBATE AO SUICIDIO E DE VALORIZAÇÃO DA VIDA, NO ÂMBITO DO MUNICÍPIO DE QUIRINÓPOLIS.</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1875/quirinopolis.go.leg.br_projeto_011.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1875/quirinopolis.go.leg.br_projeto_011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO DO MUNICÍPIO DE QUIRINÓPOLIS A CONTRATAR PLANO DE SAÚDE PARA OS SERVIDORES DA CÂMARA MUNICIPAL DE QUIRINÓPOLIS/GO. E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1886/quirinopolis.go.leg.br_projeto_012.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1886/quirinopolis.go.leg.br_projeto_012.pdf</t>
   </si>
   <si>
     <t>“Concede revisão geral na forma do inciso X, Art. 37, da Constituição Federal e artigo 1º da Lei Municipal 3.366/20 ao vencimento dos servidores públicos ativos e agentes políticos da Câmara Municipal, Quirinópolis e contém outras providências”.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1971/quirinopolis.go.leg.br_projeto_013_a.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1971/quirinopolis.go.leg.br_projeto_013_a.pdf</t>
   </si>
   <si>
     <t>"Demomina de Yutaka MiyoshiI ao laboratorio Municipal Antonio Martins da Costa.</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1972/quirinopolis.go.leg.br_projeto_de_lei_014.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1972/quirinopolis.go.leg.br_projeto_de_lei_014.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE QUEIMADAS NAS VIAS PÚBLICAS E NOS IMOVEIS URBANOS DO MUNICIPIO DE QUIRINOPOLIS E DE OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1987/quirinopolis.go.leg.br_projeto_de_lei_015_a.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1987/quirinopolis.go.leg.br_projeto_de_lei_015_a.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A OBRIGATORIEDADE DOS PET SHOPS, CLÍNICAS VETERINÁRIAS E HOSPITAIS VETERINÁRIOS DE INFORMAR À SECRETARIA MUNICIPAL DO MEIO AMBIENTE, QUANDO CONSTATAREM INDÍCIOS DE MAUS TRATOS NOS ANIMAIS POR ELES ATENDIDOS.”</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2023/quirinopolis.go.leg.br_projeto_de_lei_legislativo_016-2021.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2023/quirinopolis.go.leg.br_projeto_de_lei_legislativo_016-2021.pdf</t>
   </si>
   <si>
     <t>Apresenta reestruturação e cria cargos e tabela de comissionados ao Plano de Cargos e Vencimentos dos Servidores da Câmara Municipal de Quirinópolis, Lei nº 3.349 de 18 de Fevereiro de 2020, e contém outras providências</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>CASSIM DA USINA, WELINGTON FAUSTINO (Veredor afastado)</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2033/qurinopolis.go.leg.br_projeto_017.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2033/qurinopolis.go.leg.br_projeto_017.pdf</t>
   </si>
   <si>
     <t>Proíbe a inauguração e a entrega de obras públicas incompletas ou que, embora concluídas, não estejam em condições de atender à população.</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2054/quirinopolis.go.leg.br_projeto_018.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2054/quirinopolis.go.leg.br_projeto_018.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA CRECHE PARA IDOSOS.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2060/quirinopolis.go.leg.br_projeto_de_lei_019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2060/quirinopolis.go.leg.br_projeto_de_lei_019.pdf</t>
   </si>
   <si>
     <t>Estabelece regras para a nominação e a alteração de denominação de ruas e avenidas do Município de Quirinópolis.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2087/quirinopolis.go.leg.br_projeto_de_lei_020.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2087/quirinopolis.go.leg.br_projeto_de_lei_020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DO ENVIO A COMISSÃO DE FINANÇAS, ORÇAMENTO E ECONOMIA DA CAMARA MUNICIPAL DE QUIRINÓPOLIS CÓPIA DOS EDITAIS E MINUTAS DE CONTRATOS DE TODAS MODALIDADES DE LICITAÇÃO DO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2088/quirinopolis.go.leg.br_projeto_de_lei_021.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2088/quirinopolis.go.leg.br_projeto_de_lei_021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA “ADOTE UMA PRAÇA”, NO AMBITO DO MUNICIPIO DE QUIRINOPOLIS.</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2215/quirinopolis.go.leg.br_projeto_de_lei_022.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2215/quirinopolis.go.leg.br_projeto_de_lei_022.pdf</t>
   </si>
   <si>
     <t>“DENOMINA DE ANTONIO BATISTA DE LIMA – TUNICO O AUDITÓRIO DA PREFEITURA MUNICIPAL DO QUIRINOPOLIS.”</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2219/quirinopolis.go.leg.br_projeto_de_lei_023_a.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2219/quirinopolis.go.leg.br_projeto_de_lei_023_a.pdf</t>
   </si>
   <si>
     <t>“Cria a Unidade de Conservação Área de Proteção Ambiental Municipal Bacia do Ribeirão das Pedras.”</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2267/quirinopolis.go.leg.br_projeto_de_lei_024_a.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2267/quirinopolis.go.leg.br_projeto_de_lei_024_a.pdf</t>
   </si>
   <si>
     <t>"“Institui no âmbito municipal o “Programa Menina Mulher” e contém outras previdências.”</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
     <t>FERNANDO NOVAIS, WELINGTON FAUSTINO (Veredor afastado)</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2367/quirinopolis.go.leg.br_projeto_de_lei_025_a.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2367/quirinopolis.go.leg.br_projeto_de_lei_025_a.pdf</t>
   </si>
   <si>
     <t>“Concede revisão geral na forma do inciso X, Art. 37, da Constituição Federal e artigo 10 da Lei Municipal 3.366/20 ao vencimento dos servidores públicos ativos, inativos e agentes políticos da Câmara Municipal de Quirinópolis e contém outras providências“.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1728/quirinopolis.go.leg.br_projeto_de_lc_001_assinado.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1728/quirinopolis.go.leg.br_projeto_de_lc_001_assinado.pdf</t>
   </si>
   <si>
     <t>Acrescenta o Art. 5-A à Lei Complementar Municipal nº 025 de 26 de janeiro de 2010 e dá outras providências.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
     <t>PLS</t>
   </si>
   <si>
     <t>PROJETO DE LEI SUBSTITUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1816/quirinopolis.go.leg.br_projeto_substitutivo-otimizado.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1816/quirinopolis.go.leg.br_projeto_substitutivo-otimizado.pdf</t>
   </si>
   <si>
     <t>"Institui no âmbito do Município de Quirinópolis, o Programa Municipal "AUXÍLIO REFORMA À MORADIA", e dá outras providências”</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1854/quirinopolis.go.leg.br_substitutivo_ao_projeto_de_lei_n_006_1.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1854/quirinopolis.go.leg.br_substitutivo_ao_projeto_de_lei_n_006_1.pdf</t>
   </si>
   <si>
     <t>“institui a padronização visual da frota de máquinas e veículos da prefeitura de Quirinópolis e contém outras providências.”</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2000/quirinopolis.go.leg.br_substitutivo_003.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2000/quirinopolis.go.leg.br_substitutivo_003.pdf</t>
   </si>
   <si>
     <t>'Proíbe a queimada de mato, lixo, entulho e demais detritos em terrenos baldios, nas calçadas e vias publicas da zona urbana e em áreas localizadas ate a um quilômetro do perímetro urbano do Município de Quirinópolis e da outras providências".</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2213/quirinopolis.go.leg.br_substitutivo_04_ao_projeto_de_lei_30-2021.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2213/quirinopolis.go.leg.br_substitutivo_04_ao_projeto_de_lei_30-2021.pdf</t>
   </si>
   <si>
     <t>Altera as redações dos caputs dos artigos 1º, 4º e 13; I, II e VI do artigo 6º; alíneas “a”, “c”, “d” e “e” do §2º do artigo 8º; e revoga as alíneas “e”, “h” e “i” do § 1º do artigo 6º, e as alíneas “f” e “g” e “h” do § 2º do artigo 8º, todos da Lei nº 3.392 de 24 de junho de 2021.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1708/quirinopolis.go.leg.br_projeto_de_lei_001.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1708/quirinopolis.go.leg.br_projeto_de_lei_001.pdf</t>
   </si>
   <si>
     <t>"Institui o Programa de Recuperação Fiscal do Municipio de Quirinópolis - REFIS 2021, nas condições determinadas e dá outras providências"</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1709/quirinopolis.go.leg.br_projeto_de_lei_002-otimizado.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1709/quirinopolis.go.leg.br_projeto_de_lei_002-otimizado.pdf</t>
   </si>
   <si>
     <t>"Altera as Leis nº 3.257/17, de 11 de dezembro de 2017, Plano Plurinual - PPA para 2018/2021 e alterações posteriores, Lei nº 3.355/20, de 09 de junho de 2020, Lei de Diretrizes Orçamentária - LDO para 2021, Lei nº 3.370/20 de 15 de dezembro de 2020, Lei Orçamentaria Anual - LOA para 2021, e da outras providências".</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1710/quirinopolis.go.leg.br_projeto_de_lei_003.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1710/quirinopolis.go.leg.br_projeto_de_lei_003.pdf</t>
   </si>
   <si>
     <t>"Institui no âmbito do Município de Quirinópolis, o Programa Municipal "Auxilio reforma à Moradia", e dá outras providências".</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1776/quirinopolis.go.leg_projeto_004.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1776/quirinopolis.go.leg_projeto_004.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº 3.257/17, de 11 de dezembro de 2017, Plano Plurianual – PPA para 2018/2021 e alterações posteriores, Lei nº 3.355/20, de 09 de junho de 2020, Lei de Diretrizes Orçamentária – LDO para 2021, Lei nº 3.370/20 de 15 de dezembro de 2020, Lei Orçamentária Anual – LOA para 2021, e da outras providencias.</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1777/quirinopolis.go.leg.br_projeto_de_lei_05.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1777/quirinopolis.go.leg.br_projeto_de_lei_05.pdf</t>
   </si>
   <si>
     <t>“Autoriza a contratação de pessoal no âmbito da Secretaria Municipal de Saúde, de acordo com o art. 37, inciso IX, da Constituição Federal, resolução nº 007/2005 expedida pelo TCM e contém outras providências”.</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1778/quirinopolis.go.leg.br_projeto_de_lei_06.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1778/quirinopolis.go.leg.br_projeto_de_lei_06.pdf</t>
   </si>
   <si>
     <t>“Autoriza a contratação de pessoal no âmbito da Secretaria Municipal de Urbanismo e Obras Públicas, de acordo com o art. 37, inciso IX, da Constituição Federal, resolução nº 007/2005 expedida pelo TCM e contém outras providências”.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1790/quirinopolis.go.leg.br_projeto_007-otimizado.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1790/quirinopolis.go.leg.br_projeto_007-otimizado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a reestruturação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento de Educação Básica e de Valorização dos Profissionais da Educação - CACS/FUNDEB, em conformidade com o Artigo 212-A da Constituição Federal, regulamentado na forma da Lei Federal nº 14.113, de 25 de dezembro de 2020."</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1789/quirinopolis.go.leg.br_projeto_008.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1789/quirinopolis.go.leg.br_projeto_008.pdf</t>
   </si>
   <si>
     <t>“Altera o artigo 3º da Lei nº 3.367 de 15 de dezembro de 2020, e dá outras providencias”.</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1795/quirinopolis.go.leg.br_projeto_009-otimizado.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1795/quirinopolis.go.leg.br_projeto_009-otimizado.pdf</t>
   </si>
   <si>
     <t>'Autoriza a baixa de bens móveis e contém outras providências".</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1835/quirinopolis.go.leg.br_projeto_de_lei_010_otimizado.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1835/quirinopolis.go.leg.br_projeto_de_lei_010_otimizado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a doação, por pessoas físicas ou jurídicas, de bens móveis ou imóveis, de seviços de qualquer natureza, comodato de bens móveis ou imoveis e valores monetários ao Município de Quirinópolis e dá outras providências".</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1887/quirinopolis.go.leg._projeto_011a.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1887/quirinopolis.go.leg._projeto_011a.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as Diretrizes Orçamentárias para o Executivo de 2022 e dá outras providências"</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1896/quirinopolis.go.leg.br_projeto_de_lei_012.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1896/quirinopolis.go.leg.br_projeto_de_lei_012.pdf</t>
   </si>
   <si>
     <t>"Autoriza firmar convênio e dá outras providências". (Reforma e ampliação da 2ª Companhia Independente de Polícia Militar Rodoviária)</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1959/quirinopolis.go.leg.br_projeto_de_lei_013a.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1959/quirinopolis.go.leg.br_projeto_de_lei_013a.pdf</t>
   </si>
   <si>
     <t>'Altera as Leis nº 3.257/17, de 11 de dezembro de 2017, Plano Plurianual - PPA para 2018/2021 e alterações posteriores, Lei nº 3.355/20, de 09 de junho de 2020, Lei de Diretries Orçamentária - LDO para 2021, Lei nº 3.370/20 de 15 de dezembro de 2020, Lei Orçamentária Anual - LOA para 2021, e da outras providencias".</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1960/quirinopolis.go.leg.br_projeto_de_lei_014.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1960/quirinopolis.go.leg.br_projeto_de_lei_014.pdf</t>
   </si>
   <si>
     <t>'Cria o Programa de incentivo a instalação de novos empreendimentos de Quirinópolis - ProEmprego e contém outras providencias".</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2020/quirinopolis.go.leg.br_projeto_015.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2020/quirinopolis.go.leg.br_projeto_015.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do artigo 1º da Lei Municipal 3.390 de 09 de junho de 2021 para a correção de erro material, e dá outras providencias".</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2021/quirinopolis.go.leg.br_projeto_016.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2021/quirinopolis.go.leg.br_projeto_016.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do artigo 4º da Lei Muncipal nº 3.392 de 24 de junho de 2021. e dá outras providências".</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2022/quirinopolis.go.leg.br_projeto_de_lei_017.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2022/quirinopolis.go.leg.br_projeto_de_lei_017.pdf</t>
   </si>
   <si>
     <t>"Faz desafetação para fins do Programa de Desenvollvimento Econômico de Quirinópolis - PADEQ II, autoriza doação e contem outras providências".</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2024/quirinopolis.go.leg.br_projeto_de_lei_018.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2024/quirinopolis.go.leg.br_projeto_de_lei_018.pdf</t>
   </si>
   <si>
     <t>"Institui taxa pela utilidade efetiva ou potencial do serviço público de manejo de resíduos sólidos urbanos".</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2045/quirinopolis.go.leg.br_projeto_de_lei_019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2045/quirinopolis.go.leg.br_projeto_de_lei_019.pdf</t>
   </si>
   <si>
     <t>"Autoriza o chefe do Poder Executivo Municipal a outorga concessão de direito real de uso de áreas localizadas no aeroporto Municipal de Quirinópolis e dá outras providências".</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2046/quirinopolis.go.leg.br_autografo_de_lei__013_a.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2046/quirinopolis.go.leg.br_autografo_de_lei__013_a.pdf</t>
   </si>
   <si>
     <t>"Institui o Programa dinheiro direto na escola de quirinópolis - PDDEQ - para dispor recursos financeiros à unidades escolares para o retorno das aulas nas unidades da rede Municipal de Quirinópolis-Go, e dá outras providências".</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2047/quirinopolis.go.leg.br_projeto_de_lei_021.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2047/quirinopolis.go.leg.br_projeto_de_lei_021.pdf</t>
   </si>
   <si>
     <t>"Altera as Leis nº 3.257/17, de 11 de dezembro de 2017, Plano Plurianual - PPA para 2018/2021 e alterações posteriores, Lei nº 3.355/20, de 09 de junho de 2020, Lei Diretrizes Orçamentaria - LDO para 2021, Lei nº 3.370/20 de 15 de dezembro de 2020, Lei Orçamentária Anual - LOA para 2021 e da outras providências".</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2084/quirinopolis.go.leg.br_projeto_de_lei_022.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2084/quirinopolis.go.leg.br_projeto_de_lei_022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alteração da Lei nº 3.394 de 24 de junho de 2021, da Lei de Diretrizes Orçamentária - LDO, para o exercício de 2022".</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2085/quirinopolis.go.leg.br_projeto_de_lei_023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2085/quirinopolis.go.leg.br_projeto_de_lei_023.pdf</t>
   </si>
   <si>
     <t>"Estima a receita e fixa a despesa do Município de Quirinópolis, para o exercício financeiro de 2022".</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2086/quirinopolis.go.leg.br_projeto_de_lei_024.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2086/quirinopolis.go.leg.br_projeto_de_lei_024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Plano Plurianual do Munícipio de Quirinópolis-Go, para o período de 2022 a 2025 e dá outras providências".</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2132/quirinopolis.go.leg.br_projeto_de_lei_025.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2132/quirinopolis.go.leg.br_projeto_de_lei_025.pdf</t>
   </si>
   <si>
     <t>"Altera tabela de vencimentos dos Agentes Comunitários de Saúde, dos Agentes de Combate as Endemias, estabelecida pela Lei nº 3.304 de 25 de janeiro de 2019, e dá outras providências".</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2169/quirinopolis.go.leg.br_projeto_de_lei_026.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2169/quirinopolis.go.leg.br_projeto_de_lei_026.pdf</t>
   </si>
   <si>
     <t>"Altera as Leis nº 3.257/17, de 11 de dezembro de 2017, Plano Plurianual - PPA para 2018/20214 e alterações posteriores, Lei nº 3.355/20, de 09 de junho de 2020, Lei de Diretrizes Orçamentária - LDO para 2021, Lei nº 3.370/20 de 15 de dezembro de 2020, Lei Orçamentária Anual - LOA para 2021, e da outras providencias".</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2170/quirinopolis.go.leg.br_projeto_de_lei_027.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2170/quirinopolis.go.leg.br_projeto_de_lei_027.pdf</t>
   </si>
   <si>
     <t>"Autoriza a aquisição ou desapropriação de áreas e posterior construção e doação de casas populares para população em vulnerabilidade social do Município de Quirinópolis e dá outras providências".</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2171/quirinopolis.go.leg.br_projeto_de_lei_028.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2171/quirinopolis.go.leg.br_projeto_de_lei_028.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a adquirir área urbana para ampliação do cemitério e dá outras providências”.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2172/quirinopolis.go.leg.br_projeto_de_lei_029.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2172/quirinopolis.go.leg.br_projeto_de_lei_029.pdf</t>
   </si>
   <si>
     <t>“Autoriza a baixa de bens móveis e contém outras providências”.</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2173/quirinopolis.go.leg.br_projeto_de_lei_030.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2173/quirinopolis.go.leg.br_projeto_de_lei_030.pdf</t>
   </si>
   <si>
     <t>"Altera as redações dos caputs dos artigos 1º, 4º E 13º, e dos artigos  6º, I, II e VI, artigo 8º, § 2º, "a", "d" e "e", e revoga as alíneas "h" e "i" do artigo 6º, § 1º, e as alíneas "c", "d", "f" e "g" dom artigo 8º, § 2º, todos da Lei nº 3.392 de 24 de junho de 2021". (Matéria com substitutivo)</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2189/quirinopolis.go.leg.br_projeto_031.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2189/quirinopolis.go.leg.br_projeto_031.pdf</t>
   </si>
   <si>
     <t>'Dispõe sobre a organização da Assistência Social e institui o SUAS do Município de Quirinópolis".</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2190/quirinopolis.go.leg.br_projeto_032.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2190/quirinopolis.go.leg.br_projeto_032.pdf</t>
   </si>
   <si>
     <t>"Cria a Casa da Cultura de Quirinópolis-Go e dá outras providências".</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2191/quirinopolis.go.leg.br_projeto_033.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2191/quirinopolis.go.leg.br_projeto_033.pdf</t>
   </si>
   <si>
     <t>"Autoriza firmar convênio com a Fundação Cristã Angélica - Hospital do Câncer de Rio Verde e dá outras providências".</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2192/quirinopolis.go.leg.br_projeto_034.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2192/quirinopolis.go.leg.br_projeto_034.pdf</t>
   </si>
   <si>
     <t>"Autoriza firmar convênio com a Agência da Guarda Civil Metropolitana de Goiânia e dá outras providências".</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2200/quirinopolis.go.leg.br_projeto_035.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2200/quirinopolis.go.leg.br_projeto_035.pdf</t>
   </si>
   <si>
     <t>"ALTERA A REDAÇÃO DO CAPUT DO ARTIGO 6º DA LEI Nº 3.385 DE 29 DE MARÇO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2253/quirinopolis.go.leg.br_projeto_de_lei_036.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2253/quirinopolis.go.leg.br_projeto_de_lei_036.pdf</t>
   </si>
   <si>
     <t>"Autoriza realização de eventos no Parque de Exposições "João de Oliveira Gouveia" e contém outras providências".</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2329/quirinopolis.go.leg.br_projeto_037_a.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2329/quirinopolis.go.leg.br_projeto_037_a.pdf</t>
   </si>
   <si>
     <t>"Autoriza a contratação de pessoal no âmbito da Secretaria Municipal de Promoção e Assistência Social, de acordo com o art. 37, inciso IX, da Constituição Federal, Resolução nº 007/2005 expedida pelo TCM e contém outras providências".</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2330/quirinopolis.go.leg.br_projeto_de_lei_038.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2330/quirinopolis.go.leg.br_projeto_de_lei_038.pdf</t>
   </si>
   <si>
     <t>"Autoriza o repasse de Subvenção Social e contém outras providências". (À Fundação Pio XII, mantenedora do Hospital do Câncer de Barretos, Hospital do Amor)</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2343/projeto_de_lei_n._039.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2343/projeto_de_lei_n._039.pdf</t>
   </si>
   <si>
     <t>“Aumenta o índice de suplementação, contido_x000D_
 na Lei nº 3.370/20 Lei Orçamentária Anual –_x000D_
 LOA para o exercício de 2021”.</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2344/projeto_de_lei_n._040_a.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2344/projeto_de_lei_n._040_a.pdf</t>
   </si>
   <si>
     <t>“Altera o § 4º e inciso I do artigo 11 e Anexo I da Lei_x000D_
 nº 3.304 de 25 de janeiro de 2019, e dá outras_x000D_
 providências”.</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2345/projeto_de_lei_n._041_a.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2345/projeto_de_lei_n._041_a.pdf</t>
   </si>
   <si>
     <t>“Dispõem sobre a transformação da Unidade de Ensino Escola Municipal Marcio Ribeiro em Escola Municipal de Tempo Integral Marcio Ribeiro e contém outras providências”.</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2351/projeto_de_lei_n._042_-_cria_abrigo_e_zoonoses.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2351/projeto_de_lei_n._042_-_cria_abrigo_e_zoonoses.pdf</t>
   </si>
   <si>
     <t>“Disciplina sobre as ações e os serviços de saúde_x000D_
 voltados para vigilância, prevenção e controle de_x000D_
 zoonoses, cria o Abrigo Municipal de Animais_x000D_
 Domésticos, e dá outras providências”.</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR DO EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1712/quirinopolis.go.leg.br_projeto_lei_complementar_001.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1712/quirinopolis.go.leg.br_projeto_lei_complementar_001.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do artigo 5º e acrescenta o parágrafo único ao artigo 5º, acrecentando o inciso X do artigo145, todos da Lei Complementar nº 049 de 13 de março de 2018, e dá outras providências".</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1839/quirinopolis.go.leg.br_lei_complementar_002.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1839/quirinopolis.go.leg.br_lei_complementar_002.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a implantação de loteamentos fechados e de condomínios horizontais de lotes, revoga dispositivos da Lei Complementar nº 19/2008, além de conter outras providências".</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2109/quirinopolis.go.leg.br_projeto_de_lei_complementar_n_003_a.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2109/quirinopolis.go.leg.br_projeto_de_lei_complementar_n_003_a.pdf</t>
   </si>
   <si>
     <t>Faz adequações da taxa de serviços urbanos instituido pelo código tributário do Município de Quirinópolis, altera a redação do inciso XV, alínea "a", inciso XVI, alínea "a", inciso XVII, alínea "a" do art. 80, altera a redação do art. 57, § 1º, altera a redação do inciso II do art. 259, todos da Complementar nº 005 de 28 de setembro de 2005, em concordância ao Novo Marco do Saneamento introduzido pela Lei Federal nº 14.026, de 15 de julho de 2020.</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2233/quirinopolis.go.leg.br_lei_comp_004.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2233/quirinopolis.go.leg.br_lei_comp_004.pdf</t>
   </si>
   <si>
     <t>"Institui o Regime de Previdência Complementar no âmbito do Município de Quirinópolis-GO, fixa o limite máximo para a concessão de aposentadorias e pensões pelo regime de previdência de que trata o art. 40 da Constituição Federal, autoriza a adesão a plano de benefícios de previdência complementar; e dá outras providencias".</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2346/projeto_de_lei_complementar_n._005_a.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2346/projeto_de_lei_complementar_n._005_a.pdf</t>
   </si>
   <si>
     <t>“Acrescenta os § 3º e §4º e respectivos incisos ao_x000D_
 art. 26 da Lei Complementar 019, de 15 de maio de_x000D_
 2008 e dá outras providências”.</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
     <t>RQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1700/quirinopolis.go.leg.br_requerimento_1.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1700/quirinopolis.go.leg.br_requerimento_1.pdf</t>
   </si>
   <si>
     <t>“Requer a construção de uma academia ao ar livre e um parque infantil no povoado de Denislópolis, popularmente conhecido por Tocozinho”.</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1701/quirinopolis.go.leg.br_requerimento_2.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1701/quirinopolis.go.leg.br_requerimento_2.pdf</t>
   </si>
   <si>
     <t>“Solicito que seja viabilizada a construção de uma academia ao ar livre na Praça Coronel Jacintho Honório da Silva”.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1703/quirinopolis.go.leg.br_requerimento_3.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1703/quirinopolis.go.leg.br_requerimento_3.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM POSTO DE ATENDIMENTO DA FARMÁCIA DO CIDADÃO ANEXO AO HOSPITAL MUNICIPAL .</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1704/quirinopolis.go.leg.br_requerimento_4.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1704/quirinopolis.go.leg.br_requerimento_4.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE TRANSPORTE GRATUITO DO POVOADO DE DENISLÓPOLIS (TOCOZINHO) PARA QUIRINÓPOLIS.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1705/quirinopolis.go.leg.br_requerimento_5.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1705/quirinopolis.go.leg.br_requerimento_5.pdf</t>
   </si>
   <si>
     <t>REQUER ESTUDO E MUDANÇA DA ROTA DO ANEL VIÁRIO</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1706/quirinopolis.go.leg.br_requerimento_6.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1706/quirinopolis.go.leg.br_requerimento_6.pdf</t>
   </si>
   <si>
     <t>REQUER A DISPONIBILIZAÇÃO DE UM VEÍCULO DESTINADO A POPULAÇÃO RESIDENTE NA ZONA RURAL PARA TRANSPORTE E ASSISTÊNCIA À SAÚDE.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1707/quirinopolis.go.leg.br_requerimento_007.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1707/quirinopolis.go.leg.br_requerimento_007.pdf</t>
   </si>
   <si>
     <t>“REQUER QUE O PAGAMENTO DOS SERVIDORES INATIVOS E DOS PENSIONISTAS DO MUNICÍPIO SEJA REALIZADO NA MESMA DATA DOS SERVIDORES ATIVOS”</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1711/quirinopolis.go.leg.br_requerimento_8.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1711/quirinopolis.go.leg.br_requerimento_8.pdf</t>
   </si>
   <si>
     <t>"Solicitando que encaminhe ao setor competente para que seja iniciado a Ação do Manejo Ambiental contra a propagação e controle vetorial ao Mosquito da Dengue, em nosso município."</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1713/quirinopolis.go.leg.br_requerimento_9.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1713/quirinopolis.go.leg.br_requerimento_9.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado um Plano de Carreira para os Profissionais da Saúde.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1714/quirinopolis.go.leg.br_requerimento_10.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1714/quirinopolis.go.leg.br_requerimento_10.pdf</t>
   </si>
   <si>
     <t>Requer que seja prestado esclarecimentos relacionados aos procedimentos cirúrgicos nas gestantes Karla e Jessica, procedimentos esses realizados no Hospital “Antônio Martins da Costa” - Hospital Municipal de Quirinópolis.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1715/quirinopolis.go.leg.br_requerimento_11.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1715/quirinopolis.go.leg.br_requerimento_11.pdf</t>
   </si>
   <si>
     <t>“Requer que seja oficiado ao Secretário de Obras Públicas e Urbanismo solicitando a sinalização adequada na 2ª Travessa,  esquina com a Rua 1 Conjunto Eldorado.”</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1716/quirinopolis.go.leg.br_requerimento_12.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1716/quirinopolis.go.leg.br_requerimento_12.pdf</t>
   </si>
   <si>
     <t>Solicita a distribuição de kit gratuito do sinal digital às famílias carentes.</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1718/quirinopolis.go.leg.br_requerimento_13.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1718/quirinopolis.go.leg.br_requerimento_13.pdf</t>
   </si>
   <si>
     <t>“Solicita que oficie a pasta competente para que seja providenciada a retomada dos cursos profissionalizantes ministrados sob a supervisão da Secretaria de Promoção e Assistência Social.’’</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1721/quirinopolis.go.leg.br_requerimento_14.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1721/quirinopolis.go.leg.br_requerimento_14.pdf</t>
   </si>
   <si>
     <t>“Requerimento de construção de ponte sobre o córrego capela velha”</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1722/quirinopolis.go.leg.br_requerimento_15.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1722/quirinopolis.go.leg.br_requerimento_15.pdf</t>
   </si>
   <si>
     <t>“Requerimento de construção(reparo) de muro de arrimo no Lago Sol Poente”</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1723/quirinopolis.go.leg.br_requerimento_16.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1723/quirinopolis.go.leg.br_requerimento_16.pdf</t>
   </si>
   <si>
     <t>REQUER A RESTAURAÇÃO DA ESTRADA QUE DÁ ACESSO AO POVOADO GERALDO LEMOS – VIA VACA</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1724/quirinopolis.go.leg.br_requerimento_17.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1724/quirinopolis.go.leg.br_requerimento_17.pdf</t>
   </si>
   <si>
     <t>REQUER A INSTALAÇÃO DE SEMÁFOROS NO CRUZAMENTO DAS AVENIDAS SANTOS DUMONT E JOAQUIM TIMÓTEO DE PAULA</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1725/quirinopolis.go.leg.br_requerimento_18.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1725/quirinopolis.go.leg.br_requerimento_18.pdf</t>
   </si>
   <si>
     <t>“Solicita que verifique a possibilidade de averiguação em todos os bueiros e bocas de lobo de nossa cidade, afim de constatar onde há necessidade para posteriormente realizar instalação de grade protetora e tampa.’’</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1726/quirinopolis.go.leg.br_requerimento_19.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1726/quirinopolis.go.leg.br_requerimento_19.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado testagem ampliada da população de Quirinópolis contra o COVID 19.</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>PAULINHO DA USINA, WELINGTON FAUSTINO (Veredor afastado)</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1727/quirinopolis.go.leg.br_requerimento_20.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1727/quirinopolis.go.leg.br_requerimento_20.pdf</t>
   </si>
   <si>
     <t>Solicitamos a inclusão dos Profissionais da Educação no Plano de Vacinação Municipal do Covid 19.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1729/quirinopolis.go.leg.br_requerimento_21.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1729/quirinopolis.go.leg.br_requerimento_21.pdf</t>
   </si>
   <si>
     <t>“REQUER A TESTAGEM EM MASSA DA POPULAÇÃO DE QUIRINÓPOLIS PARA MAPEAR E ISOLAR OS DOENTES CONTAMINADOS PELO NOVO CORONA VÍRUS (SARS-COV-2)”.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1730/quirinopolis.go.leg.br_requerimento_22.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1730/quirinopolis.go.leg.br_requerimento_22.pdf</t>
   </si>
   <si>
     <t>“REQUER A MANUTENÇÃO E CONSERVAÇÃO DOS PARQUES INFANTIS INSTALADOS NAS PRAÇAS PÚBLICAS E UNIDADES ESCOLARES DO NOSSO MUNICIPIO”.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1731/quirinopolis.go.leg.br_requerimento_23.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1731/quirinopolis.go.leg.br_requerimento_23.pdf</t>
   </si>
   <si>
     <t>Solicita a divulgação do Boletim Epidemiológico Coronavírus impreterivelmente às 10h.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1732/quirinopolis.go.leg.br_requerimento_24.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1732/quirinopolis.go.leg.br_requerimento_24.pdf</t>
   </si>
   <si>
     <t>Solicita a colocação de placas de proibição de poluição sonora próximas das instituições de ensino, hospitais e casas de velório.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1733/quirinopolis.go.leg.br_requerimento_25.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1733/quirinopolis.go.leg.br_requerimento_25.pdf</t>
   </si>
   <si>
     <t>VIABILIDADE DE RETORNAR PARA VIA DE MÃO DUPLA O TRECHO DA RUA CAPELINHA ENTRE A AV BRASIL E   A AVENIDA  JOÃO FRATARI”</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1734/quirinopolis.go.leg.br_requerimento_26.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1734/quirinopolis.go.leg.br_requerimento_26.pdf</t>
   </si>
   <si>
     <t>REQUER A ADEQUAÇÃO E MELHORIA DA INFRA ESTRUTURA DO VIVEIRO DE MUDAS MUNICIPAL</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1735/quirinopolis.go.leg.br_requerimento_27.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1735/quirinopolis.go.leg.br_requerimento_27.pdf</t>
   </si>
   <si>
     <t>“Requer  um estudo da zona rural colocando em evidência as principais estradas que precisam ser recuperadas e outra que precisam de apenas manutenção, para posteriormente ver a viabilidade de realização de obras nesses locais.”</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1736/quirinopolis.go.leg.br_requerimento_28.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1736/quirinopolis.go.leg.br_requerimento_28.pdf</t>
   </si>
   <si>
     <t>“Requer  um estudo para implantação de via de ciclismo na Leocádio de Souza Reis e Avenida Paulino José dos Santos.”</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1737/quirinopolis.go.leg.br_requerimento_29.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1737/quirinopolis.go.leg.br_requerimento_29.pdf</t>
   </si>
   <si>
     <t>Requerimento de restauração do Cristo no trevo do município, cartão postal desta cidade</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1738/quirinopolis.go.leg.br_requerimento_30.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1738/quirinopolis.go.leg.br_requerimento_30.pdf</t>
   </si>
   <si>
     <t>“Implantação de academia ao ar livre nas escolas das regiões do Salgado, Castelo e Inhumas”</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1739/quirinopolis.go.leg.br_requerimento_31.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1739/quirinopolis.go.leg.br_requerimento_31.pdf</t>
   </si>
   <si>
     <t>Requerimento de revitalização (colocar letreiro com o nome do povoado, assim como existe em Quirinópolis-Go) do trevo/entrada do povoado de Denislópolis-GO(Tocozinho)</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1740/quirinopolis.go.leg.br_requerimento_32.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1740/quirinopolis.go.leg.br_requerimento_32.pdf</t>
   </si>
   <si>
     <t>“Concessão de Auxílio Emergencial em Quirinópolis de R$ 300,00 para às famílias em situação  de vulnerabilidade social”</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1741/quirinopolis.go.leg.br_requerimento_33.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1741/quirinopolis.go.leg.br_requerimento_33.pdf</t>
   </si>
   <si>
     <t>“Requer que seja oficiado ao Secretário de Obras Públicas e Urbanismo solicitando a implantação de semáforos em frente às escolas, hospitais e postinhos de saúde.”</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1742/quirinopolis.go.leg.br_requerimento_34.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1742/quirinopolis.go.leg.br_requerimento_34.pdf</t>
   </si>
   <si>
     <t>“Requer que seja oficiado ao SECOM a implantação de internet na UAS.”</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1743/quirinopolis.go.leg.br_requerimento_35.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1743/quirinopolis.go.leg.br_requerimento_35.pdf</t>
   </si>
   <si>
     <t>"Requer que seja viabilizada a manutenção e recuperação das estradas vicinais, em nosso município."</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1744/quirinopolis.go.leg.br_requerimento_36.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1744/quirinopolis.go.leg.br_requerimento_36.pdf</t>
   </si>
   <si>
     <t>REQUER A URGENTE REPOSIÇÃO DO ASSOALHO DE DUAS PONTES SOBRE O CÓRREGO GUARIROBAS</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1745/quirinopolis.go.leg.br_requerimento_37.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1745/quirinopolis.go.leg.br_requerimento_37.pdf</t>
   </si>
   <si>
     <t>“Solicita pronunciamento da Secretaria Municipal de Educação, Desporto e Lazer em relação a emissão pelo FNDE do caderno de legislação PNAE/2021 para adequações da Alimentação Escolar no ano letivo de 2021.’’</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1746/quirinopolis.go.leg.br_requerimento_38.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1746/quirinopolis.go.leg.br_requerimento_38.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado a contratação de um Engenheiro de Trânsito para a AMTS - Agência Municipal de Trânsito e Segurança.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1747/quirinopolis.go.leg.br_requerimento_39.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1747/quirinopolis.go.leg.br_requerimento_39.pdf</t>
   </si>
   <si>
     <t>Requer que seja destinada uma verba mensal e um médico veterinário a ONG Casa do Melhor Amigo.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1748/quirinopolis.go.leg.br_requerimento_40.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1748/quirinopolis.go.leg.br_requerimento_40.pdf</t>
   </si>
   <si>
     <t>“Requer que seja realizada a Reconstrução Asfáltica em toda extensão entre a rotatória da R. Jose Adolfo da Abadia com Av. João Fratari até o do trevo da saída para Caçu – parte do perímetro urbano da GO-206.</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1749/quirinopolis.go.leg.br_requerimento_41.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1749/quirinopolis.go.leg.br_requerimento_41.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado reposição das percas salariais em 5,45% dos servidores públicos do Município de Quirinópolis.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1750/quirinopolis.go.leg.br_requerimento_42.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1750/quirinopolis.go.leg.br_requerimento_42.pdf</t>
   </si>
   <si>
     <t>“SOLICITO A TRANSFORMAÇAO DA QUADRA DE TÊNIS  DO BOSQUE MUNICIPAL ANTONIO ROBERTO CHAVES  EM DUAS QUADRAS DE BEACH TENIS E A REFORMA DOS BANHEIROS PÚBLICOS”.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1751/quirinopolis.go.leg.br_requerimento_43.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1751/quirinopolis.go.leg.br_requerimento_43.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo junto com a superintendência de esporte a construção de uma quadra de basquete aberta no lago Sol poente</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1752/quirinopolis.go.leg.br_requerimento_44.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1752/quirinopolis.go.leg.br_requerimento_44.pdf</t>
   </si>
   <si>
     <t>Geriatra para atendimento no abrigo dos idosos</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1753/quirinopolis.go.leg.br_requerimento_45.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1753/quirinopolis.go.leg.br_requerimento_45.pdf</t>
   </si>
   <si>
     <t>Requerimento para construção de uma academia ao ar livre na praça JORDELINO BARBOSA GOULART, no povoado DENISLÓPOLIS-GO (Tocozinho)”</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1754/quirinopolis.go.leg.br_requerimento_46.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1754/quirinopolis.go.leg.br_requerimento_46.pdf</t>
   </si>
   <si>
     <t>Requer que seja implantado uma Tabela de horários para funcionamento para o campo sintético Manoel Guapa no Parque da liberdade bem como um horário destinado a pratica de esportes das crianças que moram próximas ao local.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1755/quirinopolis.go.leg.br_requerimento_47.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1755/quirinopolis.go.leg.br_requerimento_47.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado poda das arvores, troca de iluminação por lâmpadas de LED nas quadras do bosque, bem como aquisição de redes para as quadras.</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1756/quirinopolis.go.leg.br_requerimento_48.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1756/quirinopolis.go.leg.br_requerimento_48.pdf</t>
   </si>
   <si>
     <t>“Requer que seja realizado a construção de uma ponte na Região do córrego da cava funda (Fazenda Alegre).”</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1757/quirinopolis.go.leg.br_requerimento_49.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1757/quirinopolis.go.leg.br_requerimento_49.pdf</t>
   </si>
   <si>
     <t>Solicita a divulgação diária do Boletim Epidemiológico Coronavírus.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1758/quirinopolis.go.leg.br_requerimento_50.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1758/quirinopolis.go.leg.br_requerimento_50.pdf</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1759/quirinopolis.go.leg.br_requerimento_51.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1759/quirinopolis.go.leg.br_requerimento_51.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado a construção de uma creche que atenda o Bairro Tonico Bento onde possa atender demanda da população local e bairros adjacentes.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1760/quirinopolis.go.leg.br_requerimento_52.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1760/quirinopolis.go.leg.br_requerimento_52.pdf</t>
   </si>
   <si>
     <t>Requer que seja ajustado o calendário municipal ao feriado de carnaval.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1761/quirinopolis.go.leg.br_requerimento_53.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1761/quirinopolis.go.leg.br_requerimento_53.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito, informações sobre a concessão da revisão geral anual aos vencimentos dos servidores públicos municipais ativos e inativos.</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1762/quirinopolis.go.leg.br_requerimento_54.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1762/quirinopolis.go.leg.br_requerimento_54.pdf</t>
   </si>
   <si>
     <t>“Requer a analise para que sejam fixados lavatórios para higienização das mãos, em pontos estratégicos da cidade.”</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1763/quirinopolis.go.leg.br_requerimento_55.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1763/quirinopolis.go.leg.br_requerimento_55.pdf</t>
   </si>
   <si>
     <t>“Requer junto ao setor competente e especialmente a secretaria de meio ambiente e agricultura que seja realizado estudo para  viabilizar a implantação de um projeto que realize uma Horta Comunitária.”</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1765/quirinopolis.go.leg.br_requerimento_56.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1765/quirinopolis.go.leg.br_requerimento_56.pdf</t>
   </si>
   <si>
     <t>“Requer que seja tomada as providencias para a programação e aquisição da vacina contra COVID-19 para a população em geral.”</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1766/quirinopolis.go.leg.br_requerimento_57.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1766/quirinopolis.go.leg.br_requerimento_57.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA REALIZADO MELHORIAS VOLTADAS A BANDA MUNICIPAL 22 DE JANEIRO.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1767/quirinopolis.go.leg.br_requerimento_58.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1767/quirinopolis.go.leg.br_requerimento_58.pdf</t>
   </si>
   <si>
     <t>“Requerimento, para usar o duodécimo, em compras para vacina anti-covid, requerendo ainda que a prefeitura efetue a compra e repasse o gasto para esta casa de lei no valor do duodécimo</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>GUSTAVO MOURÃO, WELINGTON FAUSTINO (Veredor afastado)</t>
-[...2 lines deleted...]
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1768/quirinopolis.go.leg.br_requerimento_59.pdf</t>
+    <t>GUSTAVO MOURÃO (em memória), WELINGTON FAUSTINO (Veredor afastado)</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1768/quirinopolis.go.leg.br_requerimento_59.pdf</t>
   </si>
   <si>
     <t>Requer que seja intensificada a fiscalização relacionado a COVID 19 e outras  medidas de restrições para contenção da pandemia</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1780/quirinopolis.go.leg.br_requerimento_60_assinado.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1780/quirinopolis.go.leg.br_requerimento_60_assinado.pdf</t>
   </si>
   <si>
     <t>“Requer seja implantado uma faixa elevada para travessia de pedestres em frente a UEG”.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>CASSIM DA USINA, FERNANDO NOVAIS</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1781/quirinopolis.go.leg.br_requerimento_61.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1781/quirinopolis.go.leg.br_requerimento_61.pdf</t>
   </si>
   <si>
     <t>Solicita a capacitação da equipe de fiscalização da Covid-19.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1782/quirinopolis.go.leg.br_requerimento_62.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1782/quirinopolis.go.leg.br_requerimento_62.pdf</t>
   </si>
   <si>
     <t>Solicita a revitalização e implantação de academia ao ar livre na Praça da Vila Promissão.</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1783/quirinopolis.go.leg.br_requerimento_63_assinado.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1783/quirinopolis.go.leg.br_requerimento_63_assinado.pdf</t>
   </si>
   <si>
     <t>“Restauração da pista de caminhada do Eldorado Tênis Clube”</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1784/quirinopolis.go.leg.br_requerimento_64_assinado.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1784/quirinopolis.go.leg.br_requerimento_64_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que seja disponibilizado o cronograma de pagamento do salário dos servidores municipais.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1788/quirinopolis.go.leg.br_requerimento_65_assinado.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1788/quirinopolis.go.leg.br_requerimento_65_assinado.pdf</t>
   </si>
   <si>
     <t>” REQUER QUE O PROCON FISCALIZE A COBRANÇA DE VALORES EXTRAS EXECUTADOS PELAS EMPRESAS PARA MONTAGEM DE MÓVEIS E ELETRODOMÉSTICOS  DO  MUNICÍPIO”</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1791/quirinopolis.go.leg.br_requerimento_66_assinado.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1791/quirinopolis.go.leg.br_requerimento_66_assinado.pdf</t>
   </si>
   <si>
     <t>”SOLICITO  AO EXECUTIVO QUE DISPONIBILIZE UMA VIATURA PARA  O POVOADO DE DENISLÓPOLIS, PARA O PERÍODO NOTURNO, ENTRE O ÀS 20 E 23 HRS E CÂMERAS DE VIDEO MONITORAMENTO ”</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1793/quirinopolis.go.leg.br_requerimento_67.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1793/quirinopolis.go.leg.br_requerimento_67.pdf</t>
   </si>
   <si>
     <t>“Requer que seja oficiado ao Presidente da Câmara Municipal de Quirinópolis a compra do “termômetro Pistolinha” e testagens.”</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1794/quirinopolis.go.leg.br_requerimento_68_assinado.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1794/quirinopolis.go.leg.br_requerimento_68_assinado.pdf</t>
   </si>
   <si>
     <t>“Requer redutor de velocidade e sinalização na GO 164 no trevo do anel viário sentido Paranaiguara.”</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1798/quirinopolis.go.leg.br_requerimento_69.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1798/quirinopolis.go.leg.br_requerimento_69.pdf</t>
   </si>
   <si>
     <t>Implantação da Delegacia Especializada de Atendimento à Mulher (DEAM).</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1799/quirinopolis.go.leg.br_requerimento_70.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1799/quirinopolis.go.leg.br_requerimento_70.pdf</t>
   </si>
   <si>
     <t>Solicita a implantação de redutor de altura nos trevos de entradas do município de Quirinópolis.</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1800/quirinopolis.go.leg.br_requerimento_71.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1800/quirinopolis.go.leg.br_requerimento_71.pdf</t>
   </si>
   <si>
     <t>"Solicitando que determine imediatamente a continuidade das seguintes obras públicas."</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1804/quirinopolis.go.leg.br_requerimento_72.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1804/quirinopolis.go.leg.br_requerimento_72.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado a contratação de um Neurologista Clinico para o Hospital Municipal Antônio Martins da Costa de Quirinópolis.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1805/quirinopolis.go.leg.br_requerimento_73.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1805/quirinopolis.go.leg.br_requerimento_73.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado a contratação de um Cirurgião Vascular para o Hospital Municipal Antônio Martins da Costa e para a UAS.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1808/quirinopolis.go.leg.br_requerimento_74.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1808/quirinopolis.go.leg.br_requerimento_74.pdf</t>
   </si>
   <si>
     <t>“REQUER A CONSTRUÇÃO DE UMA ROTATÓRIA NO CRUZAMENTO DAS AVENIDAS DOM PEDRO I E FREDERICO ARMANDO DA SILVA”.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1810/quirinopolis.go.leg.br_requerimento_75.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1810/quirinopolis.go.leg.br_requerimento_75.pdf</t>
   </si>
   <si>
     <t>“Requer seja implantado redutor eletrônico de velocidade e sinalização na Avenida Brasil”.</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1811/quirinopolis.go.leg.br_requerimento_76.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1811/quirinopolis.go.leg.br_requerimento_76.pdf</t>
   </si>
   <si>
     <t>“RESTAURAÇÃO DO ESTÁDIO OLÍMPICO BICHINHO VIEIRA E CONSTRUÇÃO DE PRAÇA COM PISTA, ACADEMIA E QUADRA”</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1812/quirinopolis.go.leg.br_requerimento_77.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1812/quirinopolis.go.leg.br_requerimento_77.pdf</t>
   </si>
   <si>
     <t>“REQUER LEI DE CRIAÇÃO MEMORIAL AOS PIONEIROS DO SUDOESTE GOIANO.”</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1813/quirinopolis.go.leg.br_requerimento_78.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1813/quirinopolis.go.leg.br_requerimento_78.pdf</t>
   </si>
   <si>
     <t>“Requer o pagamento correto do PISO salarial, dos Agentes de Saúde, ACE E ACS.”</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1814/quirinopolis.go.leg.br_requerimento_79.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1814/quirinopolis.go.leg.br_requerimento_79.pdf</t>
   </si>
   <si>
     <t>‘’Revitalização da estrada de acesso aos Ranchos região Cachaçamba’’</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1815/quirinopolis.go.leg.br_requerimento_80.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1815/quirinopolis.go.leg.br_requerimento_80.pdf</t>
   </si>
   <si>
     <t>‘’Gratificação aos funcionários da saúde que estão na linha de frente ao COVID’’.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1818/quirinopolis.go.leg.br_requerimento_081.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1818/quirinopolis.go.leg.br_requerimento_081.pdf</t>
   </si>
   <si>
     <t>“Solicita que verifique a possibilidade de manutenção do asfalto da Avenida Febronio Arruda, avenida que da acesso aos  bairros Alphaville, Sodino Vieira, Jardim Progresso e Paraiso.”</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1819/quirinopolis.go.leg.br_requerimento_82.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1819/quirinopolis.go.leg.br_requerimento_82.pdf</t>
   </si>
   <si>
     <t>“Solicita a realização de um estudo para que seja feito o Asfalto na Rua Onicio Resende e Rua 12, bairro Alexandrina.”</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1822/quirinopolis.go.leg.br_requerimento_83.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1822/quirinopolis.go.leg.br_requerimento_83.pdf</t>
   </si>
   <si>
     <t>Prorrogação do prazo para pagamento do IPTU/ITU 2021 com desconto de 20% até dia 30/06.</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1824/quirinopolis.go.leg.br_requerimento_84.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1824/quirinopolis.go.leg.br_requerimento_84.pdf</t>
   </si>
   <si>
     <t>”CONCESSÃO DE BOLSA UNIVERSITÁRIA MUNICIPAL”</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1825/quirinopolis.go.leg.br_requerimento_85.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1825/quirinopolis.go.leg.br_requerimento_85.pdf</t>
   </si>
   <si>
     <t>Requer que seja construído uma via de acesso dando continuidade a Avenida Jose Quintiliano Leão até ao acesso do bairro portal do lago.”</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1826/quirinopolis.go.leg.br_requerimento_86.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1826/quirinopolis.go.leg.br_requerimento_86.pdf</t>
   </si>
   <si>
     <t>“Solicita que verifique a possibilidade que seja feita uma calçada ecológica no canteiro central da Avenida Santos Dumont.”</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1830/quirinopolis.go.leg.br_requerimento_87.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1830/quirinopolis.go.leg.br_requerimento_87.pdf</t>
   </si>
   <si>
     <t>“Requer que seja oficiado ao Secretário de Saúde para que seja feito a vacinação dos atendentes de farmácia.”</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1831/quirinopolis.go.leg.br_requerimento_88.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1831/quirinopolis.go.leg.br_requerimento_88.pdf</t>
   </si>
   <si>
     <t>Solicita implantação de um Programa Social de Ajuda para os empresários prejudicados pelo fechamento e pela Lei Seca e distribuição de cestas básicas para os colaboradores desses estabelecimentos.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1832/quirinopolis.go.leg.br_requerimento_89.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1832/quirinopolis.go.leg.br_requerimento_89.pdf</t>
   </si>
   <si>
     <t>“Solicita que verifique a possibilidade de instalação de internet no TERMINAL DO TRABALHADOR, que fica localizado na Avenida Leocádio de Souza Réis.”</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1833/quirinopolis.go.leg.br_requerimento_90.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1833/quirinopolis.go.leg.br_requerimento_90.pdf</t>
   </si>
   <si>
     <t>“VACINAÇÃO PARA OS PROFISSIONAIS  DA SEGURANÇA PÚBLICA”</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1841/quirinopolis.go.leg.br_requerimento_91.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1841/quirinopolis.go.leg.br_requerimento_91.pdf</t>
   </si>
   <si>
     <t>Requer visita periódica de controle epidemiológico e um agente de saúde exclusivo para o povoado Geraldo Lemos.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1842/quirinopolis.go.leg.br_requerimento_92.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1842/quirinopolis.go.leg.br_requerimento_92.pdf</t>
   </si>
   <si>
     <t>“VACINAÇÃO PARA OS PROFISSIONAIS DA LIMPEZA PÚBLICA, SERVIÇOS FUNERÁRIOS, TAXISTAS,  MOTORISTAS DE APLICATIVOS E MOTO TAXISTAS ”</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1843/quirinopolis.go.leg.br_requerimento_93.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1843/quirinopolis.go.leg.br_requerimento_93.pdf</t>
   </si>
   <si>
     <t>“Solicita que verifique a possibilidade que seja destinadas a entidade Comunidade Terapêutica "Meu Alvo é Cristo, entidades de fins e atividades sociais de cuidado a vidas, requer a destinação de: 20 camas beliche; 40 carteiras escolares; 1 bebedor de água; 2 armários de aço; 5 mesas de escritório; 4 prateleiras de madeira; 5 refletores e 20 braços de iluminação.”</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1844/quirinopolis.go.leg.br_requerimento_94.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1844/quirinopolis.go.leg.br_requerimento_94.pdf</t>
   </si>
   <si>
     <t>“Solicita que verifique a possibilidade de alteração do nome da Rua 10 do Bairro Jardim Vitória para Rua  Pastor Cezar Zaltran.”</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1845/quirinopolis.go.leg.br_requerimento_95.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1845/quirinopolis.go.leg.br_requerimento_95.pdf</t>
   </si>
   <si>
     <t>Requer que seja confeccionado uma faixa de pedestre na Avenida Brasil em frente à Igreja Nova Matriz em Quirinópolis.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1846/quirinopolis.go.leg.br_requerimento_96.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1846/quirinopolis.go.leg.br_requerimento_96.pdf</t>
   </si>
   <si>
     <t>”SOLICITA  AO EXECUTIVO A PAVIMENTAÇÃO DO POLO  EMPRESÁRIAL  SUCROENERGÉRTICO”</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1847/quirinopolis.go.leg.br_requerimento_97.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1847/quirinopolis.go.leg.br_requerimento_97.pdf</t>
   </si>
   <si>
     <t>Requer que seja comprado/disponibilizado  mobiliário novo para a Sala de Velório Municipal de Quirinópolis.</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1849/quirinopolis.go.leg.br_requerimento_98.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1849/quirinopolis.go.leg.br_requerimento_98.pdf</t>
   </si>
   <si>
     <t>“Requer a GOINFRA que seja realizado um estudo de viabilidade técnica para a construção de acostamento ou ciclovia, na GO 319 entre o trevo do povoado de Denislopolis “Tocozinho”,como também na GO 206 entre o trevo da cidade de Quirinópolis ao trevo da cidade de Gouvelândia.”</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1853/quirinopolis.go.leg.br_requerimento_99.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1853/quirinopolis.go.leg.br_requerimento_99.pdf</t>
   </si>
   <si>
     <t>“Requer que seja realizado a iluminação do trevo principal da cidade de Quirinópolis.”</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1855/quirinopolis.go.leg.br_requerimento_100.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1855/quirinopolis.go.leg.br_requerimento_100.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado  faixas de Pedestres em frente ao Hiper Forte na Avenida Santos Dumont e na via lateral rua Quirino Cândido de Morais.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1856/quirinopolis.go.leg.br_requerimento_101.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1856/quirinopolis.go.leg.br_requerimento_101.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado uma faixa de Pedestre em frente o Centro Comunitário Dona Margarida e outras providências.</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1857/quirinopolis.go.leg.br_requerimento_102.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1857/quirinopolis.go.leg.br_requerimento_102.pdf</t>
   </si>
   <si>
     <t>”SOLICITO AO   EXECUTIVO A  IMPLANTAÇÃO DE UM RESTAURANTE  DO CIDADÃO NO MUNICÍPIO DE QUIRINÓPOLIS ”</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1859/quirinopolis.go.leg.br_requerimento_103.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1859/quirinopolis.go.leg.br_requerimento_103.pdf</t>
   </si>
   <si>
     <t>”SOLICITO   A CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE EM FRENTE AO CMEI MARCOS MAGALHÃES SITUADO NA RUA 8 N/12 DO CONJUNTO RIO PRETO. ”</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1860/quirinopolis.go.leg.br_requerimento_104.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1860/quirinopolis.go.leg.br_requerimento_104.pdf</t>
   </si>
   <si>
     <t>Solicita do Prefeito Municipal que dentro das possibilidades INCLUA como prioritários na Campanha Municipal de Vacinação contra a Covid-19 os profissionais da limpeza pública e coleta do lixo pesado e os coveiros;</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1863/quirinopolis.go.leg.br_requerimento_105.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1863/quirinopolis.go.leg.br_requerimento_105.pdf</t>
   </si>
   <si>
     <t>Requer a Secretária de Saúde e Secretaria de Educação, que seja feito estudo para implantação de um projeto sobre o diagnóstico e tratamento de crianças com Dislexia e Transtorno de Déficit de atenção e Hiperatividade (TDAH), nas escolas municipais assim que houver o retorno das aulas presenciais.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1864/quirinopolis.go.leg.br_requerimento_106.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1864/quirinopolis.go.leg.br_requerimento_106.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a obrigatoriedade de apresentação de Projeto de Arborização Urbana nos novos empreendimentos habitacionais financiados com recursos públicos ou privados, no âmbito do Município ."</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1865/quirinopolis.go.leg.br_requerimento_107.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1865/quirinopolis.go.leg.br_requerimento_107.pdf</t>
   </si>
   <si>
     <t>Programa de apoio psicológico às vítimas da COVID-19.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1866/quirinopolis.go.leg.br_requerimento_108.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1866/quirinopolis.go.leg.br_requerimento_108.pdf</t>
   </si>
   <si>
     <t>“Vedação dos pontos de perigo do Córrego do Cruzeiro no perímetro urbano”</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1868/quirinopolis.go.leg.br_requerimento_109.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1868/quirinopolis.go.leg.br_requerimento_109.pdf</t>
   </si>
   <si>
     <t>Requerimento de viabilização de um poste de iluminação pública na ilha de cruzamento entre a av. dá saudade e rua do contorno</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1869/quirinopolis.go.leg.br_requerimento_110.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1869/quirinopolis.go.leg.br_requerimento_110.pdf</t>
   </si>
   <si>
     <t>”SOLICITO  AO EXECUTIVO QUE VIABILIZE A IMPLANTAÇÃO DE UMA FAIXA DE PEDESTRE EM FRENTE A NOVA SALA DE VELÓRIO PAX LIDER, SITUADA À RUA MARIA ABADIA DE SOUZA S/N BAIRRO  HELIO LEÃO III  ”</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1872/quirinopolis.go.leg.br_requerimento_111.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1872/quirinopolis.go.leg.br_requerimento_111.pdf</t>
   </si>
   <si>
     <t>Implantação de CicloFaixa na Av. Brasil do Parque da Liberdade até o Lago Sol Poente.</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1874/quirinopolis.go.leg.br_requerimento_112.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1874/quirinopolis.go.leg.br_requerimento_112.pdf</t>
   </si>
   <si>
     <t>”SOLICITO UM PROJETO DE IMPLANTAÇÃO DE ENERGIA SOLAR NO POVOADO DE DENISLÓPOLIS   ”</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1876/quirinopolis.go.leg.br_requerimento_113.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1876/quirinopolis.go.leg.br_requerimento_113.pdf</t>
   </si>
   <si>
     <t>Solicita a revitalização e implantação de academia ao ar livre na Praça do Portal do Lago.</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>FERNANDO NOVAIS, CASSIM DA USINA, PAULINHO DA USINA</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1877/quirinopolis.go.leg.br_requerimento_114.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1877/quirinopolis.go.leg.br_requerimento_114.pdf</t>
   </si>
   <si>
     <t>Implantação de passeio para os pedestres na Av. da Saudade no trecho entre a Casa de Velório até o Lago Sol Poente.</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1878/quirinopolis.go.leg.br_requerimento_115.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1878/quirinopolis.go.leg.br_requerimento_115.pdf</t>
   </si>
   <si>
     <t>“Requer a implantação de um quebra mola na rua Gaspar Dutra – Morada Nova.”</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1879/quirinopolis.go.leg.br_requerimento_116.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1879/quirinopolis.go.leg.br_requerimento_116.pdf</t>
   </si>
   <si>
     <t>Requer construção de uma ponte sobre córrego bálsamo na região das perdizes.</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1880/quirinopolis.go.leg.br_requerimento_117.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1880/quirinopolis.go.leg.br_requerimento_117.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado junto a Prefeitura Municipal prioridade aos pacientes de Câncer e outras comorbidades na vacinação do COVID 19 em Quirinópolis</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1881/quirinopolis.go.leg.br_requerimento_118.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1881/quirinopolis.go.leg.br_requerimento_118.pdf</t>
   </si>
   <si>
     <t>“Solicita que verifique a possibilidade da construção de calçadas comunitárias e a manutenção do asfalto da Avenida Paulino José dos Santos.”</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1882/quirinopolis.go.leg.br_requerimento_119.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1882/quirinopolis.go.leg.br_requerimento_119.pdf</t>
   </si>
   <si>
     <t>“Solicita que verifique a possibilidade para que seja feita a roçagem nas laterais de toda Avenida Paulino Jose Dos Santos e um estudo sobre a construção de um redutor de velocidade na Avenida citada.”</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1888/quirinopolis.go.leg.br_requerimento_120.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1888/quirinopolis.go.leg.br_requerimento_120.pdf</t>
   </si>
   <si>
     <t>SOLICITO  AO EXECUTIVO QUE ”VIABILIZE A RECAPEAÇÃO ASFÁLTICA, REFORMA E ARBORIZAÇÃO DO CANTEIRO CENTRAL DA AVENIDA LEOCÁDIO DE SOUZA RÉIS  ”</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1889/quirinopolis.go.leg.br_requerimento_121.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1889/quirinopolis.go.leg.br_requerimento_121.pdf</t>
   </si>
   <si>
     <t>Requerimento de viabilização de uma faixa de pedestre na altura do n°. 328 na avenida brasil, centro, nesta</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1890/quirinopolis.go.leg.br_requerimento_122.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1890/quirinopolis.go.leg.br_requerimento_122.pdf</t>
   </si>
   <si>
     <t>“Projeto de Lei Complementar para aumentar o valor para quem pode ser beneficiado com a isenção do IPTU (Imposto Predial e Territorial Urbano) para os idosos e os portadores de doenças consideradas graves como o câncer, aids e pessoas com sequelas da Covid"</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1891/quirinopolis.go.leg.br_requerimento_123.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1891/quirinopolis.go.leg.br_requerimento_123.pdf</t>
   </si>
   <si>
     <t>“Requer à Secretária Municipal de Educação, a criação de “Concurso de Matemática e Raciocínio Lógico” para alunos do 5º Ano do ensino fundamental das escolas públicas do município."</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1892/quirinopolis.go.leg.br_requerimento_124.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1892/quirinopolis.go.leg.br_requerimento_124.pdf</t>
   </si>
   <si>
     <t>“Requer revitalização do parque da liberdade.”</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1894/quirinopolis.go.leg.br_requerimento_125.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1894/quirinopolis.go.leg.br_requerimento_125.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado 03 (três) redutores de velocidade na Avenida Benedito Silvério e outras providências.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1895/quirinopolis.go.leg.br_requerimento_126.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1895/quirinopolis.go.leg.br_requerimento_126.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado o estudo para implantação de Mão Única na Rua UM e na Travessa 02 do Bairro Onicio Resende e outras providências.</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1897/quirinopolis.go.leg.br_requerimento_127.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1897/quirinopolis.go.leg.br_requerimento_127.pdf</t>
   </si>
   <si>
     <t>“Requer a reforma da UBS XI Sebastiana Pascoal – Praça do Peru.”</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1898/quirinopolis.go.leg.br_requerimento_128.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1898/quirinopolis.go.leg.br_requerimento_128.pdf</t>
   </si>
   <si>
     <t>“Requer a instalação de uma ponte sobre o córrego Jacaré”.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1899/quirinopolis.go.leg.br_requerimento_129.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1899/quirinopolis.go.leg.br_requerimento_129.pdf</t>
   </si>
   <si>
     <t>Implantação de sistema de vedação entre as camas na UCI e assistência psicológica permanente para os pacientes da ala exclusiva para a Covid-19 no HMQ.</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1900/quirinopolis.go.leg.br_requerimento_130.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1900/quirinopolis.go.leg.br_requerimento_130.pdf</t>
   </si>
   <si>
     <t>Instalação de postos de higienização na capela do cemitério Santo Agostinho e a restauração da placa com os 10 Mandamentos na entrada do local.</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1901/quirinopolis.go.leg.br_requerimento_131.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1901/quirinopolis.go.leg.br_requerimento_131.pdf</t>
   </si>
   <si>
     <t>“Disponibilidade de 04 rotas de ônibus públicos municipais para fazer o transporte gratuito do moradores dos bairros ao centro da cidade 04 vezes ao dia”</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1902/quirinopolis.go.leg.br_requerimento_132.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1902/quirinopolis.go.leg.br_requerimento_132.pdf</t>
   </si>
   <si>
     <t>“Centralização da Farmácia do Cidadão”</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1903/quirinopolis.go.leg.br_requerimento_133.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1903/quirinopolis.go.leg.br_requerimento_133.pdf</t>
   </si>
   <si>
     <t>“Requerimento para construção de uma padaria comunitária com baixo valor para a população menos afortunada (carente) ”</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1904/quirinopolis.go.leg.br_requerimento_134.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1904/quirinopolis.go.leg.br_requerimento_134.pdf</t>
   </si>
   <si>
     <t>“Requerimento para construção de um restaurante comunitário com baixo valor para a população menos afortunada (carente) ”</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1907/quirinopolis.go.leg.br_requerimen_135.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1907/quirinopolis.go.leg.br_requerimen_135.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado a ampliação ou construção de um novo cemitério municipal em Quirinópolis e outras providencias.</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1908/quirinopolis.go.leg.br_requerimento_136.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1908/quirinopolis.go.leg.br_requerimento_136.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizada a remarcação/marcação da rotatório entre a Rua Adolfo Jose da Abadia com Av. João Fratari e o perímetro urbano da GO-206 próximo ao Ferro Velho do Nilson</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1909/quirinopolis.go.leg.br_requerimento_137.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1909/quirinopolis.go.leg.br_requerimento_137.pdf</t>
   </si>
   <si>
     <t>“Requer que seja realizado estudo técnico no sentindo de promover a sinalização de estacionamento em torno da Câmara Municipal de Quirinópolis.”</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1910/quirinopolis.go.leg.br_requerimento_138.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1910/quirinopolis.go.leg.br_requerimento_138.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado a contratação de um Nutricionista para a UAS de Quirinópolis.</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1911/quirinopolis.go.leg.br_requerimento_139.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1911/quirinopolis.go.leg.br_requerimento_139.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado a contratação de um Psicólogo para o Hospital Municipal Antônio Martins da Costa de Quirinópolis.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1917/quirinopolis.go.leg.br_requerimento_140.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1917/quirinopolis.go.leg.br_requerimento_140.pdf</t>
   </si>
   <si>
     <t>“Requer que oficie-se o secretario de obra e urbanismo para que tome a providencias para realizar manutenção e melhoria da estradas rurais da região da Serra Negra.”</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1918/quirinopolis.go.leg.br_requerimento_141.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1918/quirinopolis.go.leg.br_requerimento_141.pdf</t>
   </si>
   <si>
     <t>“Requer que oficie-se o secretario de obra e urbanismo para que tome a providencias para realizar manutenção e melhoria da estradas rurais da região do Rosa.”</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1921/quirinopolis.go.leg.br_requerimento_142.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1921/quirinopolis.go.leg.br_requerimento_142.pdf</t>
   </si>
   <si>
     <t>“Aquisição de um caminhão para atender os produtores rurais”</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1922/quirinopolis.go.leg.br_requerimento_143.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1922/quirinopolis.go.leg.br_requerimento_143.pdf</t>
   </si>
   <si>
     <t>“REQUER QUE REALIZE ESTUDO    PARA DESAFETAÇÃO DA QUADRA 30, DA   RUA DR. OLAVO DE RESENDE, NO BAIRRO ONÍCIO RESENDE” :</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1927/quirinopolis.go.leg.br_requerimento_144.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1927/quirinopolis.go.leg.br_requerimento_144.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado a sinalização horizontal no cruzamento da Avenida Joaquim Timóteo de Paula com a Av. Santos Dumont em frente ao Lanche do Diego.</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1928/quirinopolis.go.leg.br_requerimento_145.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1928/quirinopolis.go.leg.br_requerimento_145.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizada a remarcação/marcação da rotatório da Ilha entre a Av. Sumaré com Av. Garibaldi Teixeira e Av. Leocádio de Souza Reis em frente ao Auto Posto União.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1932/quirinopolis.go.leg.br_requerimento_146.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1932/quirinopolis.go.leg.br_requerimento_146.pdf</t>
   </si>
   <si>
     <t>“Requer que oficie-se o secretario do transporte para que tome a providencias para realizar manutenção e melhoria da estradas rurais da região do Rosa.”</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1933/quirinopolis.go.leg.br_requerimento_147.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1933/quirinopolis.go.leg.br_requerimento_147.pdf</t>
   </si>
   <si>
     <t>“Requer que oficie-se o secretario do transporte para que tome a providencias para realizar manutenção e melhoria da estradas rurais da região da Serra Negra”</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1934/quirinopolis.go.leg.br_requerimento_148.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1934/quirinopolis.go.leg.br_requerimento_148.pdf</t>
   </si>
   <si>
     <t>“Solicita, ao Senhor Prefeito, informações sobre a ampliação do Cemitério Público Municipal Santo Agostinho e a cobrança de taxas para sepultamentos. ”</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1935/quirinopolis.go.leg.br_requerimento_149.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1935/quirinopolis.go.leg.br_requerimento_149.pdf</t>
   </si>
   <si>
     <t>“Requer reparos e a manutenção dos banheiros públicos da Praça do Terminal Rodoviário e a intensificação da segurança que tem sido alvo de reclamações dos comerciantes e usuários daquele local. ”</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1936/quirinopolis.go.leg.br_requerimento_150.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1936/quirinopolis.go.leg.br_requerimento_150.pdf</t>
   </si>
   <si>
     <t>“Requer a contratação de profissionais da área da saúde para a enfermaria e UCI do Hospital Municipal Antonio Martins da Costa.”</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1937/quirinopolis.go.leg.br_requerimento_151.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1937/quirinopolis.go.leg.br_requerimento_151.pdf</t>
   </si>
   <si>
     <t>“REQUER A INSTALAÇÃO E DISPONIBILIZAÇÃO SEM CUSTO DE INTERNET NO MERCADO MUNICIPAL DONA PETRONÍLIA”.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1938/quirinopolis.go.leg.br_requerimento_152.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1938/quirinopolis.go.leg.br_requerimento_152.pdf</t>
   </si>
   <si>
     <t>”SOLICITO AO EXECUTIVO A CONSTRUÇÃO DE BANHEIRO   FEMININO E  MASCULINO E CONSTRUÇÃO DA SEDE  DA  BANDA MUNICÍPAL  NA   PRAÇA  JACINTO HONÓRIO”.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1939/quirinopolis.go.leg.br_requerimento_153.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1939/quirinopolis.go.leg.br_requerimento_153.pdf</t>
   </si>
   <si>
     <t>“Solicita que seja providenciado a manutenção e melhoria das estradas rurais da Região do Salgado.’’</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1952/quirinopolis.go.leg.br_requerimento_154.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1952/quirinopolis.go.leg.br_requerimento_154.pdf</t>
   </si>
   <si>
     <t>“Requer a instalação de faixa de pedestre em frente a Escola Municipal Canaã e também em frente ao Centro Tecnológico Paula Pasquali.”</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1953/quirinopolis.go.leg.br_requerimento_155.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1953/quirinopolis.go.leg.br_requerimento_155.pdf</t>
   </si>
   <si>
     <t>“Requer que oficie-se o secretario de transporte para que tome a providencias para realizar manutenção e melhoria das estradas rurais da região da Inhumas.”</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1954/quirinopolis.go.leg.br_requerimento_156.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1954/quirinopolis.go.leg.br_requerimento_156.pdf</t>
   </si>
   <si>
     <t>“Requer que oficie-se o secretario de transporte para que tome a providencias para realizar manutenção e melhoria das estradas rurais da região da Sete Lagoas.”</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1955/quirinopolis.go.leg.br_requerimento_157.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1955/quirinopolis.go.leg.br_requerimento_157.pdf</t>
   </si>
   <si>
     <t>“Requerimento de locação de imóvel urbano pelo período de 2 anos para que a empresa Radiex se estabeleça neste município”</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1956/quirinopolis.go.leg.br_requerimento_158.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1956/quirinopolis.go.leg.br_requerimento_158.pdf</t>
   </si>
   <si>
     <t>“Requerimento para a construção de uma CASA DE APOIO para o povoado de Denislópolis (Tocozinho), povoado do Geraldo lemes, inhumas, pedra lisa e demais pessoas carentes residentes na zona rural deste município”</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1957/quirinopolis.go.leg.br_requerimento_159.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1957/quirinopolis.go.leg.br_requerimento_159.pdf</t>
   </si>
   <si>
     <t>“Requer que seja cumprido o estabelecido na Lei 14.151/21 que garante à funcionária pública gestante o afastamento do trabalho presencial durante o período da Pandemia do COVID-19.</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1958/quirinopolis.go.leg.br_requerimento_160.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1958/quirinopolis.go.leg.br_requerimento_160.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PRAÇA COM PISTA, ACADEMIA E QUADRA POLIESPORTIVA NO ESTÁDIO BICHINHO VIEIRA.</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1962/quirinopolis.go.leg.br_requerimento_161.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1962/quirinopolis.go.leg.br_requerimento_161.pdf</t>
   </si>
   <si>
     <t>“Requer que seja encaminhado ao secretário obras e urbanismo o recapeamento da via Leocádio de Souza reis na altura da antiga Cotrol até o Cristo.”</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1963/quirinopolis.go.leg.br_requerimento_162.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1963/quirinopolis.go.leg.br_requerimento_162.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizada a Reconstrução Asfáltica em torno da rotatória entre a Av. São Francisco e Av. Olavo Resende no Bairro Onicio Rezende.</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1968/quirinopolis.go.leg.br_requerimento_163.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1968/quirinopolis.go.leg.br_requerimento_163.pdf</t>
   </si>
   <si>
     <t>“Requer que seja encaminhado a Agência Municipal de Trânsito e Segurança – AMTS de Quirinópolis, a solicitação de um estudo para a montagem de uma lombofaixa em frente  a Faculdade UEG, na Avenida Brasil.”</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1969/quirinopolis.go.leg.br_requerimento_164.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1969/quirinopolis.go.leg.br_requerimento_164.pdf</t>
   </si>
   <si>
     <t>“Requer que seja encaminhado a Agência Municipal de Trânsito e Segurança – AMTS  de Quirinópolis, a solicitação de um estudo para a montagem de uma  lombofaixa em frente o Templo da Igreja Assembléia de Deus, na Avenida Garibalde Texeira.”</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1970/quirinopolis.go.leg.br_requerimento_165.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1970/quirinopolis.go.leg.br_requerimento_165.pdf</t>
   </si>
   <si>
     <t>“Requer a instalação de faixa de pedestre em frente ao Colégio Estadual da Polícia Militar de Goias Dr. Pedro Ludovico.”</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1973/quirinopolis.go.leg.br_requerimento_166.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1973/quirinopolis.go.leg.br_requerimento_166.pdf</t>
   </si>
   <si>
     <t>“Contratação de 01 médico psiquiatra e mais 01 psicólogo para atender na rede municipal de Saúde”</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1978/quirinopolis.go.leg.br_requerimento_167.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1978/quirinopolis.go.leg.br_requerimento_167.pdf</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1979/quirinopolis.go.leg.br_requerimento_168.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1979/quirinopolis.go.leg.br_requerimento_168.pdf</t>
   </si>
   <si>
     <t>“Contratação de 01 cirurgião bariátrico e metabólico para atender na rede municipal de Saúde”</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1980/quirinopolis.go.leg.br_requerimento_169.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1980/quirinopolis.go.leg.br_requerimento_169.pdf</t>
   </si>
   <si>
     <t>Conclusão da pavimentação asfáltica do Polo Empresarial Sucroenergético.</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1981/quirinopolis.go.leg.br_requerimento_170.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1981/quirinopolis.go.leg.br_requerimento_170.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizada a Revitalização da pista de Caminhada e Cooper do Lago Sol Poente.</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1982/quirinopolis.go.leg.br_requerimento_171.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1982/quirinopolis.go.leg.br_requerimento_171.pdf</t>
   </si>
   <si>
     <t>“SOLICITO  AO EXECUTIVO A REFORMA DA EXTENSÃO DA ANTIGA BRIGADA MIRIM ANEXO DA ESCOLA  MUNICÍPAL         DR. ATHAYDES FREITAS SILVEIRA”</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1983/quirinopolis.go.leg.br_requerimento_172.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1983/quirinopolis.go.leg.br_requerimento_172.pdf</t>
   </si>
   <si>
     <t>“Requerimento de pintura de sinalização nos quebra-molas desta, em especial nos da Av. Santos Dumont”</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1984/quirinopolis.go.leg.br_requerimento_173.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1984/quirinopolis.go.leg.br_requerimento_173.pdf</t>
   </si>
   <si>
     <t>“Requerimento para a construção de uma Sub- prefeitura nos povoados de Denislópolis e Geraldo Lemes ”</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1985/quirinopolis.go.leg.br_requerimento_174.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1985/quirinopolis.go.leg.br_requerimento_174.pdf</t>
   </si>
   <si>
     <t>“Solicita redutor de velocidade em logradouro público.’’</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1989/quirinopolis.go.leg.br_requerimento_175.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1989/quirinopolis.go.leg.br_requerimento_175.pdf</t>
   </si>
   <si>
     <t>"Solicito que informe sobre o funcionamento da Junta Administrativa de Recursos de Infrações – JARI."</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1990/quirinopolis.go.leg.br_requerimento_176.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1990/quirinopolis.go.leg.br_requerimento_176.pdf</t>
   </si>
   <si>
     <t>"Solicita cronograma de protocolo de Notas Fiscais tanto como um para pagamento dos fornecedores e prestadores de serviços do Poder Executivo".</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1991/quirinopolis.go.leg.br_requerimento_177.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1991/quirinopolis.go.leg.br_requerimento_177.pdf</t>
   </si>
   <si>
     <t>“Requer que seja realizado estudo sobre a possibilidade de regularização da area de assentamento do prolongamento da Avenida  Paulino José dos Santos.”</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1992/quirinopolis.go.leg.br_requerimento_178.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1992/quirinopolis.go.leg.br_requerimento_178.pdf</t>
   </si>
   <si>
     <t>“Requer a implantação de uma Unidade Básica de Saúde na região do Geraldo Lemos.”</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1993/quirinopolis.go.leg.br_requerimento_179.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1993/quirinopolis.go.leg.br_requerimento_179.pdf</t>
   </si>
   <si>
     <t>“REQUER QUE REALIZE ESTUDO    PARA DESAFETAÇÃO DAS QUADRAS 11 E 12 DO BAIRRO JARDIM VITÓRIA”</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1994/quirinopolis.go.leg.br_requerimento_180.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1994/quirinopolis.go.leg.br_requerimento_180.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO AQUISIÇÃO DE UMA  PAVER MAQUINA DE FAZER CALÇADAS.”</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1995/quirinopolis.go.leg.br_requerimento_181.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1995/quirinopolis.go.leg.br_requerimento_181.pdf</t>
   </si>
   <si>
     <t>Reforma da UBS XI Sebastiana Pascoal.</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1996/quirinopolis.go.leg.br_requerimento_182.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1996/quirinopolis.go.leg.br_requerimento_182.pdf</t>
   </si>
   <si>
     <t>“Solicita reparos na pavimentação asfáltica.’’</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1997/quirinopolis.go.leg.br_requerimento_183.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1997/quirinopolis.go.leg.br_requerimento_183.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado a sinalização horizontal nas Ruas e Avenidas do Jardim Vitoria.</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1998/quirinopolis.go.leg.br_requerimento_184.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1998/quirinopolis.go.leg.br_requerimento_184.pdf</t>
   </si>
   <si>
     <t>Requer que seja reparado/refeito o Muro de Arrimo do Lago Sol Poente.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1999/quirinopolis.go.leg.br_requerimento_185.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1999/quirinopolis.go.leg.br_requerimento_185.pdf</t>
   </si>
   <si>
     <t>Requer melhorias para o povoado Geraldo Lemos</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2001/quirinopolis.go.leg.br_requerimento_186.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2001/quirinopolis.go.leg.br_requerimento_186.pdf</t>
   </si>
   <si>
     <t>‘Inclusão das lactantes como grupo prioritário na fase de vacinação da Covid 19’’.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2002/quirinopolis.go.leg.br_requerimento_187.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2002/quirinopolis.go.leg.br_requerimento_187.pdf</t>
   </si>
   <si>
     <t>Implantação do Centro de Zoonoses vinculado a ONG Casa do melhor amigo.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2003/quirinopolis.go.leg.br_requerimento_188.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2003/quirinopolis.go.leg.br_requerimento_188.pdf</t>
   </si>
   <si>
     <t>“Cursos profissionalizantes para qualificação profissional dos nossos trabalhadores quirinopolinos”</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2004/quirinopolis.go.leg.br_requerimento_189.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2004/quirinopolis.go.leg.br_requerimento_189.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado o estudo para ampliação lateral/largura da Rua 8 do Bairro Colina da Serra entre a Rua 01 do Conjunto Rio Preto até a Rua Roberto Moreira no Jardim Vitoria.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2005/quirinopolis.go.leg.br_requerimento_190.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2005/quirinopolis.go.leg.br_requerimento_190.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado um redutor de velocidade na Rua C-11 Conjunto Capelinha.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2006/quirinopolis.go.leg.br_requerimento_191.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2006/quirinopolis.go.leg.br_requerimento_191.pdf</t>
   </si>
   <si>
     <t>"Solicita a revitalização dos playgrounds das praças públicas"</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2007/quirinopolis.go.leg.br_requerimento_192.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2007/quirinopolis.go.leg.br_requerimento_192.pdf</t>
   </si>
   <si>
     <t>‘Recuperação das estradas rurais região Pedra Lisa.</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2008/quirinopolis.go.leg.br_requerimento_193.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2008/quirinopolis.go.leg.br_requerimento_193.pdf</t>
   </si>
   <si>
     <t>“Requer que oficie-se o secretario obras e urbanismo o reparo da rede de esgoto dos bairros Atenas e Viena .”</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2009/quirinopolis.go.leg.br_requerimento_194.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2009/quirinopolis.go.leg.br_requerimento_194.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado a sinalização horizontal nas Ruas e Avenidas do Bairro Joaquim Quirino.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2010/quirinopolis.go.leg.br_requerimento_195.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2010/quirinopolis.go.leg.br_requerimento_195.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizada a pavimentação asfáltica com toda a infraestrutura de iluminação a via de acesso entre o Bairro Onicio Resende e os Residenciais Viena e Atenas, e acesso a GO-206.</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2015/quirinopolis.go.leg.br_requerimento_196_ass.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2015/quirinopolis.go.leg.br_requerimento_196_ass.pdf</t>
   </si>
   <si>
     <t>REQUER AJUDA DE CUSTO E GRATIFICAÇÃO AOS SERVIDORES DA EDUCAÇÃO</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2025/quirinopolis.go.leg.br_requerimento_197.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2025/quirinopolis.go.leg.br_requerimento_197.pdf</t>
   </si>
   <si>
     <t>“Requer instalação de câmeras de monitoramento na Rua Rio Preto”</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2026/quirinopolis.go.leg.br_requerimento_198.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2026/quirinopolis.go.leg.br_requerimento_198.pdf</t>
   </si>
   <si>
     <t>“Requer a reforma da calçada ao redor do bosque da_x000D_
 UEG”.</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2027/quirinopolis.go.leg.br_requerimento_199.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2027/quirinopolis.go.leg.br_requerimento_199.pdf</t>
   </si>
   <si>
     <t>“Implantação de Transporte Público com Vans para as regiões do Salgado e da Inhumas”</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2028/quirinopolis.go.leg.br_requerimento_200.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2028/quirinopolis.go.leg.br_requerimento_200.pdf</t>
   </si>
   <si>
     <t>“Restauração das fontes das Praças da Nova Matriz e Coronel Jacintho Honório”</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2029/quirinopolis.go.leg.br_requerimento_201.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2029/quirinopolis.go.leg.br_requerimento_201.pdf</t>
   </si>
   <si>
     <t>“Requer que seja providenciado junto ao setor competente AMTS (Agencia Municipal de transito e Segurança) a pintura da sinalização do Bairro Santana e Vila Promissão.”</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2030/quirinopolis.go.leg.br_requerimento_202.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2030/quirinopolis.go.leg.br_requerimento_202.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado cadeiras de rodas em todas as Unidades Básicas de Saúde e demais estabelecimentos de saúde pública do Municipal de Quirinópolis.</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2031/quirinopolis.go.leg.br_requerimento_203.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2031/quirinopolis.go.leg.br_requerimento_203.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado a inclusão de iluminação pública na Rua Leticia C. Rezende, Rua 5, Rua 7 do Bairro Tonico Bento.</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2032/quirinopolis.go.leg.br_requerimento_204.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2032/quirinopolis.go.leg.br_requerimento_204.pdf</t>
   </si>
   <si>
     <t>Abertura (prolongamento) da Rua Teotônico Q. da Silva sentido Av. Araguaia – Morada do Sol.</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2036/quirinopolis.go.leg.br_requerimento_205.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2036/quirinopolis.go.leg.br_requerimento_205.pdf</t>
   </si>
   <si>
     <t>Instalação de um erador para oxigenar o lago do parque da liberdade.</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2038/quirinopolis.go.leg.br_requerimento_206.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2038/quirinopolis.go.leg.br_requerimento_206.pdf</t>
   </si>
   <si>
     <t>“REQUER A MUDANÇA DA REDE ELÉTRICA E O LEVANTAMENTO DAS NECESSIDADES DO POVOADO GERALDO LEMOS JUNTO A ENEL”.</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2039/quirinopolis.go.leg.br_requerimento_207.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2039/quirinopolis.go.leg.br_requerimento_207.pdf</t>
   </si>
   <si>
     <t>Requer o total refazimento do asfalto na Travessa_x000D_
 dos Guaranis.</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2040/quirinopolis.go.leg.br_requerimento_208.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2040/quirinopolis.go.leg.br_requerimento_208.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado o reparo/ampliação da iluminação do Cemitério Municipal de Quirinópolis.</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2041/quirinopolis.go.leg.br_requerimento_209.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2041/quirinopolis.go.leg.br_requerimento_209.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado a demarcação/remarcação da sinalização dos redutores de velocidade das Avenida Santos Dumont e Av. Dom Pedro l.</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2042/quirinopolis.go.leg.br_requerimento_210.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2042/quirinopolis.go.leg.br_requerimento_210.pdf</t>
   </si>
   <si>
     <t>Distribuições de materiais escolares, uniformes e calçados para os alunos poderem voltar às aulas presenciais.</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2044/quirinopolis.go.leg.br_requerimento_211.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2044/quirinopolis.go.leg.br_requerimento_211.pdf</t>
   </si>
   <si>
     <t>“Transporte para Rio Verde para os acadêmicos de Odontologia”</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2049/quirinopolis.go.leg.br_requerimento_212.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2049/quirinopolis.go.leg.br_requerimento_212.pdf</t>
   </si>
   <si>
     <t>Requer a regularização da documentação junto a prefeitura de todos os bairros do município de Quirinópolis - GO</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2050/quirinopolis.go.leg.br_requerimento_213.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2050/quirinopolis.go.leg.br_requerimento_213.pdf</t>
   </si>
   <si>
     <t>Requer a disponibilização de um telão e um segurança no Mercado Municipal Dona Petronilha.</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2051/quirinopolis.go.leg.br_requerimento_214.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2051/quirinopolis.go.leg.br_requerimento_214.pdf</t>
   </si>
   <si>
     <t>“Requer a que seja encaminhado ao setor responsável AMTS para a implantação de  um redutor de velocidade na Rua Benedito Silvério Dutra com a Rua Paulino Jose dos Santos, Bairro Eldorado.”</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2052/quirinopolis.go.leg.br_requerimento_215.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2052/quirinopolis.go.leg.br_requerimento_215.pdf</t>
   </si>
   <si>
     <t>“SOLICITO  AO EXECUTIVO QUE VIABILIZE O RECAPEAMENTO ASFÁLTICO E SINALIZAÇÃO DA AV. FREI JOÃO BATISTA NOS TRECHO DA ALAMEDA TAPAJÓS ATÉ O SINALEIRO DA AV. JOÃO FRATARI .”</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2053/quirinopolis.go.leg.br_requerimento_216.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2053/quirinopolis.go.leg.br_requerimento_216.pdf</t>
   </si>
   <si>
     <t>“SOLICITO  AO EXECUTIVO QUE VIABILIZE O RECAPEAMENTO E SINALIZAÇÃO DA AV. JOSÉ QUINTILIANO LEÃO NOS  TRECHOS  DA LIFE ACADEMIA ATÉ O SUPERMECADO ECONÔMICO ”.</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2055/quirinopolis.go.leg.br_requerimento_217.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2055/quirinopolis.go.leg.br_requerimento_217.pdf</t>
   </si>
   <si>
     <t>“Requer que seja providenciado junto ao setor competente Secretaria de Obra e Urbanismo a complementação da pavimentação asfáltica da Rua Onício Rezende, Bairro Alexandrina.”</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2056/quirinopolis.go.leg.br_requerimento_218.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2056/quirinopolis.go.leg.br_requerimento_218.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado academia ao ar livre e parquinho para as crianças na Praça da Rodoviária.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2057/quirinopolis.go.leg.br_requerimento_219.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2057/quirinopolis.go.leg.br_requerimento_219.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado o recapeamento asfáltica na Avenida Brasil no trecho entre a Sala de Velório e a UEG.</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2058/quirinopolis.go.leg.br_requerimento_220.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2058/quirinopolis.go.leg.br_requerimento_220.pdf</t>
   </si>
   <si>
     <t>“Requer que seja solicitado a reimplantação de forma imediata da Patrulha Rural no município de Quirinópolis-GO. "</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2059/quirinopolis.go.leg.br_requerimento_221.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2059/quirinopolis.go.leg.br_requerimento_221.pdf</t>
   </si>
   <si>
     <t>“Requer que seja oficiado ao Presidente da SANEAGO e ao Prefeito a redução do valor da cobrança do esgoto municipal .”</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2061/quirinopolis.go.leg.br_requerimento_222.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2061/quirinopolis.go.leg.br_requerimento_222.pdf</t>
   </si>
   <si>
     <t>Requer a ampliação de calçamento no Mercado Municipal Dona Petronilha.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2062/quirinopolis.go.leg.br_requerimento_223.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2062/quirinopolis.go.leg.br_requerimento_223.pdf</t>
   </si>
   <si>
     <t>“SOLICITO AO EXECUTIVO QUE VIABILIZE A RECAPEAÇÃO ASFÁLTICA  E SINALIZAÇÃO DA AV. JOÃO FRATARI NOS TRECHO NILSON DO FERRO VELHO ATÉ O LATICÍNIO VIDALAC.”</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2063/quirinopolis.go.leg.br_requerimento_224.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2063/quirinopolis.go.leg.br_requerimento_224.pdf</t>
   </si>
   <si>
     <t>”SOLICITO  AO EXECUTIVO QUE VIABILIZE A  PAVIMENTAÇÃO ASFÁLTICA A REATIVAÇÃO DA AGUA E  REDE DE ESGOTO DO RESIDÊNCIAL MATA DO YPÉ”.</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2064/quirinopolis.go.leg.br_requerimento_225.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2064/quirinopolis.go.leg.br_requerimento_225.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado o estudo para implantação de uma faixa elevada/lombofaixa na Av. José Quintiliano Leão em frente a Escola Municipal Militarizada Canaã.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2065/quirinopolis.go.leg.br_requerimento_226.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2065/quirinopolis.go.leg.br_requerimento_226.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado a instalação de iluminação pública na Rua Girassol entre a Rua 7 e a Rua 9 no Bairro Flamboyant.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2066/quirinopolis.go.leg.br_requerimento_227.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2066/quirinopolis.go.leg.br_requerimento_227.pdf</t>
   </si>
   <si>
     <t>“Requer que seja providenciado junto a Secretaria Municipal de Saúde a reestruturação do CAPS – Centro de Atenção Psicossocial.”</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2067/quirinopolis.go.leg.br_requerimento_228.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2067/quirinopolis.go.leg.br_requerimento_228.pdf</t>
   </si>
   <si>
     <t>“Concessão de Auxílio Emergencial Quiri  de R$ 300,00 para às famílias em situação  de vulnerabilidade social”</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2072/quirinopolis.go.leg.br_requerimento_229.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2072/quirinopolis.go.leg.br_requerimento_229.pdf</t>
   </si>
   <si>
     <t>”SOLICITO AO EXECULTIVO A AQUISIÇÃO DE UNIFORMES, BOLSAS DE TRABALHO E MÁSCARAS ADEQUADAS AOS AGENTES COMUNITÁRIOS DE SAÚDE E ENDEMIAS”</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2073/quirinopolis.go.leg.br_requerimento_230.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2073/quirinopolis.go.leg.br_requerimento_230.pdf</t>
   </si>
   <si>
     <t>Requer a total recuperação asfáltica e implantação de redutores de velocidade na Avenida João Fratari.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>CLEILTON RESENDE, RENATO RIBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2074/quirinopolis.go.leg.br_requerimento_231.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2074/quirinopolis.go.leg.br_requerimento_231.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da Escola Municipal Rural Sabino Tomé.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2075/quirinopolis.go.leg.br_requerimento_232.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2075/quirinopolis.go.leg.br_requerimento_232.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado à Prefeitura para consertar o asfalto da Avenida José Paulino dos Santos</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2076/quirinopolis.go.leg.br_requerimento_233.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2076/quirinopolis.go.leg.br_requerimento_233.pdf</t>
   </si>
   <si>
     <t>"Requer que seja oficiado à Prefeitura para consertar o asfalto da Avenida José Paulino dos Santos."</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2077/quirinopolis.go.leg.br_requerimento_234.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2077/quirinopolis.go.leg.br_requerimento_234.pdf</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2078/quirinopolis.go.leg.br_requerimento_235.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2078/quirinopolis.go.leg.br_requerimento_235.pdf</t>
   </si>
   <si>
     <t>“Requer que seja providenciado um estudo para a restauração do Museu Municipal de Quirinópolis.”</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2079/quirinopolis.go.leg.br_requerimento_236.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2079/quirinopolis.go.leg.br_requerimento_236.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado reparos na ponte do Rio Preto na GO - 206</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2080/quirinopolis.go.leg.br_requerimento_237.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2080/quirinopolis.go.leg.br_requerimento_237.pdf</t>
   </si>
   <si>
     <t>Requer que seja verificado a viabilidade de disponibilizar um veículo de forma permanente no hospital municipal afim de atender os pacientes que precisam voltar para a sua residência no município de Quirinópolis, após alta hospitalar.</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2089/quirinopolis.go.leg.br_requerimento_238.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2089/quirinopolis.go.leg.br_requerimento_238.pdf</t>
   </si>
   <si>
     <t>Revitalização e reforma do Ginásio João Gonzaga Jaime “Janjão”.</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2090/quirinopolis.go.leg.br_requerimento_239.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2090/quirinopolis.go.leg.br_requerimento_239.pdf</t>
   </si>
   <si>
     <t>Revitalização e reforma da Pista de Skate do Lago Sol Poente.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2091/quirinopolis.go.leg.br_requerimento_240.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2091/quirinopolis.go.leg.br_requerimento_240.pdf</t>
   </si>
   <si>
     <t>Requer a construção de calçada na Avenida da Saudade.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2092/quirinopolis.go.leg.br_requerimento_241.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2092/quirinopolis.go.leg.br_requerimento_241.pdf</t>
   </si>
   <si>
     <t>Requer a realização de pavimentação asfáltica na Avenida João Fratari próximo ao Córrego Cruzeiro, bem como cuidados com a erosão do referido córrego.</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2093/quirinopolis.go.leg.br_requerimento_242.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2093/quirinopolis.go.leg.br_requerimento_242.pdf</t>
   </si>
   <si>
     <t>“SOLICITO   QUE VIABILIZE UM ESTUDO PARA TORNAR MÃO ÚNICA A RUA  FREDERICO ARMANDO DA SILVA NOS TRECHOS DA RUA DA CONSOLAÇÃO  NO BAIRRO VILA PARREIRA  ATÉ A RUA JOSE JOAQUIM CABRAL ACESSO AO BAIRRO JARDIM VITÓRIA . ”</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2094/quirinopolis.go.leg.br_requerimento_243.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2094/quirinopolis.go.leg.br_requerimento_243.pdf</t>
   </si>
   <si>
     <t>“SOLICITO AO EXECULTIVO QUE VIABILIZE A CONCLUSÃO ASFÁLTICA NO TRECHO DE 50 METROS  CONTINUAÇÃO DA  AVENIDA JOÃO FRATARI  ( EM FRENTE AO LATICÍNIO VIDALAC ).”</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2095/quirinopolis.go.leg.br_requerimento_244.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2095/quirinopolis.go.leg.br_requerimento_244.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado 02 (dois) redutores de velocidade na Rua Francisco Correia Neves nos dois sentidos em frente a Praça da Vila Promissão.</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2096/quirinopolis.go.leg.br_requerimento_245.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2096/quirinopolis.go.leg.br_requerimento_245.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado o estudo para implantação de uma faixa elevada/lombofaixa na Avenida Brasil em frente a UEG Câmpus Quirinópolis.</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2097/quirinopolis.go.leg.br_requerimento_246.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2097/quirinopolis.go.leg.br_requerimento_246.pdf</t>
   </si>
   <si>
     <t>“Plano de Carreira para os profissionais da AMTS (GCM)”</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2098/quirinopolis.go.leg.br_requerimento_247.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2098/quirinopolis.go.leg.br_requerimento_247.pdf</t>
   </si>
   <si>
     <t>“(Parceria com o SENAC para realização do curso de Técnico de Enfermagem)”</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2099/quirinopolis.go.leg.br_requerimento_248.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2099/quirinopolis.go.leg.br_requerimento_248.pdf</t>
   </si>
   <si>
     <t>“REQUER  A SECRETARIA DO MEIO AMBIENTE TOME PROVIDENCIAS PARA VERIFICAÇÃO E ANÁLISE DA QUALIDADE ÁGUA DO LAGO SOL POENTE.”</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2100/quirinopolis.go.leg.br_requerimento_249.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2100/quirinopolis.go.leg.br_requerimento_249.pdf</t>
   </si>
   <si>
     <t>"Solicita reparos em redutor de velocidade (quebra-molas) e faixa de pedestres em frente ao Banco SICOOB pela Av. Joaquim Timóteo de Paula."</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2101/quirinopolis.go.leg.br_requerimento_250.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2101/quirinopolis.go.leg.br_requerimento_250.pdf</t>
   </si>
   <si>
     <t>"Solicitando a aquisição de um gerador de energia elétrica a ser instalado na Estação de Captação e Tratamento de Água de Quirinópolis."</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2102/quirinopolis.go.leg.br_requerimento_251.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2102/quirinopolis.go.leg.br_requerimento_251.pdf</t>
   </si>
   <si>
     <t>“Requerimento de disponibilização de um psicólogo e um 1 salário mínimo R$ 1.100,00 ( um mil e cem reais) para o CEREA( PARA SUA MANUNTENÇÃO) ”</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2103/quirinopolis.go.leg.br_requerimento_252.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2103/quirinopolis.go.leg.br_requerimento_252.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado estudo para implantação de Placas Solares/Energia Solar em todos os órgãos públicos municipais de Quirinópolis.</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2104/quirinopolis.go.leg.br_requerimento_253.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2104/quirinopolis.go.leg.br_requerimento_253.pdf</t>
   </si>
   <si>
     <t>“Requer que seja viabilizado estudo para a desafetação da Quadra 973 na Avenida Nossa Senhora D’Abadia no Bairro Santana.”</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2110/quirinopolis.go.leg.br_requerimento_254.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2110/quirinopolis.go.leg.br_requerimento_254.pdf</t>
   </si>
   <si>
     <t>Concessão de Espaço para som automotivo, preferencialmente fora do perímetro urbano.</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2111/quirinopolis.go.leg.br_requerimento_255.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2111/quirinopolis.go.leg.br_requerimento_255.pdf</t>
   </si>
   <si>
     <t>Concessão de bolsa universitária municipal.</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2112/quirinopolis.go.leg.br_requerimento_256.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2112/quirinopolis.go.leg.br_requerimento_256.pdf</t>
   </si>
   <si>
     <t>“Sinalização de trânsito e redutor de velocidade.”</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2113/quirinopolis.go.leg.br_requerimento_257.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2113/quirinopolis.go.leg.br_requerimento_257.pdf</t>
   </si>
   <si>
     <t>“Criação da Secretária de Esportes”</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2114/quirinopolis.go.leg.br_requerimento_258.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2114/quirinopolis.go.leg.br_requerimento_258.pdf</t>
   </si>
   <si>
     <t>“SOLICITO  AO EXECUTIVO QUE VIABILIZE A CONSTRUÇÃO DE UMA PRAÇA NO BAIRRO JOAQUIM QUIRINO’’.</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2115/quirinopolis.go.leg.br_requerimento_259.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2115/quirinopolis.go.leg.br_requerimento_259.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado o estudo para implantação de uma faixa elevada/lombofaixa na Avenida Brasil em frente a agência do Banco Itaú em Quirinópolis.</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2116/quirinopolis.go.leg.br_requerimento_260.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2116/quirinopolis.go.leg.br_requerimento_260.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado a implantação de um viveiro municipal em Quirinópolis.</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2117/quirinopolis.go.leg.br_requerimento_261.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2117/quirinopolis.go.leg.br_requerimento_261.pdf</t>
   </si>
   <si>
     <t>Requer a implantação da Agro Escola em uma das escolas, polo rural de Quirinópolis</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2118/quirinopolis.go.leg.br_requerimento_262.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2118/quirinopolis.go.leg.br_requerimento_262.pdf</t>
   </si>
   <si>
     <t>Requer inclusão de disciplina nas escolas, polo nas áreas rurais.</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2119/quirinopolis.go.leg.br_requerimento_263.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2119/quirinopolis.go.leg.br_requerimento_263.pdf</t>
   </si>
   <si>
     <t>Implantação de semáforo ou redutor de velocidade no cruzamento das Avenidas Rui Barbosa com a Paulino José dos Santos.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2120/quirinopolis.go.leg.br_requerimento_264.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2120/quirinopolis.go.leg.br_requerimento_264.pdf</t>
   </si>
   <si>
     <t>Construção de Banheiros Na Praça Coronel Jacinto</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2121/quirinopolis.go.leg.br_requerimento_265.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2121/quirinopolis.go.leg.br_requerimento_265.pdf</t>
   </si>
   <si>
     <t>Camas Hospitalares para pacientes do SAD</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2122/quirinopolis.go.leg.br_requerim_266.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2122/quirinopolis.go.leg.br_requerim_266.pdf</t>
   </si>
   <si>
     <t>“REQUER ESTUDO PARA CRIAÇÃO E IMPLEMENTAÇÃO DO PROGRAMA “VALE GÁS”, COMO SUBSÍDIO PARA A AQUISIÇÃO DE GÁS DE COZINHA ÀS FAMILIAS QUE VIVEM EM SITUAÇÃO DE VULNERABILIDADE”</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2123/quirinopolis.go.leg.br_requerim_267.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2123/quirinopolis.go.leg.br_requerim_267.pdf</t>
   </si>
   <si>
     <t>“REQUER QUE SEJAM DISPONIBILIZADOS BANHEIROS E LIXEIRAS EM LOCAIS PÚBLICOS, COMO LAGOS E PRAÇAS”</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2126/quirinopolis.go.leg.br_requerimento_268.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2126/quirinopolis.go.leg.br_requerimento_268.pdf</t>
   </si>
   <si>
     <t>“Requer a que seja encaminhado ao setor responsável AMTS um redutor de velocidade na Rua Benedito Silvério Dutra com a Rua Paulino Jose dos Santos, Bairro Eldorado.”</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2127/quirinopolis.go.leg.br_requerimento_269.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2127/quirinopolis.go.leg.br_requerimento_269.pdf</t>
   </si>
   <si>
     <t>“Requer que seja encaminhado a Agência Municipal de Trânsito e Segurança (AMST)  de Quirinópolis, a solicitação de uma faixa de pedestres em frente a Escola Municipal Canaã”.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2133/quirinopolis.go.leg.br_requerimento_270.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2133/quirinopolis.go.leg.br_requerimento_270.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de postes de iluminação pública no Povoado Geraldo Lemos</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2134/quirinopolis.go.leg.br_requerimento_271.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2134/quirinopolis.go.leg.br_requerimento_271.pdf</t>
   </si>
   <si>
     <t>Implantação de um Programa de repasse de renda municipal.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2135/quirinopolis.go.leg.br_requerimento_272.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2135/quirinopolis.go.leg.br_requerimento_272.pdf</t>
   </si>
   <si>
     <t>“Requer que seja encaminhado a Agencia Municipal de Trânsito e Segurança (AMTS)  de Quirinópolis, a solicitação de um estudo para a montagem de um Semáforo na Avenida Brasil com a  Rua José Paulino dos Santos .”</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2137/quirinopolis.go.leg.br_requerimento_273.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2137/quirinopolis.go.leg.br_requerimento_273.pdf</t>
   </si>
   <si>
     <t>”SOLICITO A CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA PRIMAVERA ESQ .C /RUA BURITIS, JARDIM PRIMAVERA (EM FRENTE AO CAMPO DA SANEAGO)’’.</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2138/quirinopolis.go.leg.br_requerimento_274.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2138/quirinopolis.go.leg.br_requerimento_274.pdf</t>
   </si>
   <si>
     <t>"Reitera propositura de serviços de irrigação dos canteiros centrais e praças"</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2139/quirinopolis.go.leg.br_requerimento_275.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2139/quirinopolis.go.leg.br_requerimento_275.pdf</t>
   </si>
   <si>
     <t>A Secretaria de Obras e Urbanismo, para que possa viabilizar a implantação de faixa de pedestre em frente a todas a novas saídas (assim como demarcar novamente as antigas uma vez que se encontram apagadas( devido ao logo tempo sem repintura)) das escolas públicas e municipal deste município que sofreram alterações devido a pandemia do covid-19, necessitando portanto de novas demarcações verticais e horizontais</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2140/quirinopolis.go.leg.br_requerimento_276.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2140/quirinopolis.go.leg.br_requerimento_276.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizada serviço de Reconstrução Asfáltica no entroncamento entre a Av. José Quintiliano Leão com as Rua José Faria e Av. Sumaré.</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2141/quirinopolis.go.leg.br_requerimento_277.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2141/quirinopolis.go.leg.br_requerimento_277.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizada estudo para a implantação de uma rotatório entre a Rua Rio Preto/Jose Salomão Lemos da Silva com Av. José Quintiliano Leão ao Lado do Colégio Educacional de Quirinópolis – CEQ.</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2142/quirinopolis.go.leg.br_requerimento_278.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2142/quirinopolis.go.leg.br_requerimento_278.pdf</t>
   </si>
   <si>
     <t>REQUER MANUTENÇÃO E REPAROS NOS EQUIPAMENTOS PÚBLICOS INSTALADOS NO BOSQUE ANTÔNIO ROBERTO CHAVES, BOSQUE DO CONJUNTO PRETO.</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2144/quirinopolis.go.leg.br_requerimento_279.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2144/quirinopolis.go.leg.br_requerimento_279.pdf</t>
   </si>
   <si>
     <t>“Requerimento de restauração/ pintura do Cristo no trevo do município, cartão postal desta cidade”</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2145/quirinopolis.go.leg.br_requerimento_280.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2145/quirinopolis.go.leg.br_requerimento_280.pdf</t>
   </si>
   <si>
     <t>"Solicita a construção de murro de contenção (arrimo) no Cemitério Santo Agostinho"</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2147/quirinopolis.go.leg.br_requerimento_281.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2147/quirinopolis.go.leg.br_requerimento_281.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado a instalação de ar condicionado no Centro Municipal de Educação Infantil – CMEI HETIELL CLAUDINO.</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2148/quirinopolis.go.leg.br_requerimento_282.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2148/quirinopolis.go.leg.br_requerimento_282.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado a construção de uma praça com pista de caminhada, academia ao ar livre e um parquinho infantil ao redor do Estádio Olímpico Bichinho Vieira.</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2149/quirinopolis.go.leg.br_requerimento_283.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2149/quirinopolis.go.leg.br_requerimento_283.pdf</t>
   </si>
   <si>
     <t>“Requer que seja oficiado ao Prefeito e ao Secretário de Obras Públicas para corrigir a iluminação da pista de caminhada do Lago Parque da Liberdade.”</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2155/quirinopolis.go.leg.br_requerimento_284.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2155/quirinopolis.go.leg.br_requerimento_284.pdf</t>
   </si>
   <si>
     <t>“SOLICITO AO EXECULTIVO QUE SEJA VIABILIZADO JUNTO AO SETOR COMPETENTE AMTS A PINTURA DA SINALIZAÇÃO HORIZONTAL E VERTICAL DO BAIRRO JOAQUIM QUIRINO”.</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2156/quirinopolis.go.leg.br_requerimento_285.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2156/quirinopolis.go.leg.br_requerimento_285.pdf</t>
   </si>
   <si>
     <t>“SOLICITO AO EXECULTIVO QUE SEJA VIABILIZADO JUNTO AO SETOR COMPETENTE AMTS A PINTURA DA SINALIZAÇÃO HORIZONTAL E VERTICAL DO BAIRRO FLAMBOYANT”.</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2157/quirinopolis.go.leg.br_requerimento_286.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2157/quirinopolis.go.leg.br_requerimento_286.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado toda a implantação da infraestrutura de água, energia elétrica e pavimentação asfáltica do bairro Sodino Vieira, Jardim Planalto e Jardim Paraiso.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2158/quirinopolis.go.leg.br_requerimento_287.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2158/quirinopolis.go.leg.br_requerimento_287.pdf</t>
   </si>
   <si>
     <t>"Requer que seja oficiado ao Prefeito e à Secretaria de Comunicação para que faça a instalação de Internet Wifi na UAS.”</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2159/quirinopolis.go.leg.br_requerimento_288.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2159/quirinopolis.go.leg.br_requerimento_288.pdf</t>
   </si>
   <si>
     <t>“RESTAURAÇÃO DO ESTÁDIO OLÍMPICO BICHINHO VIEIRA”</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2160/quirinopolis.go.leg.br_requerimento_289.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2160/quirinopolis.go.leg.br_requerimento_289.pdf</t>
   </si>
   <si>
     <t>“Requer que oficie-se o secretario do transporte que tome  providencias para realizar uma ponte na região do Alegre – Cabeceira do Córrego do Cava Funda.”</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2163/quirinopolis.go.leg.br_requerimento_290.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2163/quirinopolis.go.leg.br_requerimento_290.pdf</t>
   </si>
   <si>
     <t>“Requer o fornecimento de cestas de natal não só aos servidores da ativa, mas também aos aposentados e pensionistas.”</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2164/quirinopolis.go.leg.br_requerimento_291.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2164/quirinopolis.go.leg.br_requerimento_291.pdf</t>
   </si>
   <si>
     <t>“Requer que seja providenciado junto ao setor competente Secretaria de Obra e Urbanismo a complementação da pavimentação asfáltica da Avenida Febrônio Martins de Arruda, Bairro Alphaville.”</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2165/quirinopolis.go.leg.br_requerimento_292.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2165/quirinopolis.go.leg.br_requerimento_292.pdf</t>
   </si>
   <si>
     <t>“SOLICITO AO EXECULTIVO QUE SEJA VIABILIZADO JUNTO AO SETOR COMPETENTE AMTS A PINTURA DA SINALIZAÇÃO HORIZONTAL E VERTICAL DO BAIRRO RIO DAS PEDRAS’’.</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2166/quirinopolis.go.leg.br_requerimento_293.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2166/quirinopolis.go.leg.br_requerimento_293.pdf</t>
   </si>
   <si>
     <t>“SOLICITO AO EXECULTIVO QUE SEJA VIABILIZADO JUNTO AO SETOR COMPETENTE AMTS A PINTURA DA SINALIZAÇÃO HORIZONTAL E VERTICAL DO BAIRRO SANTO ANTÔNIO”.</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2167/quirinopolis.go.leg.br_requerimento_294.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2167/quirinopolis.go.leg.br_requerimento_294.pdf</t>
   </si>
   <si>
     <t>"Solicita que seja intensificado o trabalho de limpeza no interior e nos telhados dos prédios públicos, como limpeza de calhas, caixa d’águas e outros afins."</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2175/quirinopolis.go.leg.br_requerimento_295.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2175/quirinopolis.go.leg.br_requerimento_295.pdf</t>
   </si>
   <si>
     <t>“SOLICITO  AO EXECUTIVO QUE VIABILIZE A CONSTRUÇÃO DE UMA ACADEMIA AO AR LIVRE NA FEIRA COBERTA, ANEXO A UBS TONHO MARIQUINHA’’.</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2176/quirinopolis.go.leg.br_requerimento_296.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2176/quirinopolis.go.leg.br_requerimento_296.pdf</t>
   </si>
   <si>
     <t>“SOLICITO AO EXECULTIVO QUE SEJA VIABILIZADO JUNTO AO SETOR COMPETENTE A CONSTRUÇÃO DE UM CENTRO DE CONVIVÊNCIA NA VILA FELIZ, BAIRRO ESMERALDA’’.</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2177/quirinopolis.go.leg.br_requerimento_297.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2177/quirinopolis.go.leg.br_requerimento_297.pdf</t>
   </si>
   <si>
     <t>“Transporte Público Gratuito no Dia de Finados”</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2178/quirinopolis.go.leg.br_requerimento_298.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2178/quirinopolis.go.leg.br_requerimento_298.pdf</t>
   </si>
   <si>
     <t>“Entrega das cestas básicas para os servidores públicos aposentados e efetivos no Natal.”</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2179/quirinopolis.go.leg.br_requerimento_299.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2179/quirinopolis.go.leg.br_requerimento_299.pdf</t>
   </si>
   <si>
     <t>"Solicitação de reparos/reforma de maneira mais rápido possível na ponte localizada na Região do Alegre do Rosa."</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2180/quirinopolis.go.leg.br_requerimento_300.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2180/quirinopolis.go.leg.br_requerimento_300.pdf</t>
   </si>
   <si>
     <t>"Requer estudo de aumento de carga elétrica nos CMEIS do nosso município e posterior aquisição e instalação de ares-condicionados"</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2181/quirinopolis.go.leg.br_requerimento_301.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2181/quirinopolis.go.leg.br_requerimento_301.pdf</t>
   </si>
   <si>
     <t>“Requerimento para construção de uma sala de reunião a disponibilização de um climatizador  e dois banheiros sendo um feminino e um masculino no postinho Marcelinho Mesquita de Andrade no povoado de Denislópolis-Go (Tocozinho) .</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2182/quirinopolis.go.leg.br_requerimento_302.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2182/quirinopolis.go.leg.br_requerimento_302.pdf</t>
   </si>
   <si>
     <t>Requerimento para a construção de uma caixa d’agua de 50 mil litros no povoado de Denislópolis-GO</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2183/quirinopolis.go.leg.br_requerimento_303.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2183/quirinopolis.go.leg.br_requerimento_303.pdf</t>
   </si>
   <si>
     <t>“Requer que seja reforçado a fiscalização de trânsito das vagas para deficientes físicos e idosos, bem como destinar o recolhimento das multas para atender as necessidades destes.”</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2185/quirinopolis.go.leg.br_requerimento_304.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2185/quirinopolis.go.leg.br_requerimento_304.pdf</t>
   </si>
   <si>
     <t>“Requer que seja oficiado à SANEAGO, responsável pelo fornecimento de água em nosso município pra que tome as providências necessárias à estruturar a rede e por consequência levar o fornecimento de água tratada às residências do Bairro Governador Henrique Santilo..”</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2193/quirinopolis.go.leg.br_requerimento_305.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2193/quirinopolis.go.leg.br_requerimento_305.pdf</t>
   </si>
   <si>
     <t>“Instalação de câmeras no cemitério Santo Agostinho”</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2194/quirinopolis.go.leg.br_requerimento_306.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2194/quirinopolis.go.leg.br_requerimento_306.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado o reparo e melhorias na iluminação da Praça da Rodoviária em Quirinópolis.</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2195/quirinopolis.go.leg.br_requerimento_307.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2195/quirinopolis.go.leg.br_requerimento_307.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado estudo para implantação de uma rotatória ou uma ilha na Avenida Brasil, em frente ao Posto Marcon, próximo a Sala de Velório Municipal.</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2196/quirinopolis.go.leg.br_requerimento_308.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2196/quirinopolis.go.leg.br_requerimento_308.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado um aumento na fiscalização e monitoramento das nascentes, córregos e rios do município de Quirinópolis.</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2197/quirinopolis.go.leg.br_requerimento_309.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2197/quirinopolis.go.leg.br_requerimento_309.pdf</t>
   </si>
   <si>
     <t>“Requer que oficie-se o secretario do transporte para que tome providencias para realizar a revitalização da ponte do córrego Sucuri na região Douradinho.”</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2198/quirinopolis.go.leg.br_requerimento_310.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2198/quirinopolis.go.leg.br_requerimento_310.pdf</t>
   </si>
   <si>
     <t>“Requer a criação do Centro de Tradições Nordestinas (CTN) em Quirinópolis-GO.”</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2203/quirinopolis.go.leg.br_requerimento_311.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2203/quirinopolis.go.leg.br_requerimento_311.pdf</t>
   </si>
   <si>
     <t>Solicita a implantação do Projeto Cata Treco.</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2204/quirinopolis.go.leg.br_requerimento_312.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2204/quirinopolis.go.leg.br_requerimento_312.pdf</t>
   </si>
   <si>
     <t>“Requer a implantação de um setor especializado no Centro de Reabilitação de Quirinópolis – CREQ para realização de fisioterapia pulmonar para o tratamento de pós covid-19.”</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2205/quirinopolis.go.leg.br_requerimento_313.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2205/quirinopolis.go.leg.br_requerimento_313.pdf</t>
   </si>
   <si>
     <t>“Requer que oficie-se o secretario do transporte para que tome providencias para realizar a revitalização das estrada da região Bom Jardim e Douradinho.”</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2206/quirinopolis.go.leg.br_requerimento_314.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2206/quirinopolis.go.leg.br_requerimento_314.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizada estudo para a implantação de mais galerias fluviais/bueiros na Avenida Brasil no trecho entre a Unidade da Universidade Estadual de Goiás e Av. Dom Pedro l.</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2207/quirinopolis.go.leg.br_requerimento_315.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2207/quirinopolis.go.leg.br_requerimento_315.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizada serviço de Reconstrução Asfáltica no entroncamento entre a Avenida Brasil com a Rua Herculano Costa em frente a Caixa Econômica Federal em Quirinópolis.</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2208/quirinopolis.go.leg.br_requerimento_316.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2208/quirinopolis.go.leg.br_requerimento_316.pdf</t>
   </si>
   <si>
     <t>“Solicita ao executivo que viabilize a construção/ paisagismo de uma praça, localizada na Igreja São Sebastião.”</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2222/quirinopolis.go.leg.br_requerimento_317.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2222/quirinopolis.go.leg.br_requerimento_317.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizada estudo para a implantação de mais galerias fluviais/bueiros na Rua Juscelino Cabra no trecho entre a Avenida Brasil e a Praça do Melado.</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2223/quirinopolis.go.leg.br_requerimento_318.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2223/quirinopolis.go.leg.br_requerimento_318.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado a Reforma e Reparos nos Banheiros Masculino e Feminino do Terminal Rodoviária de Quirinópolis.</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2224/quirinopolis.go.leg.br_requerimento_319.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2224/quirinopolis.go.leg.br_requerimento_319.pdf</t>
   </si>
   <si>
     <t>Requerimento para a construção de 90 mata burro para serem colocados nas estradas vicinais que dão acesso ao povoado do Salgado e da Inhumas</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2225/quirinopolis.go.leg.br_requerimento_320.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2225/quirinopolis.go.leg.br_requerimento_320.pdf</t>
   </si>
   <si>
     <t>Requerimento para a colocação de vídeo monitoramento no povoado de Denislópolis, assim como mais efetividade de ronda da guarda municipal e Polícia militar</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2226/quirinopolis.go.leg.br_requerimento_321.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2226/quirinopolis.go.leg.br_requerimento_321.pdf</t>
   </si>
   <si>
     <t>“Requer que oficie-se o secretario do transporte para que tome providencias para realizar a restauração das estrada da Região Rosa e Região do Alegre.”</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2227/quirinopolis.go.leg.br_requerimento_322.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2227/quirinopolis.go.leg.br_requerimento_322.pdf</t>
   </si>
   <si>
     <t>"Solicitação a construção de “quardirei” na lateral das pontes localizada na Região do Alceu Teodoro e Douradinho."</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2228/quirinopolis.go.leg.br_requerimento_323.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2228/quirinopolis.go.leg.br_requerimento_323.pdf</t>
   </si>
   <si>
     <t>Solicita a implantação do Programa de Coleta Seletiva dos Resíduos Sólidos em Quirinópolis.</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2229/quirinopolis.go.leg.br_requerimento_324.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2229/quirinopolis.go.leg.br_requerimento_324.pdf</t>
   </si>
   <si>
     <t>“Requer que seja realizado serviços de limpeza, roçamento e desassoreamento em todo o Córrego Cruzeiro."</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2237/quirinopolis.go.leg.br_requerimento_325.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2237/quirinopolis.go.leg.br_requerimento_325.pdf</t>
   </si>
   <si>
     <t>Requerimento para a colocação de vídeo monitoramento na ruas ao redor da  Vila Feliz</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2238/quirinopolis.go.leg.br_requerimento_326.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2238/quirinopolis.go.leg.br_requerimento_326.pdf</t>
   </si>
   <si>
     <t>“SOLICITO AO EXECULTIVO QUE SEJA VIABILIZADO JUNTO AO SETOR COMPETENTE A CANALIZAÇÃO DO CÓRREGO CRUZEIRO. DOS TRECHOS DA RUA QUATRO, FUNDOS DO CLUBE ELDORADO ATÉ AV: FREDERICO ARMANDO DA SILVA, BAIRRO VILA PARREIRA’’.</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2239/quirinopolis.go.leg.br_requerimento_327.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2239/quirinopolis.go.leg.br_requerimento_327.pdf</t>
   </si>
   <si>
     <t>“Contratação de uma atração musical gospel para exibição nas comemorações alusivas ao aniversário de 78 anos de Quirinópolis”</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2240/quirinopolis.go.leg.br_requerimento_328.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2240/quirinopolis.go.leg.br_requerimento_328.pdf</t>
   </si>
   <si>
     <t>“Instalação de faixa de pedestres na Av. Dom Pedro I em frente a quadra da Escola Municipal Militarizada Canaã”</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2241/quirinopolis.go.leg.br_requerimento_329.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2241/quirinopolis.go.leg.br_requerimento_329.pdf</t>
   </si>
   <si>
     <t>“Requer estudo técnico para solucionar os problemas causados pelas enchentes no córrego cruzeiro.”</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2242/quirinopolis.go.leg.br_requerimento_330.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2242/quirinopolis.go.leg.br_requerimento_330.pdf</t>
   </si>
   <si>
     <t>“Requer a Secretaria Municipal de Saúde que seja providenciado um compressor para o consultório do dentista na UBS VI Antônio Alvin Magalhães – Bairro Santana.”</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2243/quirinopolis.go.leg.br_requerimento_331.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2243/quirinopolis.go.leg.br_requerimento_331.pdf</t>
   </si>
   <si>
     <t>“Requer que oficie-se o secretario do transporte para que tome a providencias para realizar manutenção e melhoria da estradas rurais da região da Bruaca.”</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2244/quirinopolis.go.leg.br_requerimento_332.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2244/quirinopolis.go.leg.br_requerimento_332.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado a sinalização horizontal e vertical nas ruas e avenidas dos Bairros Alvorada l, Alvorada ll e Chico Junqueira.</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2245/quirinopolis.go.leg.br_requerimento_333.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2245/quirinopolis.go.leg.br_requerimento_333.pdf</t>
   </si>
   <si>
     <t>“Requer que seja oficiado ao Prefeito para utilizar o nome “CÉLIO ROSA DO PRADO” no Centro de Distribuição do Almoxarifado."</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2246/quirinopolis.go.leg.br_requerimento_334.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2246/quirinopolis.go.leg.br_requerimento_334.pdf</t>
   </si>
   <si>
     <t>“Requer que seja viabilizado uma faixa de Pedestre na Avenida Garibaldi Teixeira em frente ao Posto Parreira e Loja Agropecuária da Agrovale.</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2247/quirinopolis.go.leg.br_requerimento_335.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2247/quirinopolis.go.leg.br_requerimento_335.pdf</t>
   </si>
   <si>
     <t>“Requer que seja realizado um estudo com a finalidade de realizar reparos, adequações e reformas nas casas da Vila “Vida Feliz”.</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2255/quirinopolis.go.leg.br_requerimento_336.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2255/quirinopolis.go.leg.br_requerimento_336.pdf</t>
   </si>
   <si>
     <t>Requer que viabilizado uma ciclovia na Avenida Leocádio de Souza Reis e outra entre o Trevo de Quirinópolis até o distrito de Denislópolis, com padrão de segurança e dentro das normas vigentes.</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2256/quirinopolis.go.leg.br_requerimento_337.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2256/quirinopolis.go.leg.br_requerimento_337.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado parceria entre as Usinas de Açúcar e Álcool que atuam no município de Quirinópolis e a Prefeitura Municipal para que seja realizado o mapeamento do trafego de ônibus das Usinas dentro do perímetro urbano da Cidade.</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2257/quirinopolis.go.leg.br_requerimento_338.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2257/quirinopolis.go.leg.br_requerimento_338.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado reforma nos bancos, calçadas, e pista de skate da Praça do Bairro Promissão, bem como também a reforma e readequação dos equipamentos da academia ao ar livre na referida praça.</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2258/quirinopolis.go.leg.br_requerimento_339.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2258/quirinopolis.go.leg.br_requerimento_339.pdf</t>
   </si>
   <si>
     <t>“Implantação do Programa Social Bolsa Atleta"</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2259/quirinopolis.go.leg.br_requerimento_340.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2259/quirinopolis.go.leg.br_requerimento_340.pdf</t>
   </si>
   <si>
     <t>“Implantação do Programa Sport Kids"</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2260/quirinopolis.go.leg.br_requerimento_341.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2260/quirinopolis.go.leg.br_requerimento_341.pdf</t>
   </si>
   <si>
     <t>Iluminação nos arredores da UEG Campus Sudoeste ( UEG QUIRINOPOLIS )</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2261/quirinopolis.go.leg.br_requerimento_342.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2261/quirinopolis.go.leg.br_requerimento_342.pdf</t>
   </si>
   <si>
     <t>“SOLICITO AO EXECULTIVO QUE SEJA VIABILIZADO JUNTO AO SETOR COMPETENTE O CORTE DO CANTEIRO CENTRAL, NAS DUAS VIAS LOCALIZADO NA AV: LEOCARDIO DE SOUZA REIS ( EM FRENTE A CASE)’’.</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2262/quirinopolis.go.leg.br_requerimento_343.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2262/quirinopolis.go.leg.br_requerimento_343.pdf</t>
   </si>
   <si>
     <t>“Requer que seja reforçado a sinalização de trânsito no cruzamento da Rua Piratininga com a Rua 10, no bairro Colina da Serra.”</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2263/quirinopolis.go.leg.br_requerim_344.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2263/quirinopolis.go.leg.br_requerim_344.pdf</t>
   </si>
   <si>
     <t>"Requer que encaminhe ao Poder Executivo pedido de doação de área pública para ampliação da sede da OAB - Quirinópolis"</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2270/quirinopolis.go.leg.br_requerimento_345.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2270/quirinopolis.go.leg.br_requerimento_345.pdf</t>
   </si>
   <si>
     <t>“Requer que seja realizado estudo de viabilidade para construção de ponte sobre o Córrego Cruzeiro”.</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2271/quirinopolis.go.leg.br_requerimento_346.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2271/quirinopolis.go.leg.br_requerimento_346.pdf</t>
   </si>
   <si>
     <t>“Solicita doação de terreno para construção da sede própria da Igreja Sara Nossa Terra de Quirinópolis.”</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2272/quirinopolis.go.leg.br_requerimento_347.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2272/quirinopolis.go.leg.br_requerimento_347.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado o patrolamento das ruas, roçagem e limpeza dos lotes do Bairro Sodino Vieira, Jardim Progresso, Jardim Planalto e Jardim Paraiso.</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2273/quirinopolis.go.leg.br_requerimento_348.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2273/quirinopolis.go.leg.br_requerimento_348.pdf</t>
   </si>
   <si>
     <t>“Requer que seja realizado um estudo para transformar a Vila “Vida Feliz” em um condomínio de idosos Vila “Vida Feliz”.</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2274/quirinopolis.go.leg.br_requerimento_349.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2274/quirinopolis.go.leg.br_requerimento_349.pdf</t>
   </si>
   <si>
     <t>“SOLICITO AO EXECULTIVO QUE SEJA VIABILIZADO JUNTO AO SETOR COMPETENTE AMTS A SINALIZAÇÃO  DE FAIXA DE PEDESTRE EM FENTRE AO HOSPITAL QUIRINOPOLIS’’.</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2276/quirinopolis.go.leg.br_requerimento_350.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2276/quirinopolis.go.leg.br_requerimento_350.pdf</t>
   </si>
   <si>
     <t>REQUER A DISPONIBILIZAÇÃO DE UM VEÍCULO A POPULAÇÃO PARA TRANSPORTE A CIDADE DE RIO VERDE DESTINADO ASSISTÊNCIA À SAÚDE.</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2312/quirinopolis.go.leg.br_requerimento_351.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2312/quirinopolis.go.leg.br_requerimento_351.pdf</t>
   </si>
   <si>
     <t>“Propõe que o Próximo Centro Municipal de Educação Infantil receba a denominação de CMEI Luciana Nacamura.”</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2313/quirinopolis.go.leg.br_requerimento_352.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2313/quirinopolis.go.leg.br_requerimento_352.pdf</t>
   </si>
   <si>
     <t>”SOLICITO   A CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA ALAMEDA PARANAÍBA, BAIRRO FLAMBOYANT (EM FRENTE AO NUMERO 184)’’.</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2314/quirinopolis.go.leg.br_requerimento_353.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2314/quirinopolis.go.leg.br_requerimento_353.pdf</t>
   </si>
   <si>
     <t>“SOLICITO AO EXECULTIVO QUE SEJA VIABILIZADO JUNTO AO SETOR COMPETENTE AMTS A PINTURA DA SINALIZAÇÃO DA RUA JOSE QUINTILIANO LEÃO ESQ/ COM A RUA 7 DE SETEMBRO NO BAIRRO SANTA CLARA’’.</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2315/quirinopolis.go.leg.br_requerimento_354.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2315/quirinopolis.go.leg.br_requerimento_354.pdf</t>
   </si>
   <si>
     <t>“Requer que seja viabilizado uma segunda equipe de tapa buracos no município de Quirinópolis.”</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2316/quirinopolis.go.leg.br_requerimento_355.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2316/quirinopolis.go.leg.br_requerimento_355.pdf</t>
   </si>
   <si>
     <t>“Requer que seja viabilizado parceria entre as Usinas de Açúcar e Álcool que atuam no município de Quirinópolis e a Prefeitura de Quirinópolis, para a construção de pontos de apoio cobertos para os colaboradores das Usinas."</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2317/quirinopolis.go.leg.br_requerimento_356.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2317/quirinopolis.go.leg.br_requerimento_356.pdf</t>
   </si>
   <si>
     <t>“Requer que seja viabilizado de redutores de velocidade na Rua Capelinha entre Rua Getúlio Vargas e Av. João Fratari."</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2318/quirinopolis.go.leg.br_requerimento_357.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2318/quirinopolis.go.leg.br_requerimento_357.pdf</t>
   </si>
   <si>
     <t>“Instalação de câmeras nas principais pistas de caminhada da cidade”</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2321/quirinopolis.go.leg.br_requerimento_358.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2321/quirinopolis.go.leg.br_requerimento_358.pdf</t>
   </si>
   <si>
     <t>“SOLICITO AO EXECULTIVO QUE  VIABILIZE ESTUDO PARA CONSTRUÇÃO DE GALERIAS PLUVIAIS E AMPLIAÇÃO DAS BOCAS DE LOBO JÁ EXISTENTES, NO TRECHO QUE ENVOLVE AS RUAS ,  5 E  A DAS CLEMENCIAS,  NO BAIRRO ALVORADA’’.</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2322/quirinopolis.go.leg.br_requerimento_359.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2322/quirinopolis.go.leg.br_requerimento_359.pdf</t>
   </si>
   <si>
     <t>”SOLICITO   A CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE NA AV: RUI BARBOSA, BAIRRO HELIO LEÃO II (EM FRENTE AO NÚMERO 452)’’.</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2323/quirinopolis.go.leg.br_requerimento_360.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2323/quirinopolis.go.leg.br_requerimento_360.pdf</t>
   </si>
   <si>
     <t>“Requer o serviço de topografia da pista principal do Povoado Geraldo Lemos e requer a análise de viabilidade da sua pavimentação asfáltica.”</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2325/quirinopolis.go.leg.br_requerimento_361.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2325/quirinopolis.go.leg.br_requerimento_361.pdf</t>
   </si>
   <si>
     <t>“Requer que seja verificado a possibilidade de instalação de bebedouros em pontos estratégicos no Lago Sol Poente e do Parque da Liberdade.”</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2326/quirinopolis.go.leg.br_requerimento_362.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2326/quirinopolis.go.leg.br_requerimento_362.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado o patrolamento e o encascalhamento da estrada vicinal da Região da Pedra Lisa que sai da GO 206 até a Venda do Zé Major.</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2327/quirinopolis.go.leg.br_requerimento_363.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2327/quirinopolis.go.leg.br_requerimento_363.pdf</t>
   </si>
   <si>
     <t>“Requer que seja realizado a reforma, pintura e ajuste no letreiro da Sala de Velório Municipal.”</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2334/quirinopolis.go.leg.br_requerimento_364.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2334/quirinopolis.go.leg.br_requerimento_364.pdf</t>
   </si>
   <si>
     <t>“SOLICITO AO EXECULTIVO QUE  VIABILIZE ESTUDO PARA CONSTRUÇÃO DE GALERIAS PLUVIAIS , NO TRECHO QUE ENVOLVE AS AVENIDAS: DA SAUDADE, CENTRO E AV: PERIMETRAL (EM FRENTE A SALA DE VELÓRIO)’’.</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2335/quirinopolis.go.leg.br_requerimento_365.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2335/quirinopolis.go.leg.br_requerimento_365.pdf</t>
   </si>
   <si>
     <t>“Requer a instalação de proteção no Córrego Cruzeiro na Rua Capelinha e na Rua Herculano Costa.”</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2336/quirinopolis.go.leg.br_requerimento_366.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2336/quirinopolis.go.leg.br_requerimento_366.pdf</t>
   </si>
   <si>
     <t>FESTA DE CONFRATERNIZAÇÃO PARA OS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2337/quirinopolis.go.leg.br_requerimento_367.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2337/quirinopolis.go.leg.br_requerimento_367.pdf</t>
   </si>
   <si>
     <t>“CONCESSÃO DE CESTAS NATALINAS PARA OS_x000D_
 SERVIDORES DA CÂMARA MUNICIPAL”</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2338/quirinopolis.go.leg.br_requerimento_368.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2338/quirinopolis.go.leg.br_requerimento_368.pdf</t>
   </si>
   <si>
     <t>“Concessão de Auxílio Aluguel de R$ 300,00 para_x000D_
 às famílias em situação de vulnerabilidade social</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2340/quirinopolis.go.leg.br_requerimento_369.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2340/quirinopolis.go.leg.br_requerimento_369.pdf</t>
   </si>
   <si>
     <t>“SOLICITO AO EXECULTIVO QUE SEJA VIABILIZADO JUNTO AO SETOR COMPETENTE (AMTS) A SINALIZAÇÃO  DE FAIXA DE PEDESTRE EM FENTRE A CLÍNICA SAGRADO CORAÇÃO’’.</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2341/quirinopolis.go.leg.br_requerimento_370.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2341/quirinopolis.go.leg.br_requerimento_370.pdf</t>
   </si>
   <si>
     <t>Requerer a criação e execução de campanha municipal de prevenção às drogas e a violência com base no Programa Educacional de Resistência às Drogas e à Violência – PROERD.</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2347/quirinopolis.go.leg.br_requerimento_371.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2347/quirinopolis.go.leg.br_requerimento_371.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de faixa elevada para travessia de pedestres em frente ao Colégio Estadual Dr. Onerio Pereira Vieira.</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2348/quirinopolis.go.leg.br_requerimento_372.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2348/quirinopolis.go.leg.br_requerimento_372.pdf</t>
   </si>
   <si>
     <t>“Requer que oficie-se o secretario do transporte para que tome a providencias para realizar manutenção e melhoria da estradas rurais da região Fazenda Fazendinha Barra do córrego Fundo.”</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2349/quirinopolis.go.leg.br_requerimento_373.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2349/quirinopolis.go.leg.br_requerimento_373.pdf</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2350/quirinopolis.go.leg.br_requerimento_374.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2350/quirinopolis.go.leg.br_requerimento_374.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado a construção de uma Unidade Básica de Saúde - UBS no Bairro Tonico Bento onde possa atender demanda da população local e o Bairro Portal do Lago</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2353/quirinopolis.go.leg.br_requerimento_375.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2353/quirinopolis.go.leg.br_requerimento_375.pdf</t>
   </si>
   <si>
     <t>“Requer a que seja encaminhado a Secretaria do Esporte a implantação de quadra de areia na Praça Universal Vila Parreira e na Praça da Vila Promissão.”</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2354/quirinopolis.go.leg.br_requerimento_376.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2354/quirinopolis.go.leg.br_requerimento_376.pdf</t>
   </si>
   <si>
     <t>“Requer a que seja encaminhado a Secretaria do Esporte a implantação de quadra de areia para pratica de voleibol no lago sol poente e as quadras de peteca serem cercada com telas.”</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2355/quirinopolis.go.leg.br_requerimento_377.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2355/quirinopolis.go.leg.br_requerimento_377.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CRIADO O PROJETO “O ESCRITOR NA SALA DE AULA”.</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2356/quirinopolis.go.leg.br_requerimento_378.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2356/quirinopolis.go.leg.br_requerimento_378.pdf</t>
   </si>
   <si>
     <t>CONCESSÃO DE CESTAS BÁSICAS PARA OS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2357/quirinopolis.go.leg.br_requerimento_379.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2357/quirinopolis.go.leg.br_requerimento_379.pdf</t>
   </si>
   <si>
     <t>“Implantação de academia ao ar livre no 5* Batalhão da Polícia Rodoviária Estadual (PRE)”</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2358/quirinopolis.go.leg.br_requerimento_380.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2358/quirinopolis.go.leg.br_requerimento_380.pdf</t>
   </si>
   <si>
     <t>“Colocação de redes nas quadras esportivas do Lago Sol Poente”</t>
   </si>
   <si>
     <t>2359</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2359/quirinopolis.go.leg.br_requerimento_381.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2359/quirinopolis.go.leg.br_requerimento_381.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado a construção de um CMEI que atenda o Bairro Tonico Bento onde possa atender demanda da população local e bairros adjacentes.</t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2360/quirinopolis.go.leg.br_requerimento_382.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2360/quirinopolis.go.leg.br_requerimento_382.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado o reparo/manutenção da iluminação do Cemitério Municipal de Quirinópolis.</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2362/quirinopolis.go.leg.br_requerimento_383.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2362/quirinopolis.go.leg.br_requerimento_383.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de redutor de velocidade na Via Leocádio de Souza Reis.</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2363/quirinopolis.go.leg.br_requerimento_384.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2363/quirinopolis.go.leg.br_requerimento_384.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado o estudo para implantação de faixas elevadas/lombofaixas na Avenida Brasil em frente a agência do Banco Itaú em Quirinópolis e em demais vias públicas em frente as escolas estaduais e municipais e CMEIs e de maior fluxo de pessoas e automóveis.</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2364/quirinopolis.go.leg.br_requerimento_385.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2364/quirinopolis.go.leg.br_requerimento_385.pdf</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2365/quirinopolis.go.leg.br_requerimento_386.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2365/quirinopolis.go.leg.br_requerimento_386.pdf</t>
   </si>
   <si>
     <t>“CONCESSÃO DE CESTAS BÁSICAS PARA OS SERVIDORES  PUBLICO MUNICIPAIS.</t>
   </si>
   <si>
     <t>2368</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2368/quirinopolis.go.leg.br_requerimento_387.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2368/quirinopolis.go.leg.br_requerimento_387.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado com caráter de urgência o patrolamento e o encascalhamento da via de acesso entre o Bairro Onicio Resende e os Residenciais Viena e Atenas, e acesso a GO-206.</t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2369/quirinopolis.go.leg.br_requerimento_388.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2369/quirinopolis.go.leg.br_requerimento_388.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado estudo para implantação de Placas Solares em todos os órgãos públicos municipais de Quirinópolis.</t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2370/quirinopolis.go.leg.br_requerimento_389.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2370/quirinopolis.go.leg.br_requerimento_389.pdf</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2371/quirinopolis.go.leg.br_requerimento_390.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2371/quirinopolis.go.leg.br_requerimento_390.pdf</t>
   </si>
   <si>
     <t>”SOLICITO  A CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA ALAMEDA PARANAÍBA, BAIRRO FLAMBOYANT (EM FRENTE AO NUMERO 164)’’.</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2372/quirinopolis.go.leg.br_requerimento_391.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2372/quirinopolis.go.leg.br_requerimento_391.pdf</t>
   </si>
   <si>
     <t>”SOLICITO A CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA ALAMEDA PARANAÍBA, BAIRRO FLAMBOYANT (EM FRENTE AO NUMERO 200)’’.</t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2373/quirinopolis.go.leg.br_requerime_392.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2373/quirinopolis.go.leg.br_requerime_392.pdf</t>
   </si>
   <si>
     <t>Requer a contratação de intérpretes de Língua Brasileira de Sinais (Libras) para equipes de comunicação da câmara e da prefeitura.</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2374/quirinopolis.go.leg.br_requerimento_393.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2374/quirinopolis.go.leg.br_requerimento_393.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de faixa de pedestre em frente ao Colégio Estadual da Polícia Militar de Goiás Dr. Pedro Ludovico.</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2380/quirinopolis.go.leg.br_requerimento_394.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2380/quirinopolis.go.leg.br_requerimento_394.pdf</t>
   </si>
   <si>
     <t>Requer seja implantado faixas elevadas para travessia de pedestres em frente e na lateral de acesso ao Colégio Estadual Juscelino Kubitschek.</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2381/quirinopolis.go.leg.br_requerimento_395.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2381/quirinopolis.go.leg.br_requerimento_395.pdf</t>
   </si>
   <si>
     <t>Requerer a recuperação de área de nascente do córrego afluente do Clemências.</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2382/quirinopolis.go.leg.br_requerimento_396.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2382/quirinopolis.go.leg.br_requerimento_396.pdf</t>
   </si>
   <si>
     <t>"Requer que seja oficiado ao Prefeito Anderson de Paula  e à Primeira Dama Dona Geissiane a criação de um Centro de Acolhimento aos moradores de rua."</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2384/quirinopolis.go.leg.br_requerimento_397.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2384/quirinopolis.go.leg.br_requerimento_397.pdf</t>
   </si>
   <si>
     <t>”SOLICITO AO EXECUTIVO QUE VIABILIZE A IMPLANTAÇÃO DE UMA LOMBOFAIXA NA RUA: 8 CONJUNTO RIO RIO PRETO EM FRENTE AO CEMEI MARCOS ALVES MAGALHÃES ”.</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2385/quirinopolis.go.leg.br_requerimento_398.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2385/quirinopolis.go.leg.br_requerimento_398.pdf</t>
   </si>
   <si>
     <t>“Requer que seja realizado estudo e implantação do plano de carreira aos servidores públicos.”</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2386/quirinopolis.go.leg.br_requerimento_399.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2386/quirinopolis.go.leg.br_requerimento_399.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado o patrolamento das estradas vicinais da Região das Perdizes e arrumar os mata burros danificados que tem na região das perdizes.</t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2387/quirinopolis.go.leg.br_requerimento_400.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2387/quirinopolis.go.leg.br_requerimento_400.pdf</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>REV</t>
   </si>
   <si>
     <t>REQUERIMENTO VERBAL</t>
   </si>
   <si>
     <t>Solicitando a AMTS, que seja feito faixa de pedestre Santos Dumont 115.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>Solicitando pontualidade no inicio das Sessões Plenárias.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
     <t>Solicitando isolamento nas proximidades da central da covid.</t>
   </si>
@@ -6578,60 +6578,60 @@
   <si>
     <t>Requerimento verbal, texto a colocar........</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>Monitoramento, texto a ser colocado</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>Solicitando reforma da calçada e iluminação do bosque.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>Solicitando do Prefeito e Secretário de Saúde a construção de Posto de Saúde no Bairro Tonico Bento</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2012/quirinopolis.go.leg.br_req_verbal_13_assinado.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2012/quirinopolis.go.leg.br_req_verbal_13_assinado.pdf</t>
   </si>
   <si>
     <t>“REQUER A INSTALAÇÃO DOS PAVILHÕES DO ESTADO E DO MUNICÍPIO NAS ENTRADAS DA CIDADE DE QUIRINÓPOLIS”</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2013/quirinopolis.go.leg.br_req_verbal_14_assinado.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2013/quirinopolis.go.leg.br_req_verbal_14_assinado.pdf</t>
   </si>
   <si>
     <t>“REQUER A REVITALIZAÇÃO DA VIA LEOCÁDIO DE SOUZA REIS E A CONSTRUÇÃO DO PORTAL DA CIDADE DE QUIRINÓPOLIS”</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>Solicita que AMTS sinalização orizontal das vias do Bairro Eldorado.</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>Solicita sinalização vertical no Bairro Alexandrina.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>Solicita que o poder Executivo cumpra o piso salarial dos agentes de saúde.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
@@ -6734,837 +6734,837 @@
   <si>
     <t>Faixa luminosa em caçambas</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
     <t>Faixa luminosa em quebra-molas</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
     <t>Solicita recuperação do asfalto do bairro Atenas</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1720/quirinopolis.go.leg.br_mocao_01.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1720/quirinopolis.go.leg.br_mocao_01.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento de Francisca Vale de Lima no dia 10 de Fevereiro de 2021. Dona Francisca e Sr. Severino Ramos de Lima  “Casa Ramos”.</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1764/quirinopolis.go.leg.br_mocao_2.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1764/quirinopolis.go.leg.br_mocao_2.pdf</t>
   </si>
   <si>
     <t>“Moção de Pesar em respeito ao Falecimento de Luís Alberto Maguito Vilela ( Maguito Vilela)”</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1769/quirinopolis.go.leg.br_mocao_3.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1769/quirinopolis.go.leg.br_mocao_3.pdf</t>
   </si>
   <si>
     <t>Moção em Homenagem no dia da Mulher a  Sra. Euripedes Freitas (Dona Rosa – Açougue Casa de Carne Central).</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1770/quirinopolis.go.leg.br_mocao_4.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1770/quirinopolis.go.leg.br_mocao_4.pdf</t>
   </si>
   <si>
     <t>Moção em Homenagem no dia da Mulher a  Sra. Marieta</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1771/quirinopolis.go.leg.br_mocao_5.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1771/quirinopolis.go.leg.br_mocao_5.pdf</t>
   </si>
   <si>
     <t>Moção em Homenagem no dia da Mulher a  Sra. Leusemaria Caetano</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1772/quirinopolis.go.leg.br_mocao_6.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1772/quirinopolis.go.leg.br_mocao_6.pdf</t>
   </si>
   <si>
     <t>Moção em Homenagem no dia da Mulher a  Sra. Irene Alves Ribeiro.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1773/quirinopolis.go.leg.br_mocao_7.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1773/quirinopolis.go.leg.br_mocao_7.pdf</t>
   </si>
   <si>
     <t>Moção em Homenagem no dia da Mulher a  Dra. Bertha Lucia</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1779/quirinopolis.go.leg.br_mocao_8_assinado.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1779/quirinopolis.go.leg.br_mocao_8_assinado.pdf</t>
   </si>
   <si>
     <t>“Moção de Aplausos a Senhora Vice Prefeita Nicolina Maria da Costa Pereira, pelo dia Internacional da Mulher”.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1785/quirinopolis.go.leg.br_mocao_9_assinado.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1785/quirinopolis.go.leg.br_mocao_9_assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Parabéns a Sra. Maria Cristina da Silva Parreira.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1786/quirinopolis.go.leg.br_mocao_10_assinado.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1786/quirinopolis.go.leg.br_mocao_10_assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Parabéns a Sra. Antônia Flauzina de Paiva.</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1787/quirinopolis.go.leg.br_mocao_11_assinado.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1787/quirinopolis.go.leg.br_mocao_11_assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Parabéns a Professora Sandra Augusta de Lima Souza.</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1796/quirinopolis.go.leg.br_mocao_12.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1796/quirinopolis.go.leg.br_mocao_12.pdf</t>
   </si>
   <si>
     <t>"Moção de Aplausos pelo dia Mulher, comemorado tradicionalmente no dia 8 de Março, esta data é celebração de conquistas sociais, políticas e econômicas das mulheres ao longo dos anos, sendo adotado pela Organização das Nações Unidas e, consequentemente, por diversos países."</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1797/quirinopolis.go.leg.br_mocao_13.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1797/quirinopolis.go.leg.br_mocao_13.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO AO DIA INTERNACIONAL DA MULHER</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1801/quirinopolis.go.leg.br_mocao_14.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1801/quirinopolis.go.leg.br_mocao_14.pdf</t>
   </si>
   <si>
     <t>”MOÇÃO DE PESAR EM RESPEITO AO FALECIMENTO DE MARA HILDA TEODORO COUTO.”</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1806/quirinopolis.go.leg.br_mocao_15.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1806/quirinopolis.go.leg.br_mocao_15.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELA PERDA DE UM CASAL ABENÇOADO POR DEUS, NOSSOS AMIGOS HELENA E NIVALDO.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1809/quirinopolis.go.leg.br_mocao_16.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1809/quirinopolis.go.leg.br_mocao_16.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso a Sra. Lucimeire Ramos de Morais.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1817/quirinopolis.go.leg.br_mocao_17.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1817/quirinopolis.go.leg.br_mocao_17.pdf</t>
   </si>
   <si>
     <t>”MOÇÃO DE PESAR EM RESPEITO AO FALECIMENTO DE MARCIA TOSTA.”</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1820/quirinopolis.go.leg.br_mocao_18.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1820/quirinopolis.go.leg.br_mocao_18.pdf</t>
   </si>
   <si>
     <t>O PODER LEGISLATIVO DE QUIRINÓPOLIS ESTÁ DE LUTO PELA PERDA DO  EX-VEREADOR, JOSÉ CARLOS FERNANDES DE LIMA, QUE MUITO HONROU A CÂMARA MUNICIPAL, COM SUA ATUAÇÃO PARLAMENTAR DIGNA, MARCANTE, COMBATIVA E ATUANTE NA 15ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1827/quirinopolis.go.leg.br_mocao_19.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1827/quirinopolis.go.leg.br_mocao_19.pdf</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSOS AO DR. MÁRIO GONÇALVES DE MELO”</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1828/quirinopolis.go.leg.br_mocao_20.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1828/quirinopolis.go.leg.br_mocao_20.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento de ADEMAR FERREIRA ASSUNÇÃO, carinhosamente conhecido por “Neném da Som de Ouro.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1850/quirinopolis.go.leg.br_mocao_21.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1850/quirinopolis.go.leg.br_mocao_21.pdf</t>
   </si>
   <si>
     <t>QUIRINÓPOLIS ESTÁ DE LUTO PELAS PERDAS IRREPARÁVEIS DO AMIGOS, HÉLIO DANTAS E DE SEU FILHO LEONARDO ROCHA, AMBOS VÍTIMAS DAS COMPLICAÇÕES DA COVID-19.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1851/quirinopolis.go.leg.br_mocao_22.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1851/quirinopolis.go.leg.br_mocao_22.pdf</t>
   </si>
   <si>
     <t>O PODER LEGISLATIVO DE QUIRINÓPOLIS ESTÁ DE LUTO PELA PERDA IRREPARÁVEL DO SUPLENTE DE VEREADOR, DO NOSSO PARTIDO SOLIDARIEDADE, PASTOR CÉZAR LUIZ ZALTRAN, EXEMPLO DE AMIGO E DE CIDADÃO DE BEM, DE CONDUTA ILIBADA, FRATERNA, HUMANA E SOLIDÁRIA.</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1870/quirinopolis.go.leg.br_mocao_23.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1870/quirinopolis.go.leg.br_mocao_23.pdf</t>
   </si>
   <si>
     <t>QUIRINÓPOLIS ESTÁ DE LUTO PELA PERDA IRREPARÁVEL DO NOSSO QUERIDO AMIGO ADEILDO SOARES BATISTA DO CAFÉ DAQUI</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1871/quirinopolis.go.leg.br_mocao_24.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1871/quirinopolis.go.leg.br_mocao_24.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo de Quirinópolis está de LUTO pela perda do nosso amigo, ex-vereador e ex-presidente da Câmara Municipal, Célio Rosa do Prado.</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1883/quirinopolis.go.leg.br_mocao_25.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1883/quirinopolis.go.leg.br_mocao_25.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Reconhecimento Público ao CRAS – Centro de Referência em Assistência Social de Quirinópolis-GO na pessoa da sua Coordenadora Daiane Ribeiro Arantes.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1884/quirinopolis.go.leg.br_mocao_26.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1884/quirinopolis.go.leg.br_mocao_26.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Reconhecimento Público a Senhora Suziane Ferreira Goulart Garcia no reconhecimento dos seus relevantes serviços prestados na área de Nutrição no Município de Quirinópolis-GO.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1885/quirinopolis.go.leg.br_mocao_27.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1885/quirinopolis.go.leg.br_mocao_27.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Reconhecimento Público ao Dr. Marcelo Ferreira Dela Coleta no reconhecimento dos seus relevantes serviços prestados na área da Saúde de forma mais especifica como Cirurgião Geral no Município de Quirinópolis-GO.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1893/quirinopolis.go.leg.br_mocao_28.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1893/quirinopolis.go.leg.br_mocao_28.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos ao Sr. Rodrigo Ferreira Goulart, no reconhecimento pelo trabalho que desempenha como Secretário Municípal de Sáude .</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1905/quirinopolis.go.leg.br_mocao_29.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1905/quirinopolis.go.leg.br_mocao_29.pdf</t>
   </si>
   <si>
     <t>“Moção de Pesar em respeito ao Falecimento de GILSON CUSTÓDIO DE JESUS”</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1906/quirinopolis.go.leg.br_mocao_30.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1906/quirinopolis.go.leg.br_mocao_30.pdf</t>
   </si>
   <si>
     <t>“Moção em comemoração ao dia das mães  ”</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
-    <t>FERNANDO NOVAIS, ALEX DA FARMÁCIA, CASSIM DA USINA, CLEILTON RESENDE, GUSTAVO MOURÃO, MARQUINHO DA CASA DE APOIO, NUBIA THEODORO, OSCAR JÚNIOR, PAULINHO DA USINA, RENATO RIBEIRO, ROMISDETE, TOCOZINHO (AFASTADO POR DECISÃO JUDICIAL), WELINGTON FAUSTINO (Veredor afastado)</t>
-[...2 lines deleted...]
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1912/quirinopolis.go.leg.br_mocao_31.pdf</t>
+    <t>FERNANDO NOVAIS, ALEX DA FARMÁCIA, CASSIM DA USINA, CLEILTON RESENDE, GUSTAVO MOURÃO (em memória), MARQUINHO DA CASA DE APOIO, NUBIA THEODORO, OSCAR JÚNIOR, PAULINHO DA USINA, RENATO RIBEIRO, ROMISDETE, TOCOZINHO (AFASTADO POR DECISÃO JUDICIAL), WELINGTON FAUSTINO (Veredor afastado)</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1912/quirinopolis.go.leg.br_mocao_31.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do ex-vereador GILSON CUSTÓDIO DE JESUS.</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1913/quirinopolis.go.leg.br_mocao_32.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1913/quirinopolis.go.leg.br_mocao_32.pdf</t>
   </si>
   <si>
     <t>Moção pelo dia do Trabalhor.</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1914/quirinopolis.go.leg.br_mocao_pesar_33.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1914/quirinopolis.go.leg.br_mocao_pesar_33.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento da Manoel Messias.</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1916/quirinopolis.go.leg.br_mocao_34.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1916/quirinopolis.go.leg.br_mocao_34.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de Paulo Vicente de Faria.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1919/quirinopolis.go.leg.br_mocao_35.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1919/quirinopolis.go.leg.br_mocao_35.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pela morte do PAULINHO SOM.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1920/quirinopolis.go.leg.br_mocao_36.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1920/quirinopolis.go.leg.br_mocao_36.pdf</t>
   </si>
   <si>
     <t>Moção pelo Dia do Trabalhador.</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1923/quirinopolis.go.leg.br_mocao_037.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1923/quirinopolis.go.leg.br_mocao_037.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso ao Sr. Julio Flavio Rocha De  Moraes, Assessor de Governo .</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1924/quirinopolis.go.leg.br_mocao_38.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1924/quirinopolis.go.leg.br_mocao_38.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso a todas as Mães pelo comemoração do Dia das Mães, que ocorrerá no próximo domingo dia 09 de Maio .</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1925/quirinopolis.go.leg.br_mocao_39.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1925/quirinopolis.go.leg.br_mocao_39.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO EX-PREFEITO E EX-DEPUTADO ESTADUAL POR 03 MANDATOS EM GOIÁS HUMBERTO XAVIER.</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1926/quirinopolis.go.leg.br_mocao_40.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1926/quirinopolis.go.leg.br_mocao_40.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos ao dia das mães!</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1929/quirinopolis.go.leg.br_mocao_41.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1929/quirinopolis.go.leg.br_mocao_41.pdf</t>
   </si>
   <si>
     <t>“Moção de Pesar em respeito ao Falecimento de PAULO VICENTE FARIA”</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1930/quirinopolis.go.leg.br_mocao_42.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1930/quirinopolis.go.leg.br_mocao_42.pdf</t>
   </si>
   <si>
     <t>“MOÇÃO DE CONGRATULAÇÃO ALUSIVA AO DIA DAS MÃES”</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1940/quirinopolis.go.leg.br_mocao_43.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1940/quirinopolis.go.leg.br_mocao_43.pdf</t>
   </si>
   <si>
     <t>Nesta quarta-feira, 12 de maio, comemoramos o Dia da Enfermagem, em homenagem alusiva a esses valorosos profissionais da linha de frente da Saúde.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1941/quirinopolis.go.leg.br_mocao_044.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1941/quirinopolis.go.leg.br_mocao_044.pdf</t>
   </si>
   <si>
     <t>Moção de Parabéns a técnica de enfermagem Edileusa da Silva</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1942/quirinopolis.go.leg.br_mocao_45.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1942/quirinopolis.go.leg.br_mocao_45.pdf</t>
   </si>
   <si>
     <t>Moção de Parabéns a Técnica de enfermagem Marlúcia Gomes Cardoso</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1943/quirinopolis.go.leg.br_mocao_46.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1943/quirinopolis.go.leg.br_mocao_46.pdf</t>
   </si>
   <si>
     <t>Moção de Parabéns a Enfermeira Elena Aparecida Silva Alves</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1944/quirinopolis.go.leg.br_mocao_47.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1944/quirinopolis.go.leg.br_mocao_47.pdf</t>
   </si>
   <si>
     <t>Moção de Parabéns a Enfermeira, Fabiana Barbosa Andrade</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1945/quirinopolis.go.leg.br_mocao_48.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1945/quirinopolis.go.leg.br_mocao_48.pdf</t>
   </si>
   <si>
     <t>Moção de Parabéns a técnica de enfermagem Lucilene Costa de Oliveira</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1946/quirinopolis.go.leg.br_mocao_49.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1946/quirinopolis.go.leg.br_mocao_49.pdf</t>
   </si>
   <si>
     <t>Moção de Parabéns ao Enfermeiro, Vinicius Alves Bernardes</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1947/quirinopolis.go.leg.br_mocao_50.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1947/quirinopolis.go.leg.br_mocao_50.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos Enfermeira Ludmilla Fernandes Carvalho</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1948/quirinopolis.go.leg.br_mocao_51.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1948/quirinopolis.go.leg.br_mocao_51.pdf</t>
   </si>
   <si>
     <t>Moção de congartulações à primeira dama e secretária de Promoção e Assistência Social, Geiciane Ferreira.</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1949/quirinopolis.go.leg.br_mocao_52.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1949/quirinopolis.go.leg.br_mocao_52.pdf</t>
   </si>
   <si>
     <t>Moção de Parabéns a Enfermeira JUSCENY REZENDE GOUVEIA</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1950/quirinopolis.go.leg.br_mocao_53.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1950/quirinopolis.go.leg.br_mocao_53.pdf</t>
   </si>
   <si>
     <t>Moção de Parabéns a Enfermeira Célia Dalis de Oliveira Pinheiro Cardoso</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1964/quirinopolis.go.leg.br_mocao_54.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1964/quirinopolis.go.leg.br_mocao_54.pdf</t>
   </si>
   <si>
     <t>“Moção de Pesar em respeito ao falecimento de DULCE HELENA ALVES DE QUEIROZ”</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1986/quirinopolis.go.leg.br_mocao_55.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1986/quirinopolis.go.leg.br_mocao_55.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso a Sr. Jesus Olair Fernandes, Agente de Fiscalização Agropecuária.</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2011/quirinopolis.go.leg.br_mocao_56.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2011/quirinopolis.go.leg.br_mocao_56.pdf</t>
   </si>
   <si>
     <t>Moção de pesar José Valeriano dos Passos</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2035/quirinopolis.go.leg.br_mocao_57.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2035/quirinopolis.go.leg.br_mocao_57.pdf</t>
   </si>
   <si>
     <t>Quirinópolis está de luto pela perda irreparável do nosso amigo, ex-prefeito de Gouvelândia José do Nascimento Januário.</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2043/quirinopolis.go.leg.br_mocao_58.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2043/quirinopolis.go.leg.br_mocao_58.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS alusiva ao DIA DOS PAIS celebrado no próximo domingo, dia 08 de Agosto.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2081/quirinopolis.go.leg.br_mocao_59.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2081/quirinopolis.go.leg.br_mocao_59.pdf</t>
   </si>
   <si>
     <t>Dia 11 de Agosto, comemoramos o Dia do Advogado, portanto nessa ocasião queremos congratular a todos os profissionais do Direito de Quirinópolis e região, que pertencem a nossa subseção.</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2105/quirinopolis.go.leg.br_mocao_60.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2105/quirinopolis.go.leg.br_mocao_60.pdf</t>
   </si>
   <si>
     <t>No último dia 25 de Agosto, comemoramos do Dia do Soldado, portanto nessa ocasião queremos congratular a todos os bravos guerreiros da gloriosa Polícia Militar do Estado de Goiás pelos relevantes serviços prestados em prol da nossa segurança pública, aqui na cidade e na região da 12ª CIPM.</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2106/quirinopolis.go.leg.br_mocao_61.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2106/quirinopolis.go.leg.br_mocao_61.pdf</t>
   </si>
   <si>
     <t>“Moção de Pesar em respeito ao Falecimento de AVENIR SOARES BERNARDES"</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2107/quirinopolis.go.leg.br_mocao_62.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2107/quirinopolis.go.leg.br_mocao_62.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar em respeito ao Falecimento de JOÃO SOUZA DE MELO FILHO</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2108/quirinopolis.go.leg.br_mocao_63.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2108/quirinopolis.go.leg.br_mocao_63.pdf</t>
   </si>
   <si>
     <t>“Moção de Pesar em respeito ao falecimento de Avenir Soares Bernardes</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2124/quirinopolis.go.leg.br_mocao_64.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2124/quirinopolis.go.leg.br_mocao_64.pdf</t>
   </si>
   <si>
     <t>QUIRINÓPOLIS ESTÁ DE LUTO PELA PERDA IRREPARÁVEL DO NOSSO QUERIDO E ESTIMADO AMIGO AVENIR SOARES BERNARDES.</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2125/quirinopolis.go.leg.br_mocao_65.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2125/quirinopolis.go.leg.br_mocao_65.pdf</t>
   </si>
   <si>
     <t>No dia 09/09, comemoramos o Dia do Médico Veterinário, esses importantes profissionais, que cuidam tão bem dos nossos animais de estimação.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2136/quirinopolis.go.leg.br_mocao_66.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2136/quirinopolis.go.leg.br_mocao_66.pdf</t>
   </si>
   <si>
     <t>“Moção De Pesar Aos Familiares De Antônio Ferreira Barbosa’’.</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2146/quirinopolis.go.leg.br_mocao_67.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2146/quirinopolis.go.leg.br_mocao_67.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a Entidade Não Governamental Bicho do Mato</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2162/quirinopolis.go.leg.br_mocao_68_ass_digital.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2162/quirinopolis.go.leg.br_mocao_68_ass_digital.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES PELO DIA NACIONAL DOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS) E AGENTES DE COMBATE À ENDEMIAS (ACE), COMEMORADO NO DIA 04 DE OUTUBRO.</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2168/quirinopolis.go.leg.br_mocao_69.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2168/quirinopolis.go.leg.br_mocao_69.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos alusiva do Dia do Vereador .</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2184/quirinopolis.go.leg.br_mocao_70.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2184/quirinopolis.go.leg.br_mocao_70.pdf</t>
   </si>
   <si>
     <t>O PODER LEGISLATIVO DE QUIRINÓPOLIS ESTÁ DE LUTO PELA PERDA IRREPARÁVEL DA EX-VEREADORA DESSA CASA DE LEIS, MARIA TEREZINHA RESENDE MOTA.</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2186/quirinopolis.go.leg.br_mocao_71.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2186/quirinopolis.go.leg.br_mocao_71.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos aos Professores.</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2187/quirinopolis.go.leg.br_mocao_72.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2187/quirinopolis.go.leg.br_mocao_72.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DA PROFESSORA LIVIA GARCIA ANDRADE</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2209/quirinopolis.go.leg.br_mocao_73.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2209/quirinopolis.go.leg.br_mocao_73.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DA MÃE DA VEREADORA NUBIA THEODORO, MARLENE THEODORO ARANTES</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
     <t>CASSIM DA USINA, FERNANDO NOVAIS, TOCOZINHO (AFASTADO POR DECISÃO JUDICIAL)</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2210/quirinopolis.go.leg.br_mocao_74.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2210/quirinopolis.go.leg.br_mocao_74.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a Primeira Dama de Quirinópolis, Geiciane Ferreira.</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2211/quirinopolis.go.leg.br_mocao_75.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2211/quirinopolis.go.leg.br_mocao_75.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos alusiva ao Dia do Médico.</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2220/quirinopolis.go.leg.br_mocao_76.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2220/quirinopolis.go.leg.br_mocao_76.pdf</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À FIEG – FEDERAÇÃO DAS INDÚSTRIAS DO ESTADO DE GOIÁS, POR OCASIÃO DOS SEUS 70 ANOS DE FUNDAÇÃO”.</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2221/quirinopolis.go.leg.br_mocao_77.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2221/quirinopolis.go.leg.br_mocao_77.pdf</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSOS À DIRETORIA DO SINTEGO – SINDICATO DOS TRABALHADORES EM EDUCAÇÃO DE GOIÁS, ESPECIALMENTE À PROFESSORA ELIEDES FRANCISCA DA SILVEIRA, PRESIDENTE DA REGIONAL QUIRINÓPOLIS, GESTÃO 2017/2021”.</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2230/quirinopolis.go.leg.br_mocao_78.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2230/quirinopolis.go.leg.br_mocao_78.pdf</t>
   </si>
   <si>
     <t>Moção pelo Dia do Servidor Público.</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2231/quirinopolis.go.leg.br_mocao_79.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2231/quirinopolis.go.leg.br_mocao_79.pdf</t>
   </si>
   <si>
     <t>Moção à Associação Cultural, Literária e Educacional Mãos e Olhares Diferentes (ACLEMOD)</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2248/quirinopolis.go.leg.br_mocao_80.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2248/quirinopolis.go.leg.br_mocao_80.pdf</t>
   </si>
   <si>
     <t>No último dia 07 de novembro, domingo, foi comemorado o Dia do Radialista.</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2275/quirinopolis.go.leg.br_mocao_81.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2275/quirinopolis.go.leg.br_mocao_81.pdf</t>
   </si>
   <si>
     <t>Ao homenageado Júlio Flávio Rocha de Moraes</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2339/quirinopolis.go.leg.br_mocao_082.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2339/quirinopolis.go.leg.br_mocao_082.pdf</t>
   </si>
   <si>
     <t>Excelentíssimo Senhor Presidente, da Câmara Municipal de Quirinópolis Fernando Novais, venho através desta, apresentar Moção de Aplausos a Sra. Jailda Medeiros Rocha,  no sentido de homenagear como uma referência na sociedade.</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2366/quirinopolis.go.leg.br_mocao_83.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2366/quirinopolis.go.leg.br_mocao_83.pdf</t>
   </si>
   <si>
     <t>Ao homenageado FocalizeQuiri</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2375/quirinopolis.go.leg.br_mocao_84.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2375/quirinopolis.go.leg.br_mocao_84.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Reconhecimento Público a OVG – Organização das Voluntárias de Goiás nas pessoas da Gerente de Benefícios Sociais Natalia Tandaya e a Coordenadora de Benefícios Sociais Fabiana Santana.</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2383/quirinopolis.go.leg.br_mocao_85.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2383/quirinopolis.go.leg.br_mocao_85.pdf</t>
   </si>
   <si>
     <t>"Apresentar Moção de Aplausos a Sr. Euglenio Entony Dias Soares, no sentido de homenagear como uma referência na sociedade.</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2388/quirinopolis.go.leg.br_mocao_86.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2388/quirinopolis.go.leg.br_mocao_86.pdf</t>
   </si>
   <si>
     <t>Moção aos integrantes do projeto “Pet’s eles merecem mais.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
     <t>MOV</t>
   </si>
   <si>
     <t>MOÇÃO VERBAL</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2083/quirinopolis.go.leg.br_mocao.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2083/quirinopolis.go.leg.br_mocao.pdf</t>
   </si>
   <si>
     <t>Moção à Associação Cultural Literária e Educacional Mãos e Olhares Diferentes - Aclemod.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -7871,67 +7871,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1967/quirinopolis.go.leg.br_emenda_aditiva_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1976/quirinopolis.go.leg.br_emenda_aditiva_002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2016/quirinopolis.go.leg.br_emenda_aditiva_003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2017/quirinopolis.go.leg.br_emenda_aditiva_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2250/quirinopolis.go.leg.br_emenda_aditiva_005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1829/quirinopolis.go.leg.br_emenda_modificativa_001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1977/quirinopolis.go.leg.br_emenda_modificativa_002_a.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1988/quirinopolis.go.leg.br_emenda_modificativa_003.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2018/quirinopolis.go.leg.br_emenda_modificativa_004.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2068/quirinopolis.go.leg.br_projeto_de_emenda_modificativa_005_a.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2069/quirinopolis.go.leg.br__emenda_modificativa_.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2188/quirinopolis.go.leg.br_emenda_007_a.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2199/quirinopolis.go.leg.br_emenda_008.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2249/quirinopolis.go.leg.br_projeto_de_emenda_modificativa_009.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2251/quirinopolis.go.leg.br_emenda_modificativa_010.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2279/quirinopolis.go.leg.br_emenda_11.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2280/quirinopolis.go.leg.br_emenda_12_.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2281/quirinopolis.go.leg.br_emenda_13_.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2282/quirinopolis.go.leg.br_emenda_14.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2283/quirinopolis.go.leg.br_emenda_15_.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2284/quirinopolis.go.leg.br_emenda_16_.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2285/quirinopolis.go.leg.br_emenda_17_.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2286/quirinopolis.go.leg.br_emenda_18_.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2287/quirinopolis.go.leg.br_emenda_19.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2288/quirinopolis.go.leg.br_emenda_20_.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2289/quirinopolis.go.leg.br_emenda_21_.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2290/quirinopolis.go.leg.br_emenda_22_.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2291/quirinopolis.go.leg.br_emenda_23_-_farmacia_cidadao_-_acacio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2292/quirinopolis.go.leg.br_emenda_24_-_cmei_-_nubia.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2293/quirinopolis.go.leg.br_emenda_25_-_nova_era_-_alex_-_cleilton_-_denilson.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2294/quirinopolis.go.leg.br_emenda_26_-_marcio_ribeiro_-_cleilton_-_denilson_-_fernando_-_nubia_-_renato_-_welington.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2295/quirinopolis.go.leg.br_emenda_27-_freezer_-_marquinho.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2296/quirinopolis.go.leg.br_emenda_28_-_maquina_de_lavar_-_renato.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2297/quirinopolis.go.leg.br_emenda_29_-_ar_condicionado_-_marquinho.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2298/quirinopolis.go.leg.br_emenda_30_-_cmei_-_nubia.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2299/quirinopolis.go.leg.br_emenda_31_-_exames_-_denilson_-_marquinho.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2300/quirinopolis.go.leg.br_emenda_32_-_cadeiras_de_rodas_-_paulinho.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2301/quirinopolis.go.leg.br_emenda_33_-_microscopio_-_renato.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2302/quirinopolis.go.leg.br_emenda_34_-_maquina_de_costura_-_acacio.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2303/quirinopolis.go.leg.br_emenda_35_-_equipamentos_escolas_-_acacio_-_marquinho_-_cleilton_-_fernando.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2304/quirinopolis.go.leg.br_emenda_36_-_ong_melhor_amigo_-_cleiton_-_paulinho.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2305/quirinopolis.go.leg.br_emenda_37_a_-_associacao_cancer_-_denilson_-_nubia_1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2306/quirinopolis.go.leg.br_emenda_38_-_abcad_-_fernando_e_paulinho.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2307/quirinopolis.go.leg.br_emenda_39_-_escola_canaa_-_gustavo_-_romisdete.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2308/quirinopolis.go.leg.br_emenda_40_-_festa_padroeira_-_oscar.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2309/quirinopolis.go.leg.br_emenda_41_-_cmei_-_nubia.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2310/quirinopolis.go.leg.br_emenda_42_-_casa_da_abelha_-_romisdete.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2311/quirinopolis.go.leg.br_emenda_43_-_nova_geracao_-_marquinho.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2319/quirinopolis.go.leg.br_emenda_44_-_marcio_ribeiro_denilson_.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2320/quirinopolis.go.leg.br_emenda_a_proposta_de_emenda_004-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2331/quirinopolis.go.leg.br_emenda_046.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1836/quirinopolis.go.leg.br_veto_ao_autografo_3.377.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1837/quirinopolis.go.leg.br_veto_ao_autografo_3.379.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1838/quirinopolis.go.leg.br_veto_ao_autografo_3.380.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1702/quirinopolis.go.leg.br_projeto_de_decreto_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2161/quirinopolis.go.leg.br_titulo_honorifico_isa_lucia_morais.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2174/quirinopolis.go.leg.br_projeto_de_decreto_003.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2202/quirinopolis.go.leg.br_projeto_de_decreto_004.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2214/quirinopolis.go.leg.br_projeto_de_decreto_005.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2216/quirinopolis.go.le.br_projeto_de_decreto_006.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2217/quirinopolis.go.leg.br_projeto_de_decreto_007.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2218/quirinopolis.go.leg.br_projeto_de_decreto_008.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2234/quirinopolis.go.leg.br_projeto_de_decreto_009.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2235/quirinopolis.go.leg.br_projeto_de_decreto_010.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2236/quirinopolis.go.leg.br_projeto_de_decreto_011.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2265/quirinopolis.go.leg.br_projeto_de_decreto_012.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2266/quirinopolis.go.leg.br_projeto_de_decreto_013.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2268/quirinopolis.go.leg.br_projeto_de_decreto_014.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2269/quirinopolis.go.leg.br_projeto_de_decreto_015.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2277/quirinopolis.go.leg.br_projeto_de_decreto_016.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2278/quirinopolis.go.leg.br_projeto_de_decreto_017_-_paulinho.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2332/quirinopolis.go.leg.br_projeto_de_decreto_018_-toco.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2333/quirinopolis.go.leg.br_projeto_de_decreto_019_.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2342/quirinopolis.go.leg.br_projeto_de_decreto_020_-_nubia.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2376/quirinopolis.go.leg.br_projeto_de_decreto_021_-_nubia.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1792/quirinopolis.go.leg.br_projeto_proposta_a_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1951/quirinopolis.go.leg.br_emenda_a_lei_organica_002.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2151/quirinopolis.go.leg.br_emenda_a_lei_organica_003.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2252/quirinopolis.go.leg.br_emenda_a_lei_organica_004.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1699/quirinopolis.go.leg.br_projeto_de_resulacao_01.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1717/quirinopolis.go.leg.br_resolucao_002.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1719/quirinopolis.go.leg.br_resolucao_003_assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2150/quirinopolis.go.leg.br_projeto_de_resolucao_004.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2324/quirinopolis.go.leg.br_projeto_de_resolucao_altera_comissoes_2.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1694/quirinopolis.go.leg.br_projeto_001_assinado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1695/quirinopolis.go.leg.br_projeto_002_assinado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1696/quirinopolis.go.leg.br_projeto_003_assinado.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1697/quirinopolis.go.leg.br_projeto_004_assinado.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1698/quirinopolis.go.leg.br_projeto_005_assinado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1803/quirinopolis.go.leg.br_projeto_de_lei_6.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1823/quirinopolis.go.leg.br_projeto_007_assinado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1858/quirinopolis.go.leg.br_projeto_008_1.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1861/quirinopolis.go.leg.br_projeto_de_lei_009.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1873/quirinopolis.go.leg.br_projeto_de_lei_010.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1875/quirinopolis.go.leg.br_projeto_011.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1886/quirinopolis.go.leg.br_projeto_012.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1971/quirinopolis.go.leg.br_projeto_013_a.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1972/quirinopolis.go.leg.br_projeto_de_lei_014.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1987/quirinopolis.go.leg.br_projeto_de_lei_015_a.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2023/quirinopolis.go.leg.br_projeto_de_lei_legislativo_016-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2033/qurinopolis.go.leg.br_projeto_017.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2054/quirinopolis.go.leg.br_projeto_018.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2060/quirinopolis.go.leg.br_projeto_de_lei_019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2087/quirinopolis.go.leg.br_projeto_de_lei_020.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2088/quirinopolis.go.leg.br_projeto_de_lei_021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2215/quirinopolis.go.leg.br_projeto_de_lei_022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2219/quirinopolis.go.leg.br_projeto_de_lei_023_a.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2267/quirinopolis.go.leg.br_projeto_de_lei_024_a.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2367/quirinopolis.go.leg.br_projeto_de_lei_025_a.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1728/quirinopolis.go.leg.br_projeto_de_lc_001_assinado.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1816/quirinopolis.go.leg.br_projeto_substitutivo-otimizado.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1854/quirinopolis.go.leg.br_substitutivo_ao_projeto_de_lei_n_006_1.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2000/quirinopolis.go.leg.br_substitutivo_003.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2213/quirinopolis.go.leg.br_substitutivo_04_ao_projeto_de_lei_30-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1708/quirinopolis.go.leg.br_projeto_de_lei_001.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1709/quirinopolis.go.leg.br_projeto_de_lei_002-otimizado.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1710/quirinopolis.go.leg.br_projeto_de_lei_003.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1776/quirinopolis.go.leg_projeto_004.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1777/quirinopolis.go.leg.br_projeto_de_lei_05.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1778/quirinopolis.go.leg.br_projeto_de_lei_06.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1790/quirinopolis.go.leg.br_projeto_007-otimizado.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1789/quirinopolis.go.leg.br_projeto_008.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1795/quirinopolis.go.leg.br_projeto_009-otimizado.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1835/quirinopolis.go.leg.br_projeto_de_lei_010_otimizado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1887/quirinopolis.go.leg._projeto_011a.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1896/quirinopolis.go.leg.br_projeto_de_lei_012.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1959/quirinopolis.go.leg.br_projeto_de_lei_013a.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1960/quirinopolis.go.leg.br_projeto_de_lei_014.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2020/quirinopolis.go.leg.br_projeto_015.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2021/quirinopolis.go.leg.br_projeto_016.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2022/quirinopolis.go.leg.br_projeto_de_lei_017.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2024/quirinopolis.go.leg.br_projeto_de_lei_018.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2045/quirinopolis.go.leg.br_projeto_de_lei_019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2046/quirinopolis.go.leg.br_autografo_de_lei__013_a.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2047/quirinopolis.go.leg.br_projeto_de_lei_021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2084/quirinopolis.go.leg.br_projeto_de_lei_022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2085/quirinopolis.go.leg.br_projeto_de_lei_023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2086/quirinopolis.go.leg.br_projeto_de_lei_024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2132/quirinopolis.go.leg.br_projeto_de_lei_025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2169/quirinopolis.go.leg.br_projeto_de_lei_026.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2170/quirinopolis.go.leg.br_projeto_de_lei_027.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2171/quirinopolis.go.leg.br_projeto_de_lei_028.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2172/quirinopolis.go.leg.br_projeto_de_lei_029.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2173/quirinopolis.go.leg.br_projeto_de_lei_030.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2189/quirinopolis.go.leg.br_projeto_031.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2190/quirinopolis.go.leg.br_projeto_032.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2191/quirinopolis.go.leg.br_projeto_033.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2192/quirinopolis.go.leg.br_projeto_034.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2200/quirinopolis.go.leg.br_projeto_035.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2253/quirinopolis.go.leg.br_projeto_de_lei_036.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2329/quirinopolis.go.leg.br_projeto_037_a.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2330/quirinopolis.go.leg.br_projeto_de_lei_038.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2343/projeto_de_lei_n._039.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2344/projeto_de_lei_n._040_a.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2345/projeto_de_lei_n._041_a.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2351/projeto_de_lei_n._042_-_cria_abrigo_e_zoonoses.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1712/quirinopolis.go.leg.br_projeto_lei_complementar_001.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1839/quirinopolis.go.leg.br_lei_complementar_002.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2109/quirinopolis.go.leg.br_projeto_de_lei_complementar_n_003_a.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2233/quirinopolis.go.leg.br_lei_comp_004.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2346/projeto_de_lei_complementar_n._005_a.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1700/quirinopolis.go.leg.br_requerimento_1.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1701/quirinopolis.go.leg.br_requerimento_2.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1703/quirinopolis.go.leg.br_requerimento_3.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1704/quirinopolis.go.leg.br_requerimento_4.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1705/quirinopolis.go.leg.br_requerimento_5.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1706/quirinopolis.go.leg.br_requerimento_6.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1707/quirinopolis.go.leg.br_requerimento_007.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1711/quirinopolis.go.leg.br_requerimento_8.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1713/quirinopolis.go.leg.br_requerimento_9.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1714/quirinopolis.go.leg.br_requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1715/quirinopolis.go.leg.br_requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1716/quirinopolis.go.leg.br_requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1718/quirinopolis.go.leg.br_requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1721/quirinopolis.go.leg.br_requerimento_14.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1722/quirinopolis.go.leg.br_requerimento_15.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1723/quirinopolis.go.leg.br_requerimento_16.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1724/quirinopolis.go.leg.br_requerimento_17.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1725/quirinopolis.go.leg.br_requerimento_18.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1726/quirinopolis.go.leg.br_requerimento_19.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1727/quirinopolis.go.leg.br_requerimento_20.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1729/quirinopolis.go.leg.br_requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1730/quirinopolis.go.leg.br_requerimento_22.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1731/quirinopolis.go.leg.br_requerimento_23.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1732/quirinopolis.go.leg.br_requerimento_24.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1733/quirinopolis.go.leg.br_requerimento_25.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1734/quirinopolis.go.leg.br_requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1735/quirinopolis.go.leg.br_requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1736/quirinopolis.go.leg.br_requerimento_28.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1737/quirinopolis.go.leg.br_requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1738/quirinopolis.go.leg.br_requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1739/quirinopolis.go.leg.br_requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1740/quirinopolis.go.leg.br_requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1741/quirinopolis.go.leg.br_requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1742/quirinopolis.go.leg.br_requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1743/quirinopolis.go.leg.br_requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1744/quirinopolis.go.leg.br_requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1745/quirinopolis.go.leg.br_requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1746/quirinopolis.go.leg.br_requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1747/quirinopolis.go.leg.br_requerimento_39.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1748/quirinopolis.go.leg.br_requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1749/quirinopolis.go.leg.br_requerimento_41.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1750/quirinopolis.go.leg.br_requerimento_42.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1751/quirinopolis.go.leg.br_requerimento_43.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1752/quirinopolis.go.leg.br_requerimento_44.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1753/quirinopolis.go.leg.br_requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1754/quirinopolis.go.leg.br_requerimento_46.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1755/quirinopolis.go.leg.br_requerimento_47.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1756/quirinopolis.go.leg.br_requerimento_48.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1757/quirinopolis.go.leg.br_requerimento_49.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1758/quirinopolis.go.leg.br_requerimento_50.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1759/quirinopolis.go.leg.br_requerimento_51.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1760/quirinopolis.go.leg.br_requerimento_52.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1761/quirinopolis.go.leg.br_requerimento_53.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1762/quirinopolis.go.leg.br_requerimento_54.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1763/quirinopolis.go.leg.br_requerimento_55.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1765/quirinopolis.go.leg.br_requerimento_56.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1766/quirinopolis.go.leg.br_requerimento_57.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1767/quirinopolis.go.leg.br_requerimento_58.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1768/quirinopolis.go.leg.br_requerimento_59.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1780/quirinopolis.go.leg.br_requerimento_60_assinado.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1781/quirinopolis.go.leg.br_requerimento_61.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1782/quirinopolis.go.leg.br_requerimento_62.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1783/quirinopolis.go.leg.br_requerimento_63_assinado.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1784/quirinopolis.go.leg.br_requerimento_64_assinado.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1788/quirinopolis.go.leg.br_requerimento_65_assinado.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1791/quirinopolis.go.leg.br_requerimento_66_assinado.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1793/quirinopolis.go.leg.br_requerimento_67.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1794/quirinopolis.go.leg.br_requerimento_68_assinado.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1798/quirinopolis.go.leg.br_requerimento_69.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1799/quirinopolis.go.leg.br_requerimento_70.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1800/quirinopolis.go.leg.br_requerimento_71.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1804/quirinopolis.go.leg.br_requerimento_72.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1805/quirinopolis.go.leg.br_requerimento_73.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1808/quirinopolis.go.leg.br_requerimento_74.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1810/quirinopolis.go.leg.br_requerimento_75.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1811/quirinopolis.go.leg.br_requerimento_76.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1812/quirinopolis.go.leg.br_requerimento_77.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1813/quirinopolis.go.leg.br_requerimento_78.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1814/quirinopolis.go.leg.br_requerimento_79.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1815/quirinopolis.go.leg.br_requerimento_80.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1818/quirinopolis.go.leg.br_requerimento_081.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1819/quirinopolis.go.leg.br_requerimento_82.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1822/quirinopolis.go.leg.br_requerimento_83.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1824/quirinopolis.go.leg.br_requerimento_84.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1825/quirinopolis.go.leg.br_requerimento_85.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1826/quirinopolis.go.leg.br_requerimento_86.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1830/quirinopolis.go.leg.br_requerimento_87.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1831/quirinopolis.go.leg.br_requerimento_88.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1832/quirinopolis.go.leg.br_requerimento_89.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1833/quirinopolis.go.leg.br_requerimento_90.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1841/quirinopolis.go.leg.br_requerimento_91.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1842/quirinopolis.go.leg.br_requerimento_92.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1843/quirinopolis.go.leg.br_requerimento_93.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1844/quirinopolis.go.leg.br_requerimento_94.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1845/quirinopolis.go.leg.br_requerimento_95.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1846/quirinopolis.go.leg.br_requerimento_96.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1847/quirinopolis.go.leg.br_requerimento_97.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1849/quirinopolis.go.leg.br_requerimento_98.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1853/quirinopolis.go.leg.br_requerimento_99.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1855/quirinopolis.go.leg.br_requerimento_100.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1856/quirinopolis.go.leg.br_requerimento_101.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1857/quirinopolis.go.leg.br_requerimento_102.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1859/quirinopolis.go.leg.br_requerimento_103.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1860/quirinopolis.go.leg.br_requerimento_104.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1863/quirinopolis.go.leg.br_requerimento_105.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1864/quirinopolis.go.leg.br_requerimento_106.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1865/quirinopolis.go.leg.br_requerimento_107.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1866/quirinopolis.go.leg.br_requerimento_108.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1868/quirinopolis.go.leg.br_requerimento_109.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1869/quirinopolis.go.leg.br_requerimento_110.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1872/quirinopolis.go.leg.br_requerimento_111.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1874/quirinopolis.go.leg.br_requerimento_112.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1876/quirinopolis.go.leg.br_requerimento_113.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1877/quirinopolis.go.leg.br_requerimento_114.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1878/quirinopolis.go.leg.br_requerimento_115.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1879/quirinopolis.go.leg.br_requerimento_116.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1880/quirinopolis.go.leg.br_requerimento_117.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1881/quirinopolis.go.leg.br_requerimento_118.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1882/quirinopolis.go.leg.br_requerimento_119.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1888/quirinopolis.go.leg.br_requerimento_120.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1889/quirinopolis.go.leg.br_requerimento_121.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1890/quirinopolis.go.leg.br_requerimento_122.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1891/quirinopolis.go.leg.br_requerimento_123.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1892/quirinopolis.go.leg.br_requerimento_124.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1894/quirinopolis.go.leg.br_requerimento_125.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1895/quirinopolis.go.leg.br_requerimento_126.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1897/quirinopolis.go.leg.br_requerimento_127.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1898/quirinopolis.go.leg.br_requerimento_128.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1899/quirinopolis.go.leg.br_requerimento_129.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1900/quirinopolis.go.leg.br_requerimento_130.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1901/quirinopolis.go.leg.br_requerimento_131.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1902/quirinopolis.go.leg.br_requerimento_132.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1903/quirinopolis.go.leg.br_requerimento_133.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1904/quirinopolis.go.leg.br_requerimento_134.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1907/quirinopolis.go.leg.br_requerimen_135.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1908/quirinopolis.go.leg.br_requerimento_136.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1909/quirinopolis.go.leg.br_requerimento_137.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1910/quirinopolis.go.leg.br_requerimento_138.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1911/quirinopolis.go.leg.br_requerimento_139.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1917/quirinopolis.go.leg.br_requerimento_140.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1918/quirinopolis.go.leg.br_requerimento_141.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1921/quirinopolis.go.leg.br_requerimento_142.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1922/quirinopolis.go.leg.br_requerimento_143.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1927/quirinopolis.go.leg.br_requerimento_144.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1928/quirinopolis.go.leg.br_requerimento_145.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1932/quirinopolis.go.leg.br_requerimento_146.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1933/quirinopolis.go.leg.br_requerimento_147.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1934/quirinopolis.go.leg.br_requerimento_148.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1935/quirinopolis.go.leg.br_requerimento_149.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1936/quirinopolis.go.leg.br_requerimento_150.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1937/quirinopolis.go.leg.br_requerimento_151.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1938/quirinopolis.go.leg.br_requerimento_152.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1939/quirinopolis.go.leg.br_requerimento_153.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1952/quirinopolis.go.leg.br_requerimento_154.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1953/quirinopolis.go.leg.br_requerimento_155.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1954/quirinopolis.go.leg.br_requerimento_156.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1955/quirinopolis.go.leg.br_requerimento_157.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1956/quirinopolis.go.leg.br_requerimento_158.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1957/quirinopolis.go.leg.br_requerimento_159.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1958/quirinopolis.go.leg.br_requerimento_160.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1962/quirinopolis.go.leg.br_requerimento_161.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1963/quirinopolis.go.leg.br_requerimento_162.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1968/quirinopolis.go.leg.br_requerimento_163.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1969/quirinopolis.go.leg.br_requerimento_164.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1970/quirinopolis.go.leg.br_requerimento_165.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1973/quirinopolis.go.leg.br_requerimento_166.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1978/quirinopolis.go.leg.br_requerimento_167.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1979/quirinopolis.go.leg.br_requerimento_168.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1980/quirinopolis.go.leg.br_requerimento_169.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1981/quirinopolis.go.leg.br_requerimento_170.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1982/quirinopolis.go.leg.br_requerimento_171.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1983/quirinopolis.go.leg.br_requerimento_172.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1984/quirinopolis.go.leg.br_requerimento_173.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1985/quirinopolis.go.leg.br_requerimento_174.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1989/quirinopolis.go.leg.br_requerimento_175.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1990/quirinopolis.go.leg.br_requerimento_176.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1991/quirinopolis.go.leg.br_requerimento_177.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1992/quirinopolis.go.leg.br_requerimento_178.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1993/quirinopolis.go.leg.br_requerimento_179.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1994/quirinopolis.go.leg.br_requerimento_180.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1995/quirinopolis.go.leg.br_requerimento_181.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1996/quirinopolis.go.leg.br_requerimento_182.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1997/quirinopolis.go.leg.br_requerimento_183.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1998/quirinopolis.go.leg.br_requerimento_184.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1999/quirinopolis.go.leg.br_requerimento_185.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2001/quirinopolis.go.leg.br_requerimento_186.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2002/quirinopolis.go.leg.br_requerimento_187.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2003/quirinopolis.go.leg.br_requerimento_188.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2004/quirinopolis.go.leg.br_requerimento_189.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2005/quirinopolis.go.leg.br_requerimento_190.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2006/quirinopolis.go.leg.br_requerimento_191.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2007/quirinopolis.go.leg.br_requerimento_192.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2008/quirinopolis.go.leg.br_requerimento_193.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2009/quirinopolis.go.leg.br_requerimento_194.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2010/quirinopolis.go.leg.br_requerimento_195.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2015/quirinopolis.go.leg.br_requerimento_196_ass.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2025/quirinopolis.go.leg.br_requerimento_197.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2026/quirinopolis.go.leg.br_requerimento_198.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2027/quirinopolis.go.leg.br_requerimento_199.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2028/quirinopolis.go.leg.br_requerimento_200.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2029/quirinopolis.go.leg.br_requerimento_201.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2030/quirinopolis.go.leg.br_requerimento_202.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2031/quirinopolis.go.leg.br_requerimento_203.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2032/quirinopolis.go.leg.br_requerimento_204.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2036/quirinopolis.go.leg.br_requerimento_205.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2038/quirinopolis.go.leg.br_requerimento_206.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2039/quirinopolis.go.leg.br_requerimento_207.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2040/quirinopolis.go.leg.br_requerimento_208.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2041/quirinopolis.go.leg.br_requerimento_209.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2042/quirinopolis.go.leg.br_requerimento_210.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2044/quirinopolis.go.leg.br_requerimento_211.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2049/quirinopolis.go.leg.br_requerimento_212.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2050/quirinopolis.go.leg.br_requerimento_213.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2051/quirinopolis.go.leg.br_requerimento_214.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2052/quirinopolis.go.leg.br_requerimento_215.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2053/quirinopolis.go.leg.br_requerimento_216.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2055/quirinopolis.go.leg.br_requerimento_217.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2056/quirinopolis.go.leg.br_requerimento_218.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2057/quirinopolis.go.leg.br_requerimento_219.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2058/quirinopolis.go.leg.br_requerimento_220.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2059/quirinopolis.go.leg.br_requerimento_221.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2061/quirinopolis.go.leg.br_requerimento_222.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2062/quirinopolis.go.leg.br_requerimento_223.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2063/quirinopolis.go.leg.br_requerimento_224.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2064/quirinopolis.go.leg.br_requerimento_225.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2065/quirinopolis.go.leg.br_requerimento_226.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2066/quirinopolis.go.leg.br_requerimento_227.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2067/quirinopolis.go.leg.br_requerimento_228.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2072/quirinopolis.go.leg.br_requerimento_229.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2073/quirinopolis.go.leg.br_requerimento_230.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2074/quirinopolis.go.leg.br_requerimento_231.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2075/quirinopolis.go.leg.br_requerimento_232.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2076/quirinopolis.go.leg.br_requerimento_233.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2077/quirinopolis.go.leg.br_requerimento_234.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2078/quirinopolis.go.leg.br_requerimento_235.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2079/quirinopolis.go.leg.br_requerimento_236.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2080/quirinopolis.go.leg.br_requerimento_237.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2089/quirinopolis.go.leg.br_requerimento_238.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2090/quirinopolis.go.leg.br_requerimento_239.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2091/quirinopolis.go.leg.br_requerimento_240.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2092/quirinopolis.go.leg.br_requerimento_241.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2093/quirinopolis.go.leg.br_requerimento_242.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2094/quirinopolis.go.leg.br_requerimento_243.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2095/quirinopolis.go.leg.br_requerimento_244.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2096/quirinopolis.go.leg.br_requerimento_245.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2097/quirinopolis.go.leg.br_requerimento_246.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2098/quirinopolis.go.leg.br_requerimento_247.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2099/quirinopolis.go.leg.br_requerimento_248.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2100/quirinopolis.go.leg.br_requerimento_249.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2101/quirinopolis.go.leg.br_requerimento_250.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2102/quirinopolis.go.leg.br_requerimento_251.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2103/quirinopolis.go.leg.br_requerimento_252.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2104/quirinopolis.go.leg.br_requerimento_253.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2110/quirinopolis.go.leg.br_requerimento_254.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2111/quirinopolis.go.leg.br_requerimento_255.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2112/quirinopolis.go.leg.br_requerimento_256.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2113/quirinopolis.go.leg.br_requerimento_257.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2114/quirinopolis.go.leg.br_requerimento_258.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2115/quirinopolis.go.leg.br_requerimento_259.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2116/quirinopolis.go.leg.br_requerimento_260.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2117/quirinopolis.go.leg.br_requerimento_261.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2118/quirinopolis.go.leg.br_requerimento_262.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2119/quirinopolis.go.leg.br_requerimento_263.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2120/quirinopolis.go.leg.br_requerimento_264.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2121/quirinopolis.go.leg.br_requerimento_265.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2122/quirinopolis.go.leg.br_requerim_266.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2123/quirinopolis.go.leg.br_requerim_267.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2126/quirinopolis.go.leg.br_requerimento_268.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2127/quirinopolis.go.leg.br_requerimento_269.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2133/quirinopolis.go.leg.br_requerimento_270.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2134/quirinopolis.go.leg.br_requerimento_271.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2135/quirinopolis.go.leg.br_requerimento_272.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2137/quirinopolis.go.leg.br_requerimento_273.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2138/quirinopolis.go.leg.br_requerimento_274.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2139/quirinopolis.go.leg.br_requerimento_275.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2140/quirinopolis.go.leg.br_requerimento_276.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2141/quirinopolis.go.leg.br_requerimento_277.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2142/quirinopolis.go.leg.br_requerimento_278.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2144/quirinopolis.go.leg.br_requerimento_279.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2145/quirinopolis.go.leg.br_requerimento_280.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2147/quirinopolis.go.leg.br_requerimento_281.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2148/quirinopolis.go.leg.br_requerimento_282.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2149/quirinopolis.go.leg.br_requerimento_283.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2155/quirinopolis.go.leg.br_requerimento_284.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2156/quirinopolis.go.leg.br_requerimento_285.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2157/quirinopolis.go.leg.br_requerimento_286.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2158/quirinopolis.go.leg.br_requerimento_287.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2159/quirinopolis.go.leg.br_requerimento_288.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2160/quirinopolis.go.leg.br_requerimento_289.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2163/quirinopolis.go.leg.br_requerimento_290.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2164/quirinopolis.go.leg.br_requerimento_291.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2165/quirinopolis.go.leg.br_requerimento_292.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2166/quirinopolis.go.leg.br_requerimento_293.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2167/quirinopolis.go.leg.br_requerimento_294.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2175/quirinopolis.go.leg.br_requerimento_295.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2176/quirinopolis.go.leg.br_requerimento_296.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2177/quirinopolis.go.leg.br_requerimento_297.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2178/quirinopolis.go.leg.br_requerimento_298.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2179/quirinopolis.go.leg.br_requerimento_299.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2180/quirinopolis.go.leg.br_requerimento_300.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2181/quirinopolis.go.leg.br_requerimento_301.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2182/quirinopolis.go.leg.br_requerimento_302.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2183/quirinopolis.go.leg.br_requerimento_303.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2185/quirinopolis.go.leg.br_requerimento_304.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2193/quirinopolis.go.leg.br_requerimento_305.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2194/quirinopolis.go.leg.br_requerimento_306.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2195/quirinopolis.go.leg.br_requerimento_307.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2196/quirinopolis.go.leg.br_requerimento_308.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2197/quirinopolis.go.leg.br_requerimento_309.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2198/quirinopolis.go.leg.br_requerimento_310.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2203/quirinopolis.go.leg.br_requerimento_311.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2204/quirinopolis.go.leg.br_requerimento_312.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2205/quirinopolis.go.leg.br_requerimento_313.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2206/quirinopolis.go.leg.br_requerimento_314.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2207/quirinopolis.go.leg.br_requerimento_315.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2208/quirinopolis.go.leg.br_requerimento_316.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2222/quirinopolis.go.leg.br_requerimento_317.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2223/quirinopolis.go.leg.br_requerimento_318.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2224/quirinopolis.go.leg.br_requerimento_319.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2225/quirinopolis.go.leg.br_requerimento_320.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2226/quirinopolis.go.leg.br_requerimento_321.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2227/quirinopolis.go.leg.br_requerimento_322.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2228/quirinopolis.go.leg.br_requerimento_323.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2229/quirinopolis.go.leg.br_requerimento_324.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2237/quirinopolis.go.leg.br_requerimento_325.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2238/quirinopolis.go.leg.br_requerimento_326.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2239/quirinopolis.go.leg.br_requerimento_327.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2240/quirinopolis.go.leg.br_requerimento_328.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2241/quirinopolis.go.leg.br_requerimento_329.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2242/quirinopolis.go.leg.br_requerimento_330.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2243/quirinopolis.go.leg.br_requerimento_331.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2244/quirinopolis.go.leg.br_requerimento_332.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2245/quirinopolis.go.leg.br_requerimento_333.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2246/quirinopolis.go.leg.br_requerimento_334.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2247/quirinopolis.go.leg.br_requerimento_335.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2255/quirinopolis.go.leg.br_requerimento_336.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2256/quirinopolis.go.leg.br_requerimento_337.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2257/quirinopolis.go.leg.br_requerimento_338.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2258/quirinopolis.go.leg.br_requerimento_339.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2259/quirinopolis.go.leg.br_requerimento_340.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2260/quirinopolis.go.leg.br_requerimento_341.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2261/quirinopolis.go.leg.br_requerimento_342.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2262/quirinopolis.go.leg.br_requerimento_343.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2263/quirinopolis.go.leg.br_requerim_344.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2270/quirinopolis.go.leg.br_requerimento_345.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2271/quirinopolis.go.leg.br_requerimento_346.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2272/quirinopolis.go.leg.br_requerimento_347.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2273/quirinopolis.go.leg.br_requerimento_348.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2274/quirinopolis.go.leg.br_requerimento_349.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2276/quirinopolis.go.leg.br_requerimento_350.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2312/quirinopolis.go.leg.br_requerimento_351.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2313/quirinopolis.go.leg.br_requerimento_352.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2314/quirinopolis.go.leg.br_requerimento_353.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2315/quirinopolis.go.leg.br_requerimento_354.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2316/quirinopolis.go.leg.br_requerimento_355.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2317/quirinopolis.go.leg.br_requerimento_356.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2318/quirinopolis.go.leg.br_requerimento_357.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2321/quirinopolis.go.leg.br_requerimento_358.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2322/quirinopolis.go.leg.br_requerimento_359.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2323/quirinopolis.go.leg.br_requerimento_360.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2325/quirinopolis.go.leg.br_requerimento_361.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2326/quirinopolis.go.leg.br_requerimento_362.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2327/quirinopolis.go.leg.br_requerimento_363.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2334/quirinopolis.go.leg.br_requerimento_364.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2335/quirinopolis.go.leg.br_requerimento_365.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2336/quirinopolis.go.leg.br_requerimento_366.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2337/quirinopolis.go.leg.br_requerimento_367.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2338/quirinopolis.go.leg.br_requerimento_368.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2340/quirinopolis.go.leg.br_requerimento_369.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2341/quirinopolis.go.leg.br_requerimento_370.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2347/quirinopolis.go.leg.br_requerimento_371.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2348/quirinopolis.go.leg.br_requerimento_372.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2349/quirinopolis.go.leg.br_requerimento_373.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2350/quirinopolis.go.leg.br_requerimento_374.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2353/quirinopolis.go.leg.br_requerimento_375.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2354/quirinopolis.go.leg.br_requerimento_376.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2355/quirinopolis.go.leg.br_requerimento_377.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2356/quirinopolis.go.leg.br_requerimento_378.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2357/quirinopolis.go.leg.br_requerimento_379.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2358/quirinopolis.go.leg.br_requerimento_380.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2359/quirinopolis.go.leg.br_requerimento_381.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2360/quirinopolis.go.leg.br_requerimento_382.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2362/quirinopolis.go.leg.br_requerimento_383.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2363/quirinopolis.go.leg.br_requerimento_384.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2364/quirinopolis.go.leg.br_requerimento_385.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2365/quirinopolis.go.leg.br_requerimento_386.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2368/quirinopolis.go.leg.br_requerimento_387.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2369/quirinopolis.go.leg.br_requerimento_388.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2370/quirinopolis.go.leg.br_requerimento_389.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2371/quirinopolis.go.leg.br_requerimento_390.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2372/quirinopolis.go.leg.br_requerimento_391.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2373/quirinopolis.go.leg.br_requerime_392.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2374/quirinopolis.go.leg.br_requerimento_393.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2380/quirinopolis.go.leg.br_requerimento_394.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2381/quirinopolis.go.leg.br_requerimento_395.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2382/quirinopolis.go.leg.br_requerimento_396.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2384/quirinopolis.go.leg.br_requerimento_397.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2385/quirinopolis.go.leg.br_requerimento_398.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2386/quirinopolis.go.leg.br_requerimento_399.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2387/quirinopolis.go.leg.br_requerimento_400.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2012/quirinopolis.go.leg.br_req_verbal_13_assinado.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2013/quirinopolis.go.leg.br_req_verbal_14_assinado.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1720/quirinopolis.go.leg.br_mocao_01.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1764/quirinopolis.go.leg.br_mocao_2.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1769/quirinopolis.go.leg.br_mocao_3.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1770/quirinopolis.go.leg.br_mocao_4.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1771/quirinopolis.go.leg.br_mocao_5.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1772/quirinopolis.go.leg.br_mocao_6.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1773/quirinopolis.go.leg.br_mocao_7.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1779/quirinopolis.go.leg.br_mocao_8_assinado.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1785/quirinopolis.go.leg.br_mocao_9_assinado.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1786/quirinopolis.go.leg.br_mocao_10_assinado.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1787/quirinopolis.go.leg.br_mocao_11_assinado.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1796/quirinopolis.go.leg.br_mocao_12.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1797/quirinopolis.go.leg.br_mocao_13.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1801/quirinopolis.go.leg.br_mocao_14.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1806/quirinopolis.go.leg.br_mocao_15.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1809/quirinopolis.go.leg.br_mocao_16.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1817/quirinopolis.go.leg.br_mocao_17.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1820/quirinopolis.go.leg.br_mocao_18.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1827/quirinopolis.go.leg.br_mocao_19.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1828/quirinopolis.go.leg.br_mocao_20.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1850/quirinopolis.go.leg.br_mocao_21.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1851/quirinopolis.go.leg.br_mocao_22.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1870/quirinopolis.go.leg.br_mocao_23.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1871/quirinopolis.go.leg.br_mocao_24.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1883/quirinopolis.go.leg.br_mocao_25.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1884/quirinopolis.go.leg.br_mocao_26.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1885/quirinopolis.go.leg.br_mocao_27.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1893/quirinopolis.go.leg.br_mocao_28.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1905/quirinopolis.go.leg.br_mocao_29.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1906/quirinopolis.go.leg.br_mocao_30.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1912/quirinopolis.go.leg.br_mocao_31.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1913/quirinopolis.go.leg.br_mocao_32.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1914/quirinopolis.go.leg.br_mocao_pesar_33.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1916/quirinopolis.go.leg.br_mocao_34.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1919/quirinopolis.go.leg.br_mocao_35.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1920/quirinopolis.go.leg.br_mocao_36.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1923/quirinopolis.go.leg.br_mocao_037.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1924/quirinopolis.go.leg.br_mocao_38.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1925/quirinopolis.go.leg.br_mocao_39.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1926/quirinopolis.go.leg.br_mocao_40.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1929/quirinopolis.go.leg.br_mocao_41.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1930/quirinopolis.go.leg.br_mocao_42.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1940/quirinopolis.go.leg.br_mocao_43.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1941/quirinopolis.go.leg.br_mocao_044.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1942/quirinopolis.go.leg.br_mocao_45.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1943/quirinopolis.go.leg.br_mocao_46.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1944/quirinopolis.go.leg.br_mocao_47.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1945/quirinopolis.go.leg.br_mocao_48.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1946/quirinopolis.go.leg.br_mocao_49.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1947/quirinopolis.go.leg.br_mocao_50.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1948/quirinopolis.go.leg.br_mocao_51.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1949/quirinopolis.go.leg.br_mocao_52.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1950/quirinopolis.go.leg.br_mocao_53.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1964/quirinopolis.go.leg.br_mocao_54.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1986/quirinopolis.go.leg.br_mocao_55.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2011/quirinopolis.go.leg.br_mocao_56.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2035/quirinopolis.go.leg.br_mocao_57.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2043/quirinopolis.go.leg.br_mocao_58.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2081/quirinopolis.go.leg.br_mocao_59.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2105/quirinopolis.go.leg.br_mocao_60.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2106/quirinopolis.go.leg.br_mocao_61.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2107/quirinopolis.go.leg.br_mocao_62.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2108/quirinopolis.go.leg.br_mocao_63.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2124/quirinopolis.go.leg.br_mocao_64.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2125/quirinopolis.go.leg.br_mocao_65.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2136/quirinopolis.go.leg.br_mocao_66.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2146/quirinopolis.go.leg.br_mocao_67.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2162/quirinopolis.go.leg.br_mocao_68_ass_digital.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2168/quirinopolis.go.leg.br_mocao_69.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2184/quirinopolis.go.leg.br_mocao_70.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2186/quirinopolis.go.leg.br_mocao_71.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2187/quirinopolis.go.leg.br_mocao_72.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2209/quirinopolis.go.leg.br_mocao_73.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2210/quirinopolis.go.leg.br_mocao_74.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2211/quirinopolis.go.leg.br_mocao_75.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2220/quirinopolis.go.leg.br_mocao_76.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2221/quirinopolis.go.leg.br_mocao_77.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2230/quirinopolis.go.leg.br_mocao_78.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2231/quirinopolis.go.leg.br_mocao_79.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2248/quirinopolis.go.leg.br_mocao_80.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2275/quirinopolis.go.leg.br_mocao_81.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2339/quirinopolis.go.leg.br_mocao_082.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2366/quirinopolis.go.leg.br_mocao_83.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2375/quirinopolis.go.leg.br_mocao_84.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2383/quirinopolis.go.leg.br_mocao_85.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2388/quirinopolis.go.leg.br_mocao_86.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2083/quirinopolis.go.leg.br_mocao.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1967/quirinopolis.go.leg.br_emenda_aditiva_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1976/quirinopolis.go.leg.br_emenda_aditiva_002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2016/quirinopolis.go.leg.br_emenda_aditiva_003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2017/quirinopolis.go.leg.br_emenda_aditiva_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2250/quirinopolis.go.leg.br_emenda_aditiva_005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1829/quirinopolis.go.leg.br_emenda_modificativa_001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1977/quirinopolis.go.leg.br_emenda_modificativa_002_a.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1988/quirinopolis.go.leg.br_emenda_modificativa_003.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2018/quirinopolis.go.leg.br_emenda_modificativa_004.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2068/quirinopolis.go.leg.br_projeto_de_emenda_modificativa_005_a.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2069/quirinopolis.go.leg.br__emenda_modificativa_.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2188/quirinopolis.go.leg.br_emenda_007_a.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2199/quirinopolis.go.leg.br_emenda_008.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2249/quirinopolis.go.leg.br_projeto_de_emenda_modificativa_009.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2251/quirinopolis.go.leg.br_emenda_modificativa_010.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2279/quirinopolis.go.leg.br_emenda_11.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2280/quirinopolis.go.leg.br_emenda_12_.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2281/quirinopolis.go.leg.br_emenda_13_.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2282/quirinopolis.go.leg.br_emenda_14.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2283/quirinopolis.go.leg.br_emenda_15_.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2284/quirinopolis.go.leg.br_emenda_16_.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2285/quirinopolis.go.leg.br_emenda_17_.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2286/quirinopolis.go.leg.br_emenda_18_.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2287/quirinopolis.go.leg.br_emenda_19.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2288/quirinopolis.go.leg.br_emenda_20_.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2289/quirinopolis.go.leg.br_emenda_21_.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2290/quirinopolis.go.leg.br_emenda_22_.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2291/quirinopolis.go.leg.br_emenda_23_-_farmacia_cidadao_-_acacio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2292/quirinopolis.go.leg.br_emenda_24_-_cmei_-_nubia.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2293/quirinopolis.go.leg.br_emenda_25_-_nova_era_-_alex_-_cleilton_-_denilson.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2294/quirinopolis.go.leg.br_emenda_26_-_marcio_ribeiro_-_cleilton_-_denilson_-_fernando_-_nubia_-_renato_-_welington.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2295/quirinopolis.go.leg.br_emenda_27-_freezer_-_marquinho.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2296/quirinopolis.go.leg.br_emenda_28_-_maquina_de_lavar_-_renato.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2297/quirinopolis.go.leg.br_emenda_29_-_ar_condicionado_-_marquinho.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2298/quirinopolis.go.leg.br_emenda_30_-_cmei_-_nubia.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2299/quirinopolis.go.leg.br_emenda_31_-_exames_-_denilson_-_marquinho.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2300/quirinopolis.go.leg.br_emenda_32_-_cadeiras_de_rodas_-_paulinho.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2301/quirinopolis.go.leg.br_emenda_33_-_microscopio_-_renato.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2302/quirinopolis.go.leg.br_emenda_34_-_maquina_de_costura_-_acacio.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2303/quirinopolis.go.leg.br_emenda_35_-_equipamentos_escolas_-_acacio_-_marquinho_-_cleilton_-_fernando.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2304/quirinopolis.go.leg.br_emenda_36_-_ong_melhor_amigo_-_cleiton_-_paulinho.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2305/quirinopolis.go.leg.br_emenda_37_a_-_associacao_cancer_-_denilson_-_nubia_1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2306/quirinopolis.go.leg.br_emenda_38_-_abcad_-_fernando_e_paulinho.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2307/quirinopolis.go.leg.br_emenda_39_-_escola_canaa_-_gustavo_-_romisdete.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2308/quirinopolis.go.leg.br_emenda_40_-_festa_padroeira_-_oscar.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2309/quirinopolis.go.leg.br_emenda_41_-_cmei_-_nubia.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2310/quirinopolis.go.leg.br_emenda_42_-_casa_da_abelha_-_romisdete.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2311/quirinopolis.go.leg.br_emenda_43_-_nova_geracao_-_marquinho.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2319/quirinopolis.go.leg.br_emenda_44_-_marcio_ribeiro_denilson_.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2320/quirinopolis.go.leg.br_emenda_a_proposta_de_emenda_004-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2331/quirinopolis.go.leg.br_emenda_046.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1836/quirinopolis.go.leg.br_veto_ao_autografo_3.377.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1837/quirinopolis.go.leg.br_veto_ao_autografo_3.379.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1838/quirinopolis.go.leg.br_veto_ao_autografo_3.380.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1702/quirinopolis.go.leg.br_projeto_de_decreto_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2161/quirinopolis.go.leg.br_titulo_honorifico_isa_lucia_morais.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2174/quirinopolis.go.leg.br_projeto_de_decreto_003.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2202/quirinopolis.go.leg.br_projeto_de_decreto_004.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2214/quirinopolis.go.leg.br_projeto_de_decreto_005.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2216/quirinopolis.go.le.br_projeto_de_decreto_006.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2217/quirinopolis.go.leg.br_projeto_de_decreto_007.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2218/quirinopolis.go.leg.br_projeto_de_decreto_008.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2234/quirinopolis.go.leg.br_projeto_de_decreto_009.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2235/quirinopolis.go.leg.br_projeto_de_decreto_010.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2236/quirinopolis.go.leg.br_projeto_de_decreto_011.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2265/quirinopolis.go.leg.br_projeto_de_decreto_012.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2266/quirinopolis.go.leg.br_projeto_de_decreto_013.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2268/quirinopolis.go.leg.br_projeto_de_decreto_014.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2269/quirinopolis.go.leg.br_projeto_de_decreto_015.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2277/quirinopolis.go.leg.br_projeto_de_decreto_016.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2278/quirinopolis.go.leg.br_projeto_de_decreto_017_-_paulinho.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2332/quirinopolis.go.leg.br_projeto_de_decreto_018_-toco.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2333/quirinopolis.go.leg.br_projeto_de_decreto_019_.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2342/quirinopolis.go.leg.br_projeto_de_decreto_020_-_nubia.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2376/quirinopolis.go.leg.br_projeto_de_decreto_021_-_nubia.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1792/quirinopolis.go.leg.br_projeto_proposta_a_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1951/quirinopolis.go.leg.br_emenda_a_lei_organica_002.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2151/quirinopolis.go.leg.br_emenda_a_lei_organica_003.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2252/quirinopolis.go.leg.br_emenda_a_lei_organica_004.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1699/quirinopolis.go.leg.br_projeto_de_resulacao_01.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1717/quirinopolis.go.leg.br_resolucao_002.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1719/quirinopolis.go.leg.br_resolucao_003_assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2150/quirinopolis.go.leg.br_projeto_de_resolucao_004.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2324/quirinopolis.go.leg.br_projeto_de_resolucao_altera_comissoes_2.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1694/quirinopolis.go.leg.br_projeto_001_assinado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1695/quirinopolis.go.leg.br_projeto_002_assinado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1696/quirinopolis.go.leg.br_projeto_003_assinado.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1697/quirinopolis.go.leg.br_projeto_004_assinado.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1698/quirinopolis.go.leg.br_projeto_005_assinado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1803/quirinopolis.go.leg.br_projeto_de_lei_6.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1823/quirinopolis.go.leg.br_projeto_007_assinado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1858/quirinopolis.go.leg.br_projeto_008_1.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1861/quirinopolis.go.leg.br_projeto_de_lei_009.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1873/quirinopolis.go.leg.br_projeto_de_lei_010.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1875/quirinopolis.go.leg.br_projeto_011.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1886/quirinopolis.go.leg.br_projeto_012.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1971/quirinopolis.go.leg.br_projeto_013_a.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1972/quirinopolis.go.leg.br_projeto_de_lei_014.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1987/quirinopolis.go.leg.br_projeto_de_lei_015_a.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2023/quirinopolis.go.leg.br_projeto_de_lei_legislativo_016-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2033/qurinopolis.go.leg.br_projeto_017.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2054/quirinopolis.go.leg.br_projeto_018.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2060/quirinopolis.go.leg.br_projeto_de_lei_019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2087/quirinopolis.go.leg.br_projeto_de_lei_020.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2088/quirinopolis.go.leg.br_projeto_de_lei_021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2215/quirinopolis.go.leg.br_projeto_de_lei_022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2219/quirinopolis.go.leg.br_projeto_de_lei_023_a.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2267/quirinopolis.go.leg.br_projeto_de_lei_024_a.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2367/quirinopolis.go.leg.br_projeto_de_lei_025_a.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1728/quirinopolis.go.leg.br_projeto_de_lc_001_assinado.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1816/quirinopolis.go.leg.br_projeto_substitutivo-otimizado.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1854/quirinopolis.go.leg.br_substitutivo_ao_projeto_de_lei_n_006_1.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2000/quirinopolis.go.leg.br_substitutivo_003.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2213/quirinopolis.go.leg.br_substitutivo_04_ao_projeto_de_lei_30-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1708/quirinopolis.go.leg.br_projeto_de_lei_001.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1709/quirinopolis.go.leg.br_projeto_de_lei_002-otimizado.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1710/quirinopolis.go.leg.br_projeto_de_lei_003.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1776/quirinopolis.go.leg_projeto_004.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1777/quirinopolis.go.leg.br_projeto_de_lei_05.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1778/quirinopolis.go.leg.br_projeto_de_lei_06.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1790/quirinopolis.go.leg.br_projeto_007-otimizado.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1789/quirinopolis.go.leg.br_projeto_008.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1795/quirinopolis.go.leg.br_projeto_009-otimizado.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1835/quirinopolis.go.leg.br_projeto_de_lei_010_otimizado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1887/quirinopolis.go.leg._projeto_011a.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1896/quirinopolis.go.leg.br_projeto_de_lei_012.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1959/quirinopolis.go.leg.br_projeto_de_lei_013a.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1960/quirinopolis.go.leg.br_projeto_de_lei_014.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2020/quirinopolis.go.leg.br_projeto_015.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2021/quirinopolis.go.leg.br_projeto_016.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2022/quirinopolis.go.leg.br_projeto_de_lei_017.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2024/quirinopolis.go.leg.br_projeto_de_lei_018.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2045/quirinopolis.go.leg.br_projeto_de_lei_019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2046/quirinopolis.go.leg.br_autografo_de_lei__013_a.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2047/quirinopolis.go.leg.br_projeto_de_lei_021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2084/quirinopolis.go.leg.br_projeto_de_lei_022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2085/quirinopolis.go.leg.br_projeto_de_lei_023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2086/quirinopolis.go.leg.br_projeto_de_lei_024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2132/quirinopolis.go.leg.br_projeto_de_lei_025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2169/quirinopolis.go.leg.br_projeto_de_lei_026.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2170/quirinopolis.go.leg.br_projeto_de_lei_027.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2171/quirinopolis.go.leg.br_projeto_de_lei_028.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2172/quirinopolis.go.leg.br_projeto_de_lei_029.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2173/quirinopolis.go.leg.br_projeto_de_lei_030.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2189/quirinopolis.go.leg.br_projeto_031.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2190/quirinopolis.go.leg.br_projeto_032.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2191/quirinopolis.go.leg.br_projeto_033.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2192/quirinopolis.go.leg.br_projeto_034.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2200/quirinopolis.go.leg.br_projeto_035.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2253/quirinopolis.go.leg.br_projeto_de_lei_036.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2329/quirinopolis.go.leg.br_projeto_037_a.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2330/quirinopolis.go.leg.br_projeto_de_lei_038.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2343/projeto_de_lei_n._039.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2344/projeto_de_lei_n._040_a.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2345/projeto_de_lei_n._041_a.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2351/projeto_de_lei_n._042_-_cria_abrigo_e_zoonoses.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1712/quirinopolis.go.leg.br_projeto_lei_complementar_001.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1839/quirinopolis.go.leg.br_lei_complementar_002.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2109/quirinopolis.go.leg.br_projeto_de_lei_complementar_n_003_a.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2233/quirinopolis.go.leg.br_lei_comp_004.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2346/projeto_de_lei_complementar_n._005_a.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1700/quirinopolis.go.leg.br_requerimento_1.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1701/quirinopolis.go.leg.br_requerimento_2.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1703/quirinopolis.go.leg.br_requerimento_3.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1704/quirinopolis.go.leg.br_requerimento_4.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1705/quirinopolis.go.leg.br_requerimento_5.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1706/quirinopolis.go.leg.br_requerimento_6.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1707/quirinopolis.go.leg.br_requerimento_007.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1711/quirinopolis.go.leg.br_requerimento_8.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1713/quirinopolis.go.leg.br_requerimento_9.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1714/quirinopolis.go.leg.br_requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1715/quirinopolis.go.leg.br_requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1716/quirinopolis.go.leg.br_requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1718/quirinopolis.go.leg.br_requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1721/quirinopolis.go.leg.br_requerimento_14.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1722/quirinopolis.go.leg.br_requerimento_15.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1723/quirinopolis.go.leg.br_requerimento_16.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1724/quirinopolis.go.leg.br_requerimento_17.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1725/quirinopolis.go.leg.br_requerimento_18.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1726/quirinopolis.go.leg.br_requerimento_19.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1727/quirinopolis.go.leg.br_requerimento_20.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1729/quirinopolis.go.leg.br_requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1730/quirinopolis.go.leg.br_requerimento_22.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1731/quirinopolis.go.leg.br_requerimento_23.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1732/quirinopolis.go.leg.br_requerimento_24.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1733/quirinopolis.go.leg.br_requerimento_25.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1734/quirinopolis.go.leg.br_requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1735/quirinopolis.go.leg.br_requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1736/quirinopolis.go.leg.br_requerimento_28.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1737/quirinopolis.go.leg.br_requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1738/quirinopolis.go.leg.br_requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1739/quirinopolis.go.leg.br_requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1740/quirinopolis.go.leg.br_requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1741/quirinopolis.go.leg.br_requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1742/quirinopolis.go.leg.br_requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1743/quirinopolis.go.leg.br_requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1744/quirinopolis.go.leg.br_requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1745/quirinopolis.go.leg.br_requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1746/quirinopolis.go.leg.br_requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1747/quirinopolis.go.leg.br_requerimento_39.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1748/quirinopolis.go.leg.br_requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1749/quirinopolis.go.leg.br_requerimento_41.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1750/quirinopolis.go.leg.br_requerimento_42.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1751/quirinopolis.go.leg.br_requerimento_43.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1752/quirinopolis.go.leg.br_requerimento_44.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1753/quirinopolis.go.leg.br_requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1754/quirinopolis.go.leg.br_requerimento_46.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1755/quirinopolis.go.leg.br_requerimento_47.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1756/quirinopolis.go.leg.br_requerimento_48.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1757/quirinopolis.go.leg.br_requerimento_49.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1758/quirinopolis.go.leg.br_requerimento_50.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1759/quirinopolis.go.leg.br_requerimento_51.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1760/quirinopolis.go.leg.br_requerimento_52.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1761/quirinopolis.go.leg.br_requerimento_53.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1762/quirinopolis.go.leg.br_requerimento_54.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1763/quirinopolis.go.leg.br_requerimento_55.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1765/quirinopolis.go.leg.br_requerimento_56.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1766/quirinopolis.go.leg.br_requerimento_57.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1767/quirinopolis.go.leg.br_requerimento_58.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1768/quirinopolis.go.leg.br_requerimento_59.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1780/quirinopolis.go.leg.br_requerimento_60_assinado.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1781/quirinopolis.go.leg.br_requerimento_61.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1782/quirinopolis.go.leg.br_requerimento_62.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1783/quirinopolis.go.leg.br_requerimento_63_assinado.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1784/quirinopolis.go.leg.br_requerimento_64_assinado.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1788/quirinopolis.go.leg.br_requerimento_65_assinado.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1791/quirinopolis.go.leg.br_requerimento_66_assinado.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1793/quirinopolis.go.leg.br_requerimento_67.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1794/quirinopolis.go.leg.br_requerimento_68_assinado.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1798/quirinopolis.go.leg.br_requerimento_69.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1799/quirinopolis.go.leg.br_requerimento_70.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1800/quirinopolis.go.leg.br_requerimento_71.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1804/quirinopolis.go.leg.br_requerimento_72.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1805/quirinopolis.go.leg.br_requerimento_73.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1808/quirinopolis.go.leg.br_requerimento_74.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1810/quirinopolis.go.leg.br_requerimento_75.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1811/quirinopolis.go.leg.br_requerimento_76.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1812/quirinopolis.go.leg.br_requerimento_77.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1813/quirinopolis.go.leg.br_requerimento_78.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1814/quirinopolis.go.leg.br_requerimento_79.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1815/quirinopolis.go.leg.br_requerimento_80.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1818/quirinopolis.go.leg.br_requerimento_081.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1819/quirinopolis.go.leg.br_requerimento_82.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1822/quirinopolis.go.leg.br_requerimento_83.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1824/quirinopolis.go.leg.br_requerimento_84.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1825/quirinopolis.go.leg.br_requerimento_85.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1826/quirinopolis.go.leg.br_requerimento_86.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1830/quirinopolis.go.leg.br_requerimento_87.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1831/quirinopolis.go.leg.br_requerimento_88.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1832/quirinopolis.go.leg.br_requerimento_89.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1833/quirinopolis.go.leg.br_requerimento_90.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1841/quirinopolis.go.leg.br_requerimento_91.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1842/quirinopolis.go.leg.br_requerimento_92.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1843/quirinopolis.go.leg.br_requerimento_93.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1844/quirinopolis.go.leg.br_requerimento_94.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1845/quirinopolis.go.leg.br_requerimento_95.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1846/quirinopolis.go.leg.br_requerimento_96.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1847/quirinopolis.go.leg.br_requerimento_97.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1849/quirinopolis.go.leg.br_requerimento_98.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1853/quirinopolis.go.leg.br_requerimento_99.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1855/quirinopolis.go.leg.br_requerimento_100.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1856/quirinopolis.go.leg.br_requerimento_101.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1857/quirinopolis.go.leg.br_requerimento_102.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1859/quirinopolis.go.leg.br_requerimento_103.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1860/quirinopolis.go.leg.br_requerimento_104.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1863/quirinopolis.go.leg.br_requerimento_105.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1864/quirinopolis.go.leg.br_requerimento_106.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1865/quirinopolis.go.leg.br_requerimento_107.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1866/quirinopolis.go.leg.br_requerimento_108.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1868/quirinopolis.go.leg.br_requerimento_109.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1869/quirinopolis.go.leg.br_requerimento_110.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1872/quirinopolis.go.leg.br_requerimento_111.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1874/quirinopolis.go.leg.br_requerimento_112.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1876/quirinopolis.go.leg.br_requerimento_113.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1877/quirinopolis.go.leg.br_requerimento_114.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1878/quirinopolis.go.leg.br_requerimento_115.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1879/quirinopolis.go.leg.br_requerimento_116.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1880/quirinopolis.go.leg.br_requerimento_117.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1881/quirinopolis.go.leg.br_requerimento_118.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1882/quirinopolis.go.leg.br_requerimento_119.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1888/quirinopolis.go.leg.br_requerimento_120.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1889/quirinopolis.go.leg.br_requerimento_121.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1890/quirinopolis.go.leg.br_requerimento_122.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1891/quirinopolis.go.leg.br_requerimento_123.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1892/quirinopolis.go.leg.br_requerimento_124.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1894/quirinopolis.go.leg.br_requerimento_125.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1895/quirinopolis.go.leg.br_requerimento_126.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1897/quirinopolis.go.leg.br_requerimento_127.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1898/quirinopolis.go.leg.br_requerimento_128.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1899/quirinopolis.go.leg.br_requerimento_129.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1900/quirinopolis.go.leg.br_requerimento_130.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1901/quirinopolis.go.leg.br_requerimento_131.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1902/quirinopolis.go.leg.br_requerimento_132.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1903/quirinopolis.go.leg.br_requerimento_133.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1904/quirinopolis.go.leg.br_requerimento_134.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1907/quirinopolis.go.leg.br_requerimen_135.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1908/quirinopolis.go.leg.br_requerimento_136.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1909/quirinopolis.go.leg.br_requerimento_137.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1910/quirinopolis.go.leg.br_requerimento_138.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1911/quirinopolis.go.leg.br_requerimento_139.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1917/quirinopolis.go.leg.br_requerimento_140.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1918/quirinopolis.go.leg.br_requerimento_141.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1921/quirinopolis.go.leg.br_requerimento_142.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1922/quirinopolis.go.leg.br_requerimento_143.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1927/quirinopolis.go.leg.br_requerimento_144.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1928/quirinopolis.go.leg.br_requerimento_145.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1932/quirinopolis.go.leg.br_requerimento_146.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1933/quirinopolis.go.leg.br_requerimento_147.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1934/quirinopolis.go.leg.br_requerimento_148.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1935/quirinopolis.go.leg.br_requerimento_149.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1936/quirinopolis.go.leg.br_requerimento_150.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1937/quirinopolis.go.leg.br_requerimento_151.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1938/quirinopolis.go.leg.br_requerimento_152.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1939/quirinopolis.go.leg.br_requerimento_153.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1952/quirinopolis.go.leg.br_requerimento_154.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1953/quirinopolis.go.leg.br_requerimento_155.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1954/quirinopolis.go.leg.br_requerimento_156.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1955/quirinopolis.go.leg.br_requerimento_157.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1956/quirinopolis.go.leg.br_requerimento_158.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1957/quirinopolis.go.leg.br_requerimento_159.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1958/quirinopolis.go.leg.br_requerimento_160.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1962/quirinopolis.go.leg.br_requerimento_161.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1963/quirinopolis.go.leg.br_requerimento_162.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1968/quirinopolis.go.leg.br_requerimento_163.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1969/quirinopolis.go.leg.br_requerimento_164.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1970/quirinopolis.go.leg.br_requerimento_165.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1973/quirinopolis.go.leg.br_requerimento_166.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1978/quirinopolis.go.leg.br_requerimento_167.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1979/quirinopolis.go.leg.br_requerimento_168.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1980/quirinopolis.go.leg.br_requerimento_169.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1981/quirinopolis.go.leg.br_requerimento_170.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1982/quirinopolis.go.leg.br_requerimento_171.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1983/quirinopolis.go.leg.br_requerimento_172.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1984/quirinopolis.go.leg.br_requerimento_173.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1985/quirinopolis.go.leg.br_requerimento_174.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1989/quirinopolis.go.leg.br_requerimento_175.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1990/quirinopolis.go.leg.br_requerimento_176.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1991/quirinopolis.go.leg.br_requerimento_177.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1992/quirinopolis.go.leg.br_requerimento_178.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1993/quirinopolis.go.leg.br_requerimento_179.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1994/quirinopolis.go.leg.br_requerimento_180.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1995/quirinopolis.go.leg.br_requerimento_181.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1996/quirinopolis.go.leg.br_requerimento_182.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1997/quirinopolis.go.leg.br_requerimento_183.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1998/quirinopolis.go.leg.br_requerimento_184.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1999/quirinopolis.go.leg.br_requerimento_185.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2001/quirinopolis.go.leg.br_requerimento_186.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2002/quirinopolis.go.leg.br_requerimento_187.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2003/quirinopolis.go.leg.br_requerimento_188.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2004/quirinopolis.go.leg.br_requerimento_189.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2005/quirinopolis.go.leg.br_requerimento_190.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2006/quirinopolis.go.leg.br_requerimento_191.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2007/quirinopolis.go.leg.br_requerimento_192.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2008/quirinopolis.go.leg.br_requerimento_193.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2009/quirinopolis.go.leg.br_requerimento_194.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2010/quirinopolis.go.leg.br_requerimento_195.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2015/quirinopolis.go.leg.br_requerimento_196_ass.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2025/quirinopolis.go.leg.br_requerimento_197.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2026/quirinopolis.go.leg.br_requerimento_198.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2027/quirinopolis.go.leg.br_requerimento_199.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2028/quirinopolis.go.leg.br_requerimento_200.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2029/quirinopolis.go.leg.br_requerimento_201.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2030/quirinopolis.go.leg.br_requerimento_202.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2031/quirinopolis.go.leg.br_requerimento_203.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2032/quirinopolis.go.leg.br_requerimento_204.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2036/quirinopolis.go.leg.br_requerimento_205.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2038/quirinopolis.go.leg.br_requerimento_206.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2039/quirinopolis.go.leg.br_requerimento_207.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2040/quirinopolis.go.leg.br_requerimento_208.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2041/quirinopolis.go.leg.br_requerimento_209.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2042/quirinopolis.go.leg.br_requerimento_210.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2044/quirinopolis.go.leg.br_requerimento_211.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2049/quirinopolis.go.leg.br_requerimento_212.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2050/quirinopolis.go.leg.br_requerimento_213.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2051/quirinopolis.go.leg.br_requerimento_214.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2052/quirinopolis.go.leg.br_requerimento_215.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2053/quirinopolis.go.leg.br_requerimento_216.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2055/quirinopolis.go.leg.br_requerimento_217.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2056/quirinopolis.go.leg.br_requerimento_218.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2057/quirinopolis.go.leg.br_requerimento_219.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2058/quirinopolis.go.leg.br_requerimento_220.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2059/quirinopolis.go.leg.br_requerimento_221.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2061/quirinopolis.go.leg.br_requerimento_222.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2062/quirinopolis.go.leg.br_requerimento_223.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2063/quirinopolis.go.leg.br_requerimento_224.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2064/quirinopolis.go.leg.br_requerimento_225.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2065/quirinopolis.go.leg.br_requerimento_226.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2066/quirinopolis.go.leg.br_requerimento_227.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2067/quirinopolis.go.leg.br_requerimento_228.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2072/quirinopolis.go.leg.br_requerimento_229.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2073/quirinopolis.go.leg.br_requerimento_230.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2074/quirinopolis.go.leg.br_requerimento_231.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2075/quirinopolis.go.leg.br_requerimento_232.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2076/quirinopolis.go.leg.br_requerimento_233.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2077/quirinopolis.go.leg.br_requerimento_234.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2078/quirinopolis.go.leg.br_requerimento_235.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2079/quirinopolis.go.leg.br_requerimento_236.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2080/quirinopolis.go.leg.br_requerimento_237.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2089/quirinopolis.go.leg.br_requerimento_238.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2090/quirinopolis.go.leg.br_requerimento_239.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2091/quirinopolis.go.leg.br_requerimento_240.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2092/quirinopolis.go.leg.br_requerimento_241.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2093/quirinopolis.go.leg.br_requerimento_242.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2094/quirinopolis.go.leg.br_requerimento_243.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2095/quirinopolis.go.leg.br_requerimento_244.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2096/quirinopolis.go.leg.br_requerimento_245.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2097/quirinopolis.go.leg.br_requerimento_246.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2098/quirinopolis.go.leg.br_requerimento_247.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2099/quirinopolis.go.leg.br_requerimento_248.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2100/quirinopolis.go.leg.br_requerimento_249.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2101/quirinopolis.go.leg.br_requerimento_250.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2102/quirinopolis.go.leg.br_requerimento_251.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2103/quirinopolis.go.leg.br_requerimento_252.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2104/quirinopolis.go.leg.br_requerimento_253.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2110/quirinopolis.go.leg.br_requerimento_254.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2111/quirinopolis.go.leg.br_requerimento_255.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2112/quirinopolis.go.leg.br_requerimento_256.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2113/quirinopolis.go.leg.br_requerimento_257.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2114/quirinopolis.go.leg.br_requerimento_258.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2115/quirinopolis.go.leg.br_requerimento_259.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2116/quirinopolis.go.leg.br_requerimento_260.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2117/quirinopolis.go.leg.br_requerimento_261.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2118/quirinopolis.go.leg.br_requerimento_262.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2119/quirinopolis.go.leg.br_requerimento_263.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2120/quirinopolis.go.leg.br_requerimento_264.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2121/quirinopolis.go.leg.br_requerimento_265.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2122/quirinopolis.go.leg.br_requerim_266.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2123/quirinopolis.go.leg.br_requerim_267.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2126/quirinopolis.go.leg.br_requerimento_268.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2127/quirinopolis.go.leg.br_requerimento_269.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2133/quirinopolis.go.leg.br_requerimento_270.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2134/quirinopolis.go.leg.br_requerimento_271.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2135/quirinopolis.go.leg.br_requerimento_272.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2137/quirinopolis.go.leg.br_requerimento_273.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2138/quirinopolis.go.leg.br_requerimento_274.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2139/quirinopolis.go.leg.br_requerimento_275.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2140/quirinopolis.go.leg.br_requerimento_276.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2141/quirinopolis.go.leg.br_requerimento_277.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2142/quirinopolis.go.leg.br_requerimento_278.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2144/quirinopolis.go.leg.br_requerimento_279.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2145/quirinopolis.go.leg.br_requerimento_280.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2147/quirinopolis.go.leg.br_requerimento_281.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2148/quirinopolis.go.leg.br_requerimento_282.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2149/quirinopolis.go.leg.br_requerimento_283.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2155/quirinopolis.go.leg.br_requerimento_284.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2156/quirinopolis.go.leg.br_requerimento_285.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2157/quirinopolis.go.leg.br_requerimento_286.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2158/quirinopolis.go.leg.br_requerimento_287.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2159/quirinopolis.go.leg.br_requerimento_288.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2160/quirinopolis.go.leg.br_requerimento_289.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2163/quirinopolis.go.leg.br_requerimento_290.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2164/quirinopolis.go.leg.br_requerimento_291.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2165/quirinopolis.go.leg.br_requerimento_292.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2166/quirinopolis.go.leg.br_requerimento_293.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2167/quirinopolis.go.leg.br_requerimento_294.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2175/quirinopolis.go.leg.br_requerimento_295.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2176/quirinopolis.go.leg.br_requerimento_296.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2177/quirinopolis.go.leg.br_requerimento_297.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2178/quirinopolis.go.leg.br_requerimento_298.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2179/quirinopolis.go.leg.br_requerimento_299.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2180/quirinopolis.go.leg.br_requerimento_300.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2181/quirinopolis.go.leg.br_requerimento_301.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2182/quirinopolis.go.leg.br_requerimento_302.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2183/quirinopolis.go.leg.br_requerimento_303.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2185/quirinopolis.go.leg.br_requerimento_304.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2193/quirinopolis.go.leg.br_requerimento_305.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2194/quirinopolis.go.leg.br_requerimento_306.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2195/quirinopolis.go.leg.br_requerimento_307.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2196/quirinopolis.go.leg.br_requerimento_308.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2197/quirinopolis.go.leg.br_requerimento_309.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2198/quirinopolis.go.leg.br_requerimento_310.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2203/quirinopolis.go.leg.br_requerimento_311.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2204/quirinopolis.go.leg.br_requerimento_312.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2205/quirinopolis.go.leg.br_requerimento_313.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2206/quirinopolis.go.leg.br_requerimento_314.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2207/quirinopolis.go.leg.br_requerimento_315.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2208/quirinopolis.go.leg.br_requerimento_316.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2222/quirinopolis.go.leg.br_requerimento_317.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2223/quirinopolis.go.leg.br_requerimento_318.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2224/quirinopolis.go.leg.br_requerimento_319.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2225/quirinopolis.go.leg.br_requerimento_320.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2226/quirinopolis.go.leg.br_requerimento_321.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2227/quirinopolis.go.leg.br_requerimento_322.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2228/quirinopolis.go.leg.br_requerimento_323.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2229/quirinopolis.go.leg.br_requerimento_324.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2237/quirinopolis.go.leg.br_requerimento_325.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2238/quirinopolis.go.leg.br_requerimento_326.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2239/quirinopolis.go.leg.br_requerimento_327.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2240/quirinopolis.go.leg.br_requerimento_328.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2241/quirinopolis.go.leg.br_requerimento_329.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2242/quirinopolis.go.leg.br_requerimento_330.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2243/quirinopolis.go.leg.br_requerimento_331.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2244/quirinopolis.go.leg.br_requerimento_332.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2245/quirinopolis.go.leg.br_requerimento_333.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2246/quirinopolis.go.leg.br_requerimento_334.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2247/quirinopolis.go.leg.br_requerimento_335.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2255/quirinopolis.go.leg.br_requerimento_336.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2256/quirinopolis.go.leg.br_requerimento_337.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2257/quirinopolis.go.leg.br_requerimento_338.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2258/quirinopolis.go.leg.br_requerimento_339.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2259/quirinopolis.go.leg.br_requerimento_340.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2260/quirinopolis.go.leg.br_requerimento_341.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2261/quirinopolis.go.leg.br_requerimento_342.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2262/quirinopolis.go.leg.br_requerimento_343.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2263/quirinopolis.go.leg.br_requerim_344.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2270/quirinopolis.go.leg.br_requerimento_345.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2271/quirinopolis.go.leg.br_requerimento_346.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2272/quirinopolis.go.leg.br_requerimento_347.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2273/quirinopolis.go.leg.br_requerimento_348.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2274/quirinopolis.go.leg.br_requerimento_349.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2276/quirinopolis.go.leg.br_requerimento_350.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2312/quirinopolis.go.leg.br_requerimento_351.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2313/quirinopolis.go.leg.br_requerimento_352.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2314/quirinopolis.go.leg.br_requerimento_353.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2315/quirinopolis.go.leg.br_requerimento_354.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2316/quirinopolis.go.leg.br_requerimento_355.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2317/quirinopolis.go.leg.br_requerimento_356.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2318/quirinopolis.go.leg.br_requerimento_357.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2321/quirinopolis.go.leg.br_requerimento_358.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2322/quirinopolis.go.leg.br_requerimento_359.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2323/quirinopolis.go.leg.br_requerimento_360.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2325/quirinopolis.go.leg.br_requerimento_361.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2326/quirinopolis.go.leg.br_requerimento_362.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2327/quirinopolis.go.leg.br_requerimento_363.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2334/quirinopolis.go.leg.br_requerimento_364.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2335/quirinopolis.go.leg.br_requerimento_365.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2336/quirinopolis.go.leg.br_requerimento_366.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2337/quirinopolis.go.leg.br_requerimento_367.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2338/quirinopolis.go.leg.br_requerimento_368.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2340/quirinopolis.go.leg.br_requerimento_369.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2341/quirinopolis.go.leg.br_requerimento_370.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2347/quirinopolis.go.leg.br_requerimento_371.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2348/quirinopolis.go.leg.br_requerimento_372.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2349/quirinopolis.go.leg.br_requerimento_373.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2350/quirinopolis.go.leg.br_requerimento_374.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2353/quirinopolis.go.leg.br_requerimento_375.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2354/quirinopolis.go.leg.br_requerimento_376.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2355/quirinopolis.go.leg.br_requerimento_377.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2356/quirinopolis.go.leg.br_requerimento_378.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2357/quirinopolis.go.leg.br_requerimento_379.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2358/quirinopolis.go.leg.br_requerimento_380.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2359/quirinopolis.go.leg.br_requerimento_381.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2360/quirinopolis.go.leg.br_requerimento_382.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2362/quirinopolis.go.leg.br_requerimento_383.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2363/quirinopolis.go.leg.br_requerimento_384.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2364/quirinopolis.go.leg.br_requerimento_385.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2365/quirinopolis.go.leg.br_requerimento_386.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2368/quirinopolis.go.leg.br_requerimento_387.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2369/quirinopolis.go.leg.br_requerimento_388.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2370/quirinopolis.go.leg.br_requerimento_389.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2371/quirinopolis.go.leg.br_requerimento_390.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2372/quirinopolis.go.leg.br_requerimento_391.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2373/quirinopolis.go.leg.br_requerime_392.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2374/quirinopolis.go.leg.br_requerimento_393.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2380/quirinopolis.go.leg.br_requerimento_394.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2381/quirinopolis.go.leg.br_requerimento_395.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2382/quirinopolis.go.leg.br_requerimento_396.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2384/quirinopolis.go.leg.br_requerimento_397.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2385/quirinopolis.go.leg.br_requerimento_398.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2386/quirinopolis.go.leg.br_requerimento_399.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2387/quirinopolis.go.leg.br_requerimento_400.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2012/quirinopolis.go.leg.br_req_verbal_13_assinado.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2013/quirinopolis.go.leg.br_req_verbal_14_assinado.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1720/quirinopolis.go.leg.br_mocao_01.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1764/quirinopolis.go.leg.br_mocao_2.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1769/quirinopolis.go.leg.br_mocao_3.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1770/quirinopolis.go.leg.br_mocao_4.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1771/quirinopolis.go.leg.br_mocao_5.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1772/quirinopolis.go.leg.br_mocao_6.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1773/quirinopolis.go.leg.br_mocao_7.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1779/quirinopolis.go.leg.br_mocao_8_assinado.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1785/quirinopolis.go.leg.br_mocao_9_assinado.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1786/quirinopolis.go.leg.br_mocao_10_assinado.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1787/quirinopolis.go.leg.br_mocao_11_assinado.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1796/quirinopolis.go.leg.br_mocao_12.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1797/quirinopolis.go.leg.br_mocao_13.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1801/quirinopolis.go.leg.br_mocao_14.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1806/quirinopolis.go.leg.br_mocao_15.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1809/quirinopolis.go.leg.br_mocao_16.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1817/quirinopolis.go.leg.br_mocao_17.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1820/quirinopolis.go.leg.br_mocao_18.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1827/quirinopolis.go.leg.br_mocao_19.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1828/quirinopolis.go.leg.br_mocao_20.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1850/quirinopolis.go.leg.br_mocao_21.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1851/quirinopolis.go.leg.br_mocao_22.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1870/quirinopolis.go.leg.br_mocao_23.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1871/quirinopolis.go.leg.br_mocao_24.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1883/quirinopolis.go.leg.br_mocao_25.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1884/quirinopolis.go.leg.br_mocao_26.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1885/quirinopolis.go.leg.br_mocao_27.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1893/quirinopolis.go.leg.br_mocao_28.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1905/quirinopolis.go.leg.br_mocao_29.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1906/quirinopolis.go.leg.br_mocao_30.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1912/quirinopolis.go.leg.br_mocao_31.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1913/quirinopolis.go.leg.br_mocao_32.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1914/quirinopolis.go.leg.br_mocao_pesar_33.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1916/quirinopolis.go.leg.br_mocao_34.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1919/quirinopolis.go.leg.br_mocao_35.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1920/quirinopolis.go.leg.br_mocao_36.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1923/quirinopolis.go.leg.br_mocao_037.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1924/quirinopolis.go.leg.br_mocao_38.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1925/quirinopolis.go.leg.br_mocao_39.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1926/quirinopolis.go.leg.br_mocao_40.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1929/quirinopolis.go.leg.br_mocao_41.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1930/quirinopolis.go.leg.br_mocao_42.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1940/quirinopolis.go.leg.br_mocao_43.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1941/quirinopolis.go.leg.br_mocao_044.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1942/quirinopolis.go.leg.br_mocao_45.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1943/quirinopolis.go.leg.br_mocao_46.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1944/quirinopolis.go.leg.br_mocao_47.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1945/quirinopolis.go.leg.br_mocao_48.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1946/quirinopolis.go.leg.br_mocao_49.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1947/quirinopolis.go.leg.br_mocao_50.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1948/quirinopolis.go.leg.br_mocao_51.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1949/quirinopolis.go.leg.br_mocao_52.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1950/quirinopolis.go.leg.br_mocao_53.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1964/quirinopolis.go.leg.br_mocao_54.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/1986/quirinopolis.go.leg.br_mocao_55.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2011/quirinopolis.go.leg.br_mocao_56.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2035/quirinopolis.go.leg.br_mocao_57.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2043/quirinopolis.go.leg.br_mocao_58.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2081/quirinopolis.go.leg.br_mocao_59.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2105/quirinopolis.go.leg.br_mocao_60.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2106/quirinopolis.go.leg.br_mocao_61.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2107/quirinopolis.go.leg.br_mocao_62.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2108/quirinopolis.go.leg.br_mocao_63.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2124/quirinopolis.go.leg.br_mocao_64.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2125/quirinopolis.go.leg.br_mocao_65.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2136/quirinopolis.go.leg.br_mocao_66.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2146/quirinopolis.go.leg.br_mocao_67.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2162/quirinopolis.go.leg.br_mocao_68_ass_digital.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2168/quirinopolis.go.leg.br_mocao_69.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2184/quirinopolis.go.leg.br_mocao_70.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2186/quirinopolis.go.leg.br_mocao_71.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2187/quirinopolis.go.leg.br_mocao_72.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2209/quirinopolis.go.leg.br_mocao_73.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2210/quirinopolis.go.leg.br_mocao_74.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2211/quirinopolis.go.leg.br_mocao_75.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2220/quirinopolis.go.leg.br_mocao_76.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2221/quirinopolis.go.leg.br_mocao_77.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2230/quirinopolis.go.leg.br_mocao_78.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2231/quirinopolis.go.leg.br_mocao_79.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2248/quirinopolis.go.leg.br_mocao_80.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2275/quirinopolis.go.leg.br_mocao_81.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2339/quirinopolis.go.leg.br_mocao_082.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2366/quirinopolis.go.leg.br_mocao_83.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2375/quirinopolis.go.leg.br_mocao_84.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2383/quirinopolis.go.leg.br_mocao_85.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2388/quirinopolis.go.leg.br_mocao_86.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2021/2083/quirinopolis.go.leg.br_mocao.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H687"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="184" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="183.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>