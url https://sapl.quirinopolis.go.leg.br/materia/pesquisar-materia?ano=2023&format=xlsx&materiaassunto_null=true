--- v0 (2025-12-07)
+++ v1 (2026-03-16)
@@ -54,6173 +54,6173 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3272</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>ATAO</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3272/quirinopolis.go.leg.br_ata_24.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3272/quirinopolis.go.leg.br_ata_24.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 24ª Sessão Ordinária da 3ª Sessão Legislativa da 19ª Legislatura.</t>
   </si>
   <si>
     <t>3281</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3281/ata_eletronica_da_25a_sessao_ordinaria_da_3a_sessao_legislativa_da_19a_legislatura.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3281/ata_eletronica_da_25a_sessao_ordinaria_da_3a_sessao_legislativa_da_19a_legislatura.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 25ª Sessão Ordinária da 3ª Sessão Legislativa da 19ª Legislatura</t>
   </si>
   <si>
     <t>3309</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3309/quirinopolis.go.leg.br_ata_eletronica_da_26a_sessao_ordinaria_21-08-2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3309/quirinopolis.go.leg.br_ata_eletronica_da_26a_sessao_ordinaria_21-08-2023.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 26ª Sessão Ordinária 21-08-2023</t>
   </si>
   <si>
     <t>3322</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3322/quirinopolis.go.leg.br_ata_eletronica_da_27a_sessao_ordinaria_22-08-2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3322/quirinopolis.go.leg.br_ata_eletronica_da_27a_sessao_ordinaria_22-08-2023.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 27ª Sessão Ordinária da 3ª Sessão Legislativa da 19ª Legislatura</t>
   </si>
   <si>
     <t>3323</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3323/quirinopolis.go.leg.br_ata_eletronica_da_28a_sessao_ordinaria_23-08-2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3323/quirinopolis.go.leg.br_ata_eletronica_da_28a_sessao_ordinaria_23-08-2023.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 28ª Sessão Ordinária da 3ª Sessão Legislativa da 19ª Legislatura</t>
   </si>
   <si>
     <t>3336</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3336/ata_eletronica_da_29a_sessao_ordinaria_da_3a_sessao_legislativa_24-08-2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3336/ata_eletronica_da_29a_sessao_ordinaria_da_3a_sessao_legislativa_24-08-2023.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 29ª Sessão Ordinária da 3ª Sessão Legislativa</t>
   </si>
   <si>
     <t>3343</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3343/quirinopolis.go.leg.br_ata_eletronica_da_30a_sessao_ordinaria_25-08-2023_1.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3343/quirinopolis.go.leg.br_ata_eletronica_da_30a_sessao_ordinaria_25-08-2023_1.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 30ª Sessão Ordinária da 3ª Sessão Legislativa</t>
   </si>
   <si>
     <t>3350</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3350/quirinopolis.go.leg.br_ata_eletronica_da_31a_sessao_ordinaria_11-09-2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3350/quirinopolis.go.leg.br_ata_eletronica_da_31a_sessao_ordinaria_11-09-2023.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 31ª Sessão Ordinária da 3ª Sessão Legislativa</t>
   </si>
   <si>
     <t>3359</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3359/quirinopolis.go.leg.br_ata_eletronica_da_32a_sessao_ordinaria_12-09-23.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3359/quirinopolis.go.leg.br_ata_eletronica_da_32a_sessao_ordinaria_12-09-23.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 32ª Sessão Ordinária da 3ª Sessão Legislativa</t>
   </si>
   <si>
     <t>3369</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3369/quirinopolis.go.leg.br_ata_eletronica_da_33a_sessao_ordinaria_13-09-23.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3369/quirinopolis.go.leg.br_ata_eletronica_da_33a_sessao_ordinaria_13-09-23.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 33ª Sessão Ordinária da 3ª Sessão Legislativa</t>
   </si>
   <si>
     <t>3376</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3376/quirinopolis.go.leg.br_ata_eletronica_da_34a_sessao_ordinaria_14-09-23.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3376/quirinopolis.go.leg.br_ata_eletronica_da_34a_sessao_ordinaria_14-09-23.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 34ª Sessão Ordinária da 3ª Sessão Legislativa</t>
   </si>
   <si>
     <t>3384</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3384/quirinopolis.go.leg.br_ata_eletronica_da_35a_sessao_ordinaria_15-09-23.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3384/quirinopolis.go.leg.br_ata_eletronica_da_35a_sessao_ordinaria_15-09-23.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 35ª Sessão Ordinária da 3ª Sessão</t>
   </si>
   <si>
     <t>3399</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3399/ata_eletronica_da_36a_sessao_ordinaria_23-10-2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3399/ata_eletronica_da_36a_sessao_ordinaria_23-10-2023.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 36ª Sessão Ordinária</t>
   </si>
   <si>
     <t>3414</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3414/ata_eletronica_da_37a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3414/ata_eletronica_da_37a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 37ª Sessão Ordinária 24-10-2023</t>
   </si>
   <si>
     <t>3420</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3420/ata_eletronica_da_38a_sessao_ordinaria_25-10-23.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3420/ata_eletronica_da_38a_sessao_ordinaria_25-10-23.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 38ª Sessão Ordinária 25-10-23</t>
   </si>
   <si>
     <t>3432</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3432/ata_eletronica_da_39a_sessao_ordinaria_26-10-2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3432/ata_eletronica_da_39a_sessao_ordinaria_26-10-2023.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 39ª Sessão Ordinária 26-10-23</t>
   </si>
   <si>
     <t>3440</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3440/ata_eletronica_da_40a_sessao_ordinaria_27-10-23.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3440/ata_eletronica_da_40a_sessao_ordinaria_27-10-23.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 40ª Sessão Ordinária 27-10-23</t>
   </si>
   <si>
     <t>3461</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3461/ata_eletronica_da_41a_sessao_ordinaria_20-11-23.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3461/ata_eletronica_da_41a_sessao_ordinaria_20-11-23.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 41ª Sessão Ordinária 20-11-23</t>
   </si>
   <si>
     <t>3476</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3476/ata_eletronica_da_42a_sessao_ordinaria_21-11-23.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3476/ata_eletronica_da_42a_sessao_ordinaria_21-11-23.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 42ª Sessão Ordinária 21-11-23</t>
   </si>
   <si>
     <t>3488</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3488/ata_eletronica_da_43a_sessao_ordinaria_22-11-23.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3488/ata_eletronica_da_43a_sessao_ordinaria_22-11-23.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 43ª Sessão Ordinária 22-11-23</t>
   </si>
   <si>
     <t>3499</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3499/ata_eletronica_da_44a_sessao_ordinaria_23-11-23.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3499/ata_eletronica_da_44a_sessao_ordinaria_23-11-23.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 44ª Sessão Ordinária 23-11-23</t>
   </si>
   <si>
     <t>3506</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3506/ata_eletronica_da_45a_sessao_ordinaria_24-11-2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3506/ata_eletronica_da_45a_sessao_ordinaria_24-11-2023.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 45ª Sessão Ordinária 24-11-2023</t>
   </si>
   <si>
     <t>3533</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3533/ata_eletronica_da_46a_sessao_ordinaria_04-12-2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3533/ata_eletronica_da_46a_sessao_ordinaria_04-12-2023.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 46ª Sessão Ordinária 04-12-2023</t>
   </si>
   <si>
     <t>3547</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3547/ata_eletronica_da_47a_sessao_ordinaria_05-12-2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3547/ata_eletronica_da_47a_sessao_ordinaria_05-12-2023.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 47ª Sessão Ordinária 05-12-2023</t>
   </si>
   <si>
     <t>3571</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3571/ata_eletronica_da_48a_sessao_ordinaria_06-12-2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3571/ata_eletronica_da_48a_sessao_ordinaria_06-12-2023.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 48ª Sessão Ordinária 06-12-2023</t>
   </si>
   <si>
     <t>3575</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3575/ata_eletronica_da_49a_sessao_ordinaria_07-12-2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3575/ata_eletronica_da_49a_sessao_ordinaria_07-12-2023.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 49ª Sessão Ordinária 07-12-2023</t>
   </si>
   <si>
     <t>3278</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>ATAE</t>
   </si>
   <si>
     <t>ATA SESSÃO EXTRAORDINÁRIA</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3278/quirinopolis.go.leg.br_ata_2a_extra.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3278/quirinopolis.go.leg.br_ata_2a_extra.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 2ª Sessão Extraordinária da 3ª Sessão Legislativa da 19ª Legislatura</t>
   </si>
   <si>
     <t>3279</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3279/quirinopolis.go.leg.br_ata_3a_extra.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3279/quirinopolis.go.leg.br_ata_3a_extra.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 3ª Sessão Extraordinária da 3ª Sessão Legislativa da 19ª Legislatura</t>
   </si>
   <si>
     <t>3338</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3338/quirinopolis.go.leg.br_ata_eletronica_da_4a_sessao_extraordinaria_da_3a_sessao_25-08-2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3338/quirinopolis.go.leg.br_ata_eletronica_da_4a_sessao_extraordinaria_da_3a_sessao_25-08-2023.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 4ª Sessão Extraordinária</t>
   </si>
   <si>
     <t>3266</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EA</t>
   </si>
   <si>
     <t>EMENDA ADITIVA</t>
   </si>
   <si>
     <t>OSCAR JÚNIOR</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3266/emenda_aditiva.doc</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3266/emenda_aditiva.doc</t>
   </si>
   <si>
     <t>Acrescenta Artigo ao Projeto de Lei Ordinária do Legislativo Nº 031, de 14 de junho de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>3202</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA</t>
   </si>
   <si>
     <t>WELINGTON FAUSTINO (Veredor afastado)</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3202/quirinopolis.go.leg.br_emenda_modificativa_001.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3202/quirinopolis.go.leg.br_emenda_modificativa_001.pdf</t>
   </si>
   <si>
     <t>Modifica redação do Art 1º e do Art. 5º, do Projeto de Lei nº 006, de 03 de março de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>3230</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3230/quirinopolis.go.leg.br_emenda_modificativa_002.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3230/quirinopolis.go.leg.br_emenda_modificativa_002.pdf</t>
   </si>
   <si>
     <t>Dá nova redação aos incisos II e III do artigo 64 do Projeto de Lei Ordinária do Executivo Nº 007, de 03 de março de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>3267</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3267/emenda_modificativa.doc</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3267/emenda_modificativa.doc</t>
   </si>
   <si>
     <t>“Dá nova redação ao Art. 4º do Projeto de Lei Ordinária do Legislativo Nº 031, de 14 de junho de 2023 e dá outras providências. ”</t>
   </si>
   <si>
     <t>3277</t>
   </si>
   <si>
     <t>FERNANDO NOVAIS</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3277/quirinopolis.go.leg.br_emenda_modificativa.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3277/quirinopolis.go.leg.br_emenda_modificativa.pdf</t>
   </si>
   <si>
     <t>Modifica a redação do Art. 2º do Projeto de Lei 020 de junho de 2023 e outras providencias</t>
   </si>
   <si>
     <t>3549</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>CLEILTON RESENDE</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3549/quirinopolis.go.leg.br_emenda_orcamentaria_modificiativa_n_05.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3549/quirinopolis.go.leg.br_emenda_orcamentaria_modificiativa_n_05.pdf</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023._x000D_
 (DIRECIONAR VALORES EQUIVALENTES PARA AUXILIAR AS ENTIDADES, ASSOCIAÇÃO DOS PERMISSIONÁRIOS DO MERCADO MUNICIPAL, ASSOCIAÇÃO EQUOTERAPIA CAPELA, ASSOCIAÇÃO DOS MIGRANTES NORDESTINO DE QUIRINÓPOLIS, ASSOCIAÇÃO DOS VIOLEIROS AMIGOS PARA SEMPRE, ASSOCIAÇÃO COMERCIAL E INDUSTRIAL DE QUIRINÓPOLIS, ASSOCIAÇÃO DOS PRODUTORES DE LEITE DE QUIRINÓPOLIS E REGIÃO NO DESENVOLVIMENTO DE SUAS ATIVIDADES NO MUNICÍPIO DE QUIRINÓPOLIS). (Valor R$ 480,000,00).</t>
   </si>
   <si>
     <t>3431</t>
   </si>
   <si>
     <t>EOM</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA</t>
   </si>
   <si>
-    <t>CLEILTON RESENDE, FERNANDO NOVAIS, GUSTAVO MOURÃO, OSCAR JÚNIOR, PAULINHO DA USINA, ROMISDETE, WELINGTON FAUSTINO (Veredor afastado)</t>
-[...2 lines deleted...]
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3431/quirinopolis.go.leg.br_emenda_01_-festa_padroeira_-_oscar_wellington_paulinho_romisdete_gustavo_fernando_e_cleilton.pdf</t>
+    <t>CLEILTON RESENDE, FERNANDO NOVAIS, GUSTAVO MOURÃO (em memória), OSCAR JÚNIOR, PAULINHO DA USINA, ROMISDETE, WELINGTON FAUSTINO (Veredor afastado)</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3431/quirinopolis.go.leg.br_emenda_01_-festa_padroeira_-_oscar_wellington_paulinho_romisdete_gustavo_fernando_e_cleilton.pdf</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências. _x000D_
 (A presente dotação servirá especificamente para atender a Paróquia Nossa Senhora da Abadia quando da realização da Festividade da Padroeira Nossa Senhora da Abadia)._x000D_
 - provenientes de Oscar de Lima Pires Júnior. R$ 43.823,00_x000D_
 - provenientes de Wellington Faustino Fernandes da Silva: R$ 30.000,00_x000D_
 - provenientes de Paulo Roberto de Oliveira: R$ 20.000,00_x000D_
 - provenientes de Romisdete Pereira Neves: R$ 20.000,00_x000D_
 - provenientes de Gustavo Mourão Alves: R$ 20.000,00_x000D_
 - provenientes de Fernando Mendes Novais: R$ 13.500,00_x000D_
 - provenientes de Cleiton Dias de Resende: R$ 5.000,00</t>
   </si>
   <si>
     <t>3446</t>
   </si>
   <si>
     <t>RENATO RIBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3446/quirinopolis.go.leg.br_emenda_impositiva_no_02_escolas_-_renato.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3446/quirinopolis.go.leg.br_emenda_impositiva_no_02_escolas_-_renato.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”. _x000D_
 (Aquisição de equipamentos necessários à manutenção e implementação das atividades pedagógicas e educacionais, nas seguintes unidades escolares:)_x000D_
 - R$ 25.000,00 para a Escola Municipal Vicente Fernandes da Silva Neto;_x000D_
 - R$ 20.000,00 para a Escola Municipal Dr Athaydes de Freitas Silveira.</t>
   </si>
   <si>
     <t>3447</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3447/quirinopolis.go.leg.br_emenda_impositiva_n_03_zelsani_uniformes_-_renato.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3447/quirinopolis.go.leg.br_emenda_impositiva_n_03_zelsani_uniformes_-_renato.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”. _x000D_
 (A presente dotação servirá especificamente para atender às demandas com aquisição de uniformes escolares para a Escola Municipal Militarizada Professora Zelsani.)(Valor de R$ 20.000,00)</t>
   </si>
   <si>
     <t>3448</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3448/quirinopolis.go.leg.br_emenda_impositiva_n_04_mercado_municipal_-_renato.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3448/quirinopolis.go.leg.br_emenda_impositiva_n_04_mercado_municipal_-_renato.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”. _x000D_
 (A presente dotação servirá para aquisição de aparelhos de ar condicionado destinados ao Mercado Municipal Dona Petronilha.) (Valor R$ 10.000,00).</t>
   </si>
   <si>
     <t>3449</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3449/quirinopolis.go.leg.br_emenda_impositiva_n_05__entidades_sociais_-_renato.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3449/quirinopolis.go.leg.br_emenda_impositiva_n_05__entidades_sociais_-_renato.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”. _x000D_
 (A presente dotação servirá especificamente para contribuição às entidades:_x000D_
 - Casa de Apoio Hadassa, no valor de R$ 10.000,00;_x000D_
 - Associação de Equoterapia Capela, no valor de R$ 5.000,00;_x000D_
 - Centro Espirita Bezerra de Menezes, no valor de R$ 10.000,00;_x000D_
 - Associação de Amigos dos Portadores de Câncer de Quirinopolis – AAPCQ, no valor de R$ 10.000,00.)</t>
   </si>
   <si>
     <t>3450</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3450/quirinopolis.go.leg.br_emenda_impositiva_n_06_conseg_-_renato.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3450/quirinopolis.go.leg.br_emenda_impositiva_n_06_conseg_-_renato.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”. _x000D_
 (Contribuição e custeio às ações desenvolvidas pelo Conselho Comunitário de Segurança Pública (Conseg) de Quirinópolis. (Valor R$ 3.823,00).</t>
   </si>
   <si>
     <t>3451</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>CLEILTON RESENDE, RENATO RIBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3451/quirinopolis.go.leg.br_emenda_impositiva_n_07-_aquisicao_veiculo_samu_-_cleilton_e_renato.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3451/quirinopolis.go.leg.br_emenda_impositiva_n_07-_aquisicao_veiculo_samu_-_cleilton_e_renato.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 023/2022 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para aquisição de veículo Ambulância, equipada, para a Unidade de Resgate e Salvamento – URS – SAMU. Sendo o valor dividido da seguinte forma: R$ 106.000,00 provenientes de Cleilton Dias de Resende e R$ 100.000,00 provenientes de Renato Ribeiro da Silva.)</t>
   </si>
   <si>
     <t>3452</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>ANDREA ENFERMEIRA</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3452/quirinopolis.go.leg.br_emenda_impositiva_n_08_farmacia_-_andrea.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3452/quirinopolis.go.leg.br_emenda_impositiva_n_08_farmacia_-_andrea.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para aquisição de medicamentos destinados à Farmácia do Cidadão.)(Valor R$ 100.000,00).</t>
   </si>
   <si>
     <t>3453</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3453/quirinopolis.go.leg.br_emenda_impositiva_n_09_cmei_marconzinho_construcao_-_andrea.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3453/quirinopolis.go.leg.br_emenda_impositiva_n_09_cmei_marconzinho_construcao_-_andrea.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para destinação ao Centro Municipal de Educação Infantil Marconzinho, visando a construção na unidade de uma de Sala de AEE (Sala de Atendimento Educacional Especializado) (Valor de R$ 25.000,00).</t>
   </si>
   <si>
     <t>3454</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3454/quirinopolis.go.leg.br_emenda_impositiva_n_10_hospital_do_amor_-_andrea.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3454/quirinopolis.go.leg.br_emenda_impositiva_n_10_hospital_do_amor_-_andrea.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para destinação ao Hospital do Amor, em Barretos). (Valor R$ 13.823,00)</t>
   </si>
   <si>
     <t>3455</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3455/quirinopolis.go.leg.br_emenda_impositiva_n_11_cmei_brinquedos_-_andrea.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3455/quirinopolis.go.leg.br_emenda_impositiva_n_11_cmei_brinquedos_-_andrea.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente aos seguintes Centros Municipais de Educação Infantil:_x000D_
 - Centro Municipal de Educação Infantil Nossa Senhora D’Abadia, no valor de R$ 20.000,00, visando a aquisição de brinquedos para a Brinquedoteca._x000D_
 - Centro Municipal de Educação Infantil Serafim Júnior, no valor de R$ 18.823,00, visando a aquisição de novos brinquedos para o Parquinho da Unidade).</t>
   </si>
   <si>
     <t>3456</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3456/quirinopolis.go.leg.br_emenda_impositiva_n_12_associacao_cancer_-_andrea.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3456/quirinopolis.go.leg.br_emenda_impositiva_n_12_associacao_cancer_-_andrea.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para contribuição a Associação de Amigos dos Portadores de Câncer de Quirinopolis – AAPCQ, visando a aquisição de camas e utensílios mobiliares para a Casa de Apoio de Barretos.) (Valor R$ 20.000,00)</t>
   </si>
   <si>
     <t>3457</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3457/quirinopolis.go.leg.br_emenda_impositiva_n_13_vicente_neto_-_andrea.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3457/quirinopolis.go.leg.br_emenda_impositiva_n_13_vicente_neto_-_andrea.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para atender às demandas de melhorias com aquisição de equipamentos necessários à manutenção e implementação das atividades pedagógicas e educacionais, na Escola Municipal Vicente Fernandes da Silva Neto, especialmente para aquisição de brinquedos e incremento do parquinho de areia.)</t>
   </si>
   <si>
     <t>3458</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3458/quirinopolis.go.leg.br_emenda_impositiva_n_14_esportes_-_andrea_2.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3458/quirinopolis.go.leg.br_emenda_impositiva_n_14_esportes_-_andrea_2.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para atender às demandas com aquisição de bolas e demais materiais esportivos pela Superintendência de Assessoria do Desporto e Lazer).</t>
   </si>
   <si>
     <t>3472</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3472/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_015.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3472/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_015.pdf</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências._x000D_
 (A presente dotação servirá especificamente para proceder a aquisição bicicletas elétricas para uso exlusivo pelos Agentes Comuntários de Saúde – ACS e Agentes de Combate a Endemias – ACEs). (Valor R$ 113.823,00).</t>
   </si>
   <si>
     <t>3473</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3473/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n__016.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3473/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n__016.pdf</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências._x000D_
 (A presente dotação servirá especificamente para repasse à Associação de Apoio ao Menor Nova Era de Quirinópolis).(Valor R$ 20.000,00 ).</t>
   </si>
   <si>
     <t>3474</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3474/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_017.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3474/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_017.pdf</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências._x000D_
 (A presente dotação servirá especificamente para proceder a aquisição de um parquinho infantil para a Escola Municipal Rural Antônio Sabino Tomé (Região do Castelo) (Valor R$ 30.000,00).</t>
   </si>
   <si>
     <t>3475</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3475/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_018.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3475/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_018.pdf</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências._x000D_
 (A presente dotação servirá especificamente para a realização da Batalha de Rimas de Quirinópolis - BDQ. (Valor R$ 20.000,00).</t>
   </si>
   <si>
     <t>3478</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>CASSIM DA USINA</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3478/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3478/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_019.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação é destinada a atender as despesas necessárias visando a aquisição de computadores e componentes de informática (computadores completos) para atender à demandas da Secretaria Municipal de Saúde).(Valor R$ 113.823,00)</t>
   </si>
   <si>
     <t>3483</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3483/quirinopolis.go.leg.br_emenda_orcamentaria_impositivia_n_020.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3483/quirinopolis.go.leg.br_emenda_orcamentaria_impositivia_n_020.pdf</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências._x000D_
 (A presente dotação servirá especificamente para atender às demandas do 5º Batalhão da Polícia Militar Rodoviária para a reestruturação da rede de iluminação viária, reconstrução da rede elétrica do quartel (melhorias) e adequações no refeitório da Unidade.) (Valor R$ 73.823,00)</t>
   </si>
   <si>
     <t>3485</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3485/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_021.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3485/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_021.pdf</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências._x000D_
 (A presente dotação servirá especificamente para atender às demandas de melhorias com aquisição de equipamentos (computadores e materiais afins de informática), nas seguintes unidades escolares:_x000D_
 - R$ 20.000,00 para a Escola Municipal Rural Custódio Antônio Cabral;_x000D_
 - R$ 20.000,00 para a Escola Municipal Rural Antônio Sabino Tomé).</t>
   </si>
   <si>
     <t>3507</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3507/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_022.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3507/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_022.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”. _x000D_
 (A presente dotação servirá especificamente para destinação ao Complexo Regulador Municipal de Quirinópolis, onde deverá ser aplicado no custeio para consultas, exames e demais procedimentos do Complexo). (Valor R$ 53.823,00).</t>
   </si>
   <si>
     <t>3508</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3508/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3508/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_023.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”. _x000D_
 (A presente dotação servirá especificamente para atender a ASSOCIAÇÃO DE COMBATE AS DEFORMIDADES FACIAIS - REFACE, visando atender crianças, jovens, adolescentes e adultos nas áreas de cirurgia lábio palatino ou outra deformidade crânio facial, recursos para mulheres mutiladas com câncer de mama, para cirurgias de próteses mamárias ou prótese mamária externa e recurso para mulheres que necessitam de prótese capilar em mulheres com alopecia, tumores ou outras doenças capilares, prevenção Exame Oftalmológico para prevenção de Glaucoma e tumores oculares). (Valor R$ 30.000,00). Os recursos serão destinados aos tratamentos, compras de materiais , compras de equipamentos, compra de medicamentos, pagamentos de prestadores de serviços nos atendimentos dos pacientes.</t>
   </si>
   <si>
     <t>3517</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3517/quirinopolis.go.leg.br_emenda_orcametaria_impositiva_n_024.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3517/quirinopolis.go.leg.br_emenda_orcametaria_impositiva_n_024.pdf</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências. _x000D_
 (A presente dotação servirá especificamente para contribuição e custeio às ações desenvolvidas pelo Conselho Comunitário de Segurança Pública (Conseg). (Valor R$ 5.000,00)</t>
   </si>
   <si>
     <t>3518</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3518/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_025.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3518/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_025.pdf</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências. _x000D_
 (A presente dotação servirá especificamente para atender às demandas com aquisição de aparelhos de circulação de ar destinados ao Mercado Municipal Dona Petronilha). (Valor R$ 10.000,00)</t>
   </si>
   <si>
     <t>3519</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3519/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_026.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3519/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_026.pdf</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências. _x000D_
 (A presente dotação servirá especificamente para contribuição e custeio às ações desenvolvidas pela Associação Cultural, Literária e Educacional Mãos e Olhares Diferentes – ACLEMOD). (Valor R$ 15.000,00)</t>
   </si>
   <si>
     <t>3520</t>
   </si>
   <si>
-    <t>CLEILTON RESENDE, GUSTAVO MOURÃO, ROMISDETE, WELINGTON FAUSTINO (Veredor afastado)</t>
-[...2 lines deleted...]
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3520/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_027.pdf</t>
+    <t>CLEILTON RESENDE, GUSTAVO MOURÃO (em memória), ROMISDETE, WELINGTON FAUSTINO (Veredor afastado)</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3520/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_027.pdf</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências. (A presente dotação servirá especificamente para contribuição direcionada 15º Companhia Independente Bombeiro Militar – Quirinópolis, para desenvolvimento das atividades da Unidade, sendo os valores destinados da seguinte forma: - R$ 30.000,00 provenientes do Vereador Wellington Faustino Fernandes da Silva visando o custeio para aquisição de equipamentos que forem necessários a critério da Corporação. - R$ 40.000,00 provenientes do Vereador Gustavo Mourão Alves visando o custeio para aquisição de equipamentos que forem necessários a critério da Corporação. - R$ 10.000,00 provenientes do Vereador Romisdete Pereira Neves visando o custeio para aquisição de equipamentos que forem necessários a critério da Corporação. - R$ 10.000,00 provenientes do Vereador Cleilton Dias de Resende visando o custeio para aquisição de capacetes e demais equipamentos que forem necessários a critério da Corporação).</t>
   </si>
   <si>
     <t>3521</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3521/quirinopolis.go.leg.br_eemenda_orcamentaria_impositiva_n_028.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3521/quirinopolis.go.leg.br_eemenda_orcamentaria_impositiva_n_028.pdf</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências. _x000D_
 A presente dotação servirá especificamente para atender às seguintes demandas: _x000D_
 - R$ 15.000,00 destinados à Igreja Fonte da Vida visando a aquisição de equipamentos musicais. _x000D_
 - R$ 10.000,00 destinados à Associação Nova Era visando a aquisição de aparelhos de ar condicionado.</t>
   </si>
   <si>
     <t>3522</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3522/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_29.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3522/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_29.pdf</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências. _x000D_
 A presente dotação servirá especificamente para atender às seguintes demandas: _x000D_
 R$ 10.000,00 destinados à Escola Municipal Vicente Fernandes da Silva Neto visando à aquisição de equipamentos eletrônicos para desenvolvimento das atividades da Unidade Escolar. _x000D_
 R$ 3.823,00 destinados à Escola Municipal Militarizada Zelsani visando à aquisição de material didático para as atividades da Unidade Escolar.</t>
   </si>
   <si>
     <t>3523</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3523/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_030.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3523/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_030.pdf</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências. _x000D_
 (A presente dotação servirá especificamente para destinação ao Complexo Regulador Municipal de Quirinópolis, onde deverá ser aplicado no custeio de cirurgias e demais procedimentos operatórios do Complexo.</t>
   </si>
   <si>
     <t>3524</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3524/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_031.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3524/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_031.pdf</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências. _x000D_
 A presente dotação servirá especificamente para atender a demanda de pintura e reforma de estrutura de alvenaria do CMEI Hetiel Claudino. (Valor  R$ 78.823,00)</t>
   </si>
   <si>
     <t>3525</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3525/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_032.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3525/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_032.pdf</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências. A presente dotação servirá especificamente para atender a demanda de reforma da quadra esportiva da Escola Municipal Rural Lino Gedeão.</t>
   </si>
   <si>
     <t>3526</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3526/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_33.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3526/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_33.pdf</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências. _x000D_
 (A presente dotação servirá especificamente para atender a ASSOCIAÇÃO DE COMBATE AS DEFORMIDADES FACIAIS - REFACE, destinando recursos para investimentos no Município de Quirinópolis, visando atender crianças, jovens, adolescentes e adultos nas áreas de cirurgia lábio palatino ou outra deformidade crânio facial, recursos para mulheres mutiladas com câncer de mama, para cirurgias de próteses mamárias ou prótese mamária externa e recurso para mulheres que necessitam de prótese capilar em mulheres com alopecia, tumores ou outras doenças capilares, prevenção Exame Oftalmológico para prevenção de Glaucoma e tumores oculares). (Valor R$ 15.000,00). Os recursos serão destinados aos tratamentos, compras de materiais , compras de equipamentos, compra de medicamentos, pagamentos de prestadores de serviços nos atendimentos dos pacientes.</t>
   </si>
   <si>
     <t>3537</t>
   </si>
   <si>
     <t>ROMISDETE</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3537/quirinipolis.go.leg.br_emenda_orcamentaria_impositiva_n_034.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3537/quirinipolis.go.leg.br_emenda_orcamentaria_impositiva_n_034.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para atender as demandas da Universidade Estadual de Goias – UEG). (Valor R$ 15.000,00 ).</t>
   </si>
   <si>
     <t>3538</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3538/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_035.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3538/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_035.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para atender as seguintes demandas:_x000D_
 - R$ 12.823,00 destinados a Escola Municipal Rural Lino Gedeão visando a reforma da unidade._x000D_
 - R$ 20.000,00 destinados a Escola Municipal Militarizada Canaã visando construção de cobertura na passarela da unidade).</t>
   </si>
   <si>
     <t>3539</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3539/quirinopolis.go.leg.br_emenda_orcamentaria_n_36.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3539/quirinopolis.go.leg.br_emenda_orcamentaria_n_36.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para atender as demandas da Associação Luz do Cerrado Arte e Cultura (Orquestra Raízes de Quirinópolis Zé Henrique da Viola)). (Valor R$ 15.000,00).</t>
   </si>
   <si>
     <t>3540</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3540/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_037_.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3540/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_037_.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para atender as demandas do Centro Espirita Bezerra de Menezes). (Valor  R$ 6.000,00).</t>
   </si>
   <si>
     <t>3541</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3541/quirinopolis.go.leg.br_emenda_orcamentaria_impositivia_n_038.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3541/quirinopolis.go.leg.br_emenda_orcamentaria_impositivia_n_038.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para atender as demandas do Instituto Rural de Desenvolvimento Social e Econômico de Goiás – Casa da Abelha).(Valor R$ 15.000,00).</t>
   </si>
   <si>
     <t>3542</t>
   </si>
   <si>
     <t>RENATO RIBEIRO, CLEILTON RESENDE, FERNANDO NOVAIS</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3542/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_039.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3542/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_039.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para atender a demanda com aquisição de 01 veiculo tipo pick-up utilitária para atender às equipes da FUNASA, sendo os valores distribuidos da seguinte forma:_x000D_
 - R$ 60.000,00 provenientes do Vereador Fernando Mendes Novais;_x000D_
 - R$ 30.000,00 provenientes do Vereador Renato Ribeiro da Silva;_x000D_
 - R$ 20.000,00 provenientes do Cleilton Dias de Resende;)</t>
   </si>
   <si>
     <t>3543</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3543/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_040.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3543/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_040.pdf</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências._x000D_
 (A presente dotação servirá especificamente para atender a BRIGADA MIRIM AMBIENTAL ). (Valor R$ 35.000,00).</t>
   </si>
   <si>
     <t>3544</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3544/quirinipolis.go.leg.br_emenda_orcamnetaria_impositiva_n_041.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3544/quirinipolis.go.leg.br_emenda_orcamnetaria_impositiva_n_041.pdf</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências._x000D_
 (A presente dotação servirá especificamente para atender as seguintes demandas:_x000D_
 - R$ 22.000,00 destinados ao custeio das atividades do Centro Espirita Bezerra de Menezes._x000D_
 - R$ 13.323,00 destinados ao custeio das atividades da Fundação Nova Era).</t>
   </si>
   <si>
     <t>3545</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3545/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_042.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3545/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_042.pdf</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências._x000D_
 (A presente dotação servirá especificamente para atender as seguintes demandas:_x000D_
 - R$ 15.000,00 para atender às demandas com o custeio das ações do 5º Batalhão da Polícia Militar Rodoviária._x000D_
 - R$ 15.000,00 para atender às demandas com o custeio da ações da 12º Companhia Independente da Polícia Militar – Quirinópolis).</t>
   </si>
   <si>
     <t>3546</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3546/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_043.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3546/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_043.pdf</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências._x000D_
 (A presente dotação servirá especificamente para atender a ASSOCIAÇÃO DE COMBATE AS DEFORMIDADES FACIAIS - REFACE, destinando recursos para investimentos no Município de Quirinópolis, visando atender crianças, jovens, adolescentes e adultos nas áreas de cirurgia lábio palatino ou outra deformidade crânio facial, recursos para mulheres mutiladas com câncer de mama, para cirurgias de próteses mamárias ou prótese mamária externa e recurso para mulheres que necessitam de prótese capilar em mulheres com alopecia, tumores ou outras doenças capilares, prevenção Exame Oftalmológico para prevenção de Glaucoma e tumores oculares). (Valor R$ 53.823,00). Os recursos serão destinados aos tratamentos, compras de materiais , compras de equipamentos, compra de medicamentos, pagamentos de prestadores de serviços nos atendimentos dos pacientes.</t>
   </si>
   <si>
     <t>3550</t>
   </si>
   <si>
-    <t>ALEX DA FARMÁCIA, GUSTAVO MOURÃO</t>
-[...2 lines deleted...]
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3550/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_044.pdf</t>
+    <t>ALEX DA FARMÁCIA, GUSTAVO MOURÃO (em memória)</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3550/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_044.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para atender a ASSOCIAÇÃO DE COMBATE AS DEFORMIDADES FACIAIS - REFACE, destinando recursos para investimentos no Município de Quirinópolis, visando atender crianças, jovens, adolescentes e adultos nas áreas de cirurgia lábio palatino ou outra deformidade crânio facial, recursos para mulheres mutiladas com câncer de mama, para cirurgias de próteses mamárias ou prótese mamária externa e recurso para mulheres que necessitam de prótese capilar em mulheres com alopecia, tumores ou outras doenças capilares, prevenção Exame Oftalmológico para prevenção de Glaucoma e tumores oculares. (Valor R$ 227.646,00). Os recursos serão destinados aos tratamentos, compras de materiais , compras de equipamentos, compra de medicamentos, pagamentos de prestadores de serviços nos atendimentos dos pacientes.</t>
   </si>
   <si>
     <t>3551</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3551/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_045.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3551/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_045.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para atender às seguintes demandas:_x000D_
 - R$ 113.823,00 destinados pelo Vereador Alex Gomes da Silva para atender a BRIGADA MIRIM AMBIENTAL._x000D_
 - R$ 13.823,00 destinados pelo Vereador Gustavo Mourao Alves para atender ao Centro Espírita Bezerra de Menezes.</t>
   </si>
   <si>
     <t>3552</t>
   </si>
   <si>
     <t>NUBIA THEODORO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3552/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_046.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3552/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_046.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”. _x000D_
 (A presente dotação servirá especificamente para atender a ASSOCIAÇÃO DE COMBATE AS DEFORMIDADES FACIAIS - REFACE, destinando recursos para investimentos no Município de Quirinópolis, visando atender crianças, jovens, adolescentes e adultos nas áreas de cirurgia lábio palatino ou outra deformidade crânio facial, recursos para mulheres mutiladas com câncer de mama, para cirurgias de próteses mamárias ou prótese mamária externa e recurso para mulheres que necessitam de prótese capilar em mulheres com alopecia, tumores ou outras doenças capilares, prevenção Exame Oftalmológico para prevenção de Glaucoma e tumores oculares.) (Valor R$ 50.000,00). Os recursos serão destinados aos tratamentos, compras de materiais , compras de equipamentos, compra de medicamentos, pagamentos de prestadores de serviços nos atendimentos dos pacientes.</t>
   </si>
   <si>
     <t>3553</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3553/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_047.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3553/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_047.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”.  _x000D_
 (A presente dotação servirá especificamente para aquisição de equipamentos e materiais permanentes para a rede básica de saúde, a se definir, conforme a necessidade apurada no momento da execução, com aplicação específica ao atendimento da saúde da mulher). (Valor R$ 63.823,00).</t>
   </si>
   <si>
     <t>3554</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3554/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_048.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3554/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_048.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”.  _x000D_
 (A presente dotação servirá especificamente para atender às seguintes demandas: _x000D_
 - R$ 4.800,00 destinados ao Centro Espírita Bezerra de Menezes, visando a aquisição de 03 aparelhos de Ar condicionado de 9.000 BTU’s._x000D_
 - R$ 50.000,00 destinados a Igreja do Evangelho Quadrangular, visando a construção de uma sala._x000D_
 -  R$ 20.523,00 dstinados a Igreja Última Chamada para as Nações (Associação Beneficente para as Nações) visando o custeio de suas atividade sociais. _x000D_
 - R$ 4.500,00 destinados a Igreja Assembleia de Deus Campos de Palmeiras de Goiás, visando a aquisição de 100 cadeiras.)</t>
   </si>
   <si>
     <t>3555</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3555/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_049.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3555/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_049.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”. _x000D_
 (A presente dotação servirá especificamente aos seguintes Centros Municipais de Educação Infantil: _x000D_
 - Centro Municipal de Educação Infantil Nossa Senhora D’Abadia, no valor de R$ 10.000,00, visando a aquisição de aparelhos de televisao de 43”._x000D_
 - Centro Municipal de Educação Infantil Marconzinho, no valor de R$ 14.000,00, visando a aquisição de brinquedos para a Unidade. _x000D_
 - Centro Municipal de Educação Infantil Hetiel Claudino, no valor de R$ 10.000,00, visando a aquisição de materiais permanentes necessários à Unidade.)</t>
   </si>
   <si>
     <t>3556</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3556/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_050.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3556/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_050.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para atender a ASSOCIAÇÃO DE COMBATE AS DEFORMIDADES FACIAIS - REFACE, destinando recursos para investimentos no Município de Quirinópolis, visando atender crianças, jovens, adolescentes e adultos nas áreas de cirurgia lábio palatino ou outra deformidade crânio facial, recursos para mulheres mutiladas com câncer de mama, para cirurgias de próteses mamárias ou prótese mamária externa e recurso para mulheres que necessitam de prótese capilar em mulheres com alopecia, tumores ou outras doenças capilares, prevenção Exame Oftalmológico para prevenção de Glaucoma e tumores oculares. (Valor R$ 113.823,00). Os recursos serão destinados aos tratamentos, compras de materiais , compras de equipamentos, compra de medicamentos, pagamentos de prestadores de serviços nos atendimentos dos pacientes.</t>
   </si>
   <si>
     <t>3557</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>PAULINHO DA USINA</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3557/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_051.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3557/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_051.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para destinação a Secretaria de Saúde de Quirinópolis, onde deverá ser aplicado no custeio exames de media e alta complexidade, como ressonância,ultrasonografia e tomografia.) (Valor R$ 113.823,00).</t>
   </si>
   <si>
     <t>3558</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3558/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_052.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3558/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_052.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para atender às seguintes demandas: _x000D_
 - R$ 20.000,00 destinados para o custeio das atividades da AMMO – Associação das Mocinhas de Ontem. _x000D_
 - R$ 23.823,00 destinados para o custeio das atividades do CENTRO DE EDUCAÇÃO ESPECIAL ALFREDO MARIZ DA COSTA</t>
   </si>
   <si>
     <t>3559</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3559/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_053.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3559/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_053.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para atender às demandas do Castramóvel alocado no Abrigo Municipal de Animais Domésticos.) ( R$ 50.000,00)</t>
   </si>
   <si>
     <t>3560</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3560/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_054.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3560/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_054.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para contribuição a 12º Companhia Independente da Polícia Militar – Quirinópolis, visando custeio para implantação da Patrulha Maria da Penha e melhorias no alojamento feminino.) (Valor R$ 39.823,00)</t>
   </si>
   <si>
     <t>3561</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3561/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_055.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3561/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_055.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para atender às demandas de custeio pela Secretaria de Saúde para atendimento de pacientes com Transtorno do Espectro Autista, objetivando desensolver ações com terapia ocupacional, atendimento em psicologia com ABA, neuro pediatria e fonoaudiológo.)(Valor R$ 113.823,00)</t>
   </si>
   <si>
     <t>3565</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>MARQUINHO DA CASA DE APOIO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3565/quirinopolis.go.leg.br_emenda_orcamentaria_impositivia_n_056.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3565/quirinopolis.go.leg.br_emenda_orcamentaria_impositivia_n_056.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para atender as demandas da Associação Luz do Cerrado Arte e Cultura (Orquestra Raízes de Quirinópolis Zé Henrique da Viola) no desenvolvimento de suas ações culturais em nosso Município.)(Valor R$ 5.000,00)</t>
   </si>
   <si>
     <t>3563</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>MARQUINHO DA CASA DE APOIO, WELINGTON FAUSTINO (Veredor afastado)</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3563/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_057.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3563/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_057.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para atender às demandas do 5º Batalhão da Polícia Militar Rodoviária visando a aquisição de poltronas para o Auditório da Unidade, sendo assim distribuido:_x000D_
 R$ 14.000,00 provenientes do Vereador Wellington Faustino Fernandes da Silva;_x000D_
 R$ 14.000,00 provenientes do Vereador Marcos Túlio Barroso;)</t>
   </si>
   <si>
     <t>3564</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3564/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_058.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3564/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_058.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para contribuição direcionada 15º Companhia Independente Bombeiro Militar – Quirinópolis, para desenvolvimento das atividades da Unidade, sendo os valores destinados da seguinte forma:_x000D_
 - R$ 30.000,00 provenientes do Vereador Wellington Faustino Fernandes da Silva visando o custeio para aquisição de equipamentos que forem necessários a critério da Corporação. _x000D_
 - R$ 40.000,00 provenientes do Vereador Gustavo Mourão Alves visando o custeio para aquisição de equipamentos que forem necessários a critério da Corporação. _x000D_
 - R$ 10.000,00 provenientes do Vereador Romisdete Pereira Neves visando o custeio para aquisição de equipamentos que forem necessários a critério da Corporação. _x000D_
 - R$ 10.000,00 provenientes do Vereador Cleilton Dias de Resende visando o custeio para aquisição de capacetes e demais equipamentos que forem necessários</t>
   </si>
   <si>
     <t>3566</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3566/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_059.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3566/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_059.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para atender às demandas com o custeio das ações da 12º Companhia Independente da Polícia Militar – Quirinópolis.)(Valor R$ 10.000,00)</t>
   </si>
   <si>
     <t>3567</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3567/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_060.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3567/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_060.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para atender a ASSOCIAÇÃO DE COMBATE AS DEFORMIDADES FACIAIS - REFACE, destinando recursos para investimentos no Município de Quirinópolis, visando atender crianças, jovens, adolescentes e adultos nas áreas de cirurgia lábio palatino ou outra deformidade crânio facial, recursos para mulheres mutiladas com câncer de mama, para cirurgias de próteses mamárias ou prótese mamária externa e recurso para mulheres que necessitam de prótese capilar em mulheres com alopecia, tumores ou outras doenças capilares, prevenção Exame Oftalmológico para prevenção de Glaucoma e tumores oculares._x000D_
 Os recursos serão destinados aos tratamentos, compras de materiais, compras de equipamentos, compra de medicamentos, pagamentos de prestadores de serviços nos atendimentos dos pacientes.)(Valor R$ 50.000,00)</t>
   </si>
   <si>
     <t>3568</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3568/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_061.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3568/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_061.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para atender às demandas de custeio com materiais necessários ao Mercado Municipal Dona Petronilha, visando trazer mais conforto aos servidores e usuários.)(Valor R$ 14.000,00)</t>
   </si>
   <si>
     <t>3569</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3569/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_062.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3569/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_062.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação é destinada a atender as despesas necessárias visando a aquisição de materiais e equipamentos para atender o Hospital Municipal Antônio Martins da Costa.)(Valor R$ 113.823,00)</t>
   </si>
   <si>
     <t>3570</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3570/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_063.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3570/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_063.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 026/2023 e contém outras providências”._x000D_
 (A presente dotação servirá especificamente para destinação à Escola Municipal Rural Custódio Antônio Cabral, na Região do Salgado, visando a aquisição de materiais e equipamentos para desenvolvimento das atividades da Unidade Escolar.)(Valor R$ 20.000,00)</t>
   </si>
   <si>
     <t>3150</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Poder Executivo - PE</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3150/mensagem_de_veto_01.20231.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3150/mensagem_de_veto_01.20231.pdf</t>
   </si>
   <si>
     <t>MENSAGEM DE VETO Nº 001_x000D_
 Veto total ao Autógrafo de Lei de Iniciativa do Poder Legislativo nº 119/2023, que “Dispõe sobre a concessão de cartão alimentação/vale alimentação aos motoristas servidores do Município de Quirinópolis” encaminhado a este Poder Executivo.</t>
   </si>
   <si>
     <t>3273</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3273/quirinopolis.go.leg.br_veto_002.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3273/quirinopolis.go.leg.br_veto_002.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL AO AUTÓGRAFO DE LEI COMPLEMENTAR DE INICIATIVA DO LEGISLATIVO Nº 060/2023. (Dispõe sobre alteração da Lei Complementar Municipal nº 005 (Propiciar maior celeridade na confecção do alvará de licença de funcionamento anual)).</t>
   </si>
   <si>
     <t>3280</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3280/quirinopolis.go.leg.br_veto_003.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3280/quirinopolis.go.leg.br_veto_003.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI DE INICIATIVA DO PODER LEGISLATIVO, AUTÓGRAFO 137/2023. (Dispõe sobre a proibição de instalação de áreas de acesso restrito ao público em geral (camarotes).</t>
   </si>
   <si>
     <t>3229</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3229/quirinopolis.go.leg.br_projeto_de_decreto_001.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3229/quirinopolis.go.leg.br_projeto_de_decreto_001.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadã Quirinopolitana à Senhora Magda Mofatto Hon e contém outras Providências</t>
   </si>
   <si>
     <t>3296</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3296/quirinopolis.go.leg.br_projeto_de_decreto_002.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3296/quirinopolis.go.leg.br_projeto_de_decreto_002.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorófico de Cidadão Quirinopolino ao Senhor Gilberto Bernal Resende e contém outras Providências</t>
   </si>
   <si>
     <t>3365</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3365/quirinopolis.go.leg.br_projeto_de_decreto_legislativo_no_003_titulo_cidadao_mota.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3365/quirinopolis.go.leg.br_projeto_de_decreto_legislativo_no_003_titulo_cidadao_mota.pdf</t>
   </si>
   <si>
     <t>“Concede Título Honorífico de Cidadão Quirinopolino ao Sr. Geroncio Mota Carneiro, e dá outras providências.”</t>
   </si>
   <si>
     <t>3393</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3393/quirinopolis.go.leg.br_-_projeto_de_decreto_legislativo_no_004_dr_jorge.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3393/quirinopolis.go.leg.br_-_projeto_de_decreto_legislativo_no_004_dr_jorge.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão Quirinopolitano ao Senhor Jorge Augusto Nunes Rodrigues Alves e contém outras Providências.</t>
   </si>
   <si>
     <t>3408</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3408/quirinopolis.go.leg.br_projeto_de_decreto_legislativo_005_titulo_honorifico_jose_diniz_.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3408/quirinopolis.go.leg.br_projeto_de_decreto_legislativo_005_titulo_honorifico_jose_diniz_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de cidadão honorário ao Senhor José Diniz (vulgo Zeca).</t>
   </si>
   <si>
     <t>3505</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3505/quirinopolis.goleg.br_projeto_de_decreto_legislativo__n_006.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3505/quirinopolis.goleg.br_projeto_de_decreto_legislativo__n_006.pdf</t>
   </si>
   <si>
     <t>“CONCEDE TÍTULO HONORÍFICO DE CIDADÃ QUIRINOPOLINA A SRA. VERA LÚCIA CARLOS ZALTRAN, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>3044</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3044/projeto_de_resolucao_no_001_a.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3044/projeto_de_resolucao_no_001_a.pdf</t>
   </si>
   <si>
     <t>"Aprova Balanço Geral do Exercício de 2019, do Município de Quirinópolis, e contém outras providências".</t>
   </si>
   <si>
     <t>3045</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3045/quirinopolis.go.leg.br_projeto_de_resolicao_002.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3045/quirinopolis.go.leg.br_projeto_de_resolicao_002.pdf</t>
   </si>
   <si>
     <t>Formaliza Comissões Permanentes. (2023)</t>
   </si>
   <si>
     <t>3085</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3085/projeto_de_resolucao_no_003.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3085/projeto_de_resolucao_no_003.pdf</t>
   </si>
   <si>
     <t>“Formaliza Comissões Permanentes e contém outras providências”.</t>
   </si>
   <si>
     <t>3098</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3098/quirinopolis.go.leg.br_projeto_de_resolucao_no_004.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3098/quirinopolis.go.leg.br_projeto_de_resolucao_no_004.pdf</t>
   </si>
   <si>
     <t>Autoriza firmar convênio e contém outras providências.</t>
   </si>
   <si>
     <t>3337</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3337/quirinopolis.go.leg.br_prjeto_de_resolucao_05-2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3337/quirinopolis.go.leg.br_prjeto_de_resolucao_05-2023.pdf</t>
   </si>
   <si>
     <t>Formaliza Comissão Parlamentar de Inquérito e contém outras providências.</t>
   </si>
   <si>
     <t>3439</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3439/quirinopolis.go.leg.br_projeto_de_resolucao_n_06_comissao_de_inquerito.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3439/quirinopolis.go.leg.br_projeto_de_resolucao_n_06_comissao_de_inquerito.pdf</t>
   </si>
   <si>
     <t>Cria Comissão Especial de Inquérito para investigar indícios de desvio de finalidade dos recursos oriundos do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação (Fundeb), no âmbito do Município de Quirinópolis entre os anos de 2021 a 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>3035</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3035/quirinopolis.go.leg.br_projeto_de_lei_001.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3035/quirinopolis.go.leg.br_projeto_de_lei_001.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇAO DE UM PROGRAMA DE INCENTIVO A IMPLANTAÇÃO DE HORTAS COMUNITARIAS E DE COMPOSTAGEM NO MUNICIPIO DE QUIRINOPOLIS.</t>
   </si>
   <si>
     <t>3036</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3036/quirinopolis.go.leg.br_projeto_de_lei_002.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3036/quirinopolis.go.leg.br_projeto_de_lei_002.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública Municipal o Centro Espiríta Bezerra de Menezes, e contém outras providências.</t>
   </si>
   <si>
     <t>3037</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3037/quirinopolis.go.leg.br_projeto_de_lei_003_1.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3037/quirinopolis.go.leg.br_projeto_de_lei_003_1.pdf</t>
   </si>
   <si>
     <t>RECONHECE DE UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO DE MÚSICA AMIGOS PARA SEMPRE, E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3038</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3038/quirinopolis.go.leg.br_projeto_de_lei_004_a.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3038/quirinopolis.go.leg.br_projeto_de_lei_004_a.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRIORIDADE DA MULHER VÍTIMA DE VIOLÊNCIA DOMÉSTICA E FAMILIAR NA AQUISIÇÃO DE IMÓVEIS CONSTRUÍDOS PELOS PROGRAMAS HABITACIONAIS NO MUNICÍPIO DE QUIRINÓPOLIS.</t>
   </si>
   <si>
     <t>3039</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3039/quirinopolis.go.leg.br_projeto_de_lei_005.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3039/quirinopolis.go.leg.br_projeto_de_lei_005.pdf</t>
   </si>
   <si>
     <t>“Declara Entidade de Utilidade Pública e contém outras providências”. (Centro Espírita Mensageiros da Luz – Dr. Stephany Helkman)</t>
   </si>
   <si>
     <t>3040</t>
   </si>
   <si>
     <t>TOCOZINHO (AFASTADO POR DECISÃO JUDICIAL)</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3040/quirinopolis.go.leg.br_projeto_de_lei_006.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3040/quirinopolis.go.leg.br_projeto_de_lei_006.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CONCESSÃO DE CARTÃO ALIMENTAÇÃO/VALE ALIMENTAÇÃO AOS MOTORISTAS SERVIDORES DO MUNICIPIO DE QUIRINÓPOLIS”.</t>
   </si>
   <si>
     <t>3041</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3041/quirinopolis.go.leg.br_projeto_de_lei_007_a.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3041/quirinopolis.go.leg.br_projeto_de_lei_007_a.pdf</t>
   </si>
   <si>
     <t>INSTITUI MULTA ADMINISTRATIVA AO AGRESSOR DAS VÍTIMAS DE VIOLÊNCIA DOMÉSTICA E FAMILIAR.</t>
   </si>
   <si>
     <t>3042</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3042/quirinopolis.go.leg.br_projeto_de_lei_008.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3042/quirinopolis.go.leg.br_projeto_de_lei_008.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE PREVENÇÃO E TRATAMENTO DA DOENÇA DE ENDOMETRIOSE.</t>
   </si>
   <si>
     <t>3043</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3043/quirinopolis.go.leg.br_projeto_de_lei_009_a.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3043/quirinopolis.go.leg.br_projeto_de_lei_009_a.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE MEDIDAS DE SEGURANÇA A SEREM ADOTADAS POR ADMINISTRADORES DE BARES, RESTAURANTES, CASAS DE SHOWS E ESTABELECIMENTOS SIMILARES, VISANDO A PROTEÇÃO DAS MULHERES QUE SE SINTAM EM SITUAÇÃO DE RISCO.</t>
   </si>
   <si>
     <t>3086</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3086/quirinopolis.go.leg.br_projeto_de_lei_010_.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3086/quirinopolis.go.leg.br_projeto_de_lei_010_.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública Municipal a Associação Desportiva União Quirinópolis, e contém outras providências.</t>
   </si>
   <si>
     <t>3087</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3087/quirinopolis.go.leg.br_projeto_de_lei_011.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3087/quirinopolis.go.leg.br_projeto_de_lei_011.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DO CADASTRO MUNICIPAL DAS ASSOCIAÇÕES DE MORADORES DE BAIRROS DO MUNICÍPIO DE QUIRINÓPOLIS, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>3097</t>
   </si>
   <si>
     <t>ALEX DA FARMÁCIA</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3097/quirinopolis.go.leg.br_projeto_de_lei_012.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3097/quirinopolis.go.leg.br_projeto_de_lei_012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de instalação de áreas de acesso restrito ao público em geral (camarotes) em eventos públicos e dá outras providências.</t>
   </si>
   <si>
     <t>3135</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3135/quirinopolis.go.leg.br_projeto_de_lei_013_a.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3135/quirinopolis.go.leg.br_projeto_de_lei_013_a.pdf</t>
   </si>
   <si>
     <t>Instituir no Calendário Oficial de Eventos do Município de Quirinópolis, o “Dia do Cooperativismo”, e dá outras providências. (Último sábado de maio de_x000D_
 cada ano).</t>
   </si>
   <si>
     <t>3136</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3136/qurinopolis.go.leg.br_projeto_de_lei_014.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3136/qurinopolis.go.leg.br_projeto_de_lei_014.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE PRAÇA PÚBLICA LOCALIZADA NO BAIRRO TÔNICO BENTO EM QUIRINÓPOLIS, ESTADO DE GOIÁS</t>
   </si>
   <si>
     <t>3137</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3137/quirinopolis.go.leg.br_projeto_de_lei_015_d.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3137/quirinopolis.go.leg.br_projeto_de_lei_015_d.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de portal detector de metal em escolas municipais de Ensino Fundamental e Médio na cidade de Quirinópolis-GO.</t>
   </si>
   <si>
     <t>3138</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3138/quirinopolis.go.leg.br_projeto_de_lei_016.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3138/quirinopolis.go.leg.br_projeto_de_lei_016.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da divulgação da listagem de medicamentos disponíveis de forma impressa e em local visível, destinados exclusivamente à distribuição na farmácia municipal e outras unidades de saúde e dá outras providências.</t>
   </si>
   <si>
     <t>3139</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3139/quirinopolis.go.leg.br_projeto_de_lei_017.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3139/quirinopolis.go.leg.br_projeto_de_lei_017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE PRÉDIO PÚBLICO EM QUIRINÓPOLIS, ESTADO DE GOIÁS. (“CIS – CENTRO INTEGRADO DE SAÚDE IANN LUCAS ALVES GARCIA”)</t>
   </si>
   <si>
     <t>3140</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3140/quirinopolis.go.leg.br_projeto_de_lei_018.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3140/quirinopolis.go.leg.br_projeto_de_lei_018.pdf</t>
   </si>
   <si>
     <t>“CRIA NO ÂMBITO DO MUNICÍPIO DE QUIRINÓPOLIS O PROGRAMA RUA DO CICLISMO E CONTÉM OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>3142</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3142/quirinopolis.go.leg.br_projeto_de_lei_019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3142/quirinopolis.go.leg.br_projeto_de_lei_019.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública Municipal a Comunidade Terapêutica Hadassa Fé Menina</t>
   </si>
   <si>
     <t>3147</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3147/quirinopolis.go.leg.br_projeto_de_lei_020.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3147/quirinopolis.go.leg.br_projeto_de_lei_020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE PRAÇA PÚBLICA LOCALIZADA NO PARQUE FLAMBOYANT EM QUIRINÓPOLIS, ESTADO DE GOIÁS. (Praça “PAULO VICENTE FARIA "PAULINHO SOM”,)</t>
   </si>
   <si>
     <t>3177</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3177/quirinopolis.go.leg.br_projeto_de_lei_021.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3177/quirinopolis.go.leg.br_projeto_de_lei_021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DO CENTRO DE DISTRIBUIÇÃO MUNICIPAL DE QUIRINÓPOLIS, ESTADO DE GOIÁS. (“CENTRO DE DISTRIBUIÇÃO ADEMAR FERREIRA ASSUNÇÃO).</t>
   </si>
   <si>
     <t>3195</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3195/quirinopolis.go.leg.br_projeto_de_lei_022_a.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3195/quirinopolis.go.leg.br_projeto_de_lei_022_a.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 33 da Lei nº 3.431, de 24 de Março de 2022 e contém outras providências.</t>
   </si>
   <si>
     <t>3217</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3217/quirinopolis.go.leg.br_projeto_de_lei_023-2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3217/quirinopolis.go.leg.br_projeto_de_lei_023-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da instalação de câmeras de segurança e portões eletrônicos nas escolas municipais, creches, faculdades e escolas particulares.</t>
   </si>
   <si>
     <t>3218</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3218/quirinopolis.go.leg.br_projeto_de_lei_024.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3218/quirinopolis.go.leg.br_projeto_de_lei_024.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO CULTURAL IMATERIAL A BANDA MUNICIPAL 22 DE JANEIRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3219</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3219/quirinopolis.go.leg.br_projeto_de_lei_025.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3219/quirinopolis.go.leg.br_projeto_de_lei_025.pdf</t>
   </si>
   <si>
     <t>DENOMINA A SEDE DA BANDA MUNICIPAL 22 DE JANEIRO COMO “SEDE DA BANDA MUNICIPAL 22 DE JANEIRO - MANOEL FRANCISCO NETO” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3228</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3228/quirinopolis.go.leg.br_projeto_de_lei_026.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3228/quirinopolis.go.leg.br_projeto_de_lei_026.pdf</t>
   </si>
   <si>
     <t>“FAZ TOMBAMENTO E CONSIDERA PATRIMÔNIO HISTÓRICO O PALÁCIO DA CULTURA SODINO VIEIRA DE CARVALHO.”</t>
   </si>
   <si>
     <t>3237</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3237/quirinopolis.go.leg.br_projeto_de_lei_027.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3237/quirinopolis.go.leg.br_projeto_de_lei_027.pdf</t>
   </si>
   <si>
     <t>Denominação 	de logradouro Público, dar o nome de GUILHERMINA MENDES DOS SANTOS OLIVEIRA, em logradouro e contém providencias</t>
   </si>
   <si>
     <t>3245</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3245/quirinopolis.go.leg.br_projeto_de_lei_028.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3245/quirinopolis.go.leg.br_projeto_de_lei_028.pdf</t>
   </si>
   <si>
     <t>“DENOMINA A SEDE DA SECRETARIA DE URBANISMOS VEREADOR CELIO   ROSA  DO  PRADO, FICA LOCALIZADA NA VIA LEOCARDIO DE SOUZA REIS KM  01  NO  JARDIM  PRIMAVERA”.</t>
   </si>
   <si>
     <t>3246</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3246/quirinopolis.go.leg.br_projeto_de_lei_029_a.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3246/quirinopolis.go.leg.br_projeto_de_lei_029_a.pdf</t>
   </si>
   <si>
     <t>DENOMINA A PRAÇA DOS IMIGRANTES-GERALDO FERREIRA DE MEDEIROS (FERREIRINHA) LOCALIZADA NA RUA FELICIANO MARTINS CORREA ESQUINA COM AVENIDA DOM PEDRO S/N, CENTRO.</t>
   </si>
   <si>
     <t>3251</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3251/quirinopolis.go.leg.br_projeto_de_lei_030.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3251/quirinopolis.go.leg.br_projeto_de_lei_030.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a oficialização da planta Ruehssia quirinopolensis I. L. Morais &amp; F. Esp. Santo como símbolo da cidade de Quirinópolis/GO.</t>
   </si>
   <si>
     <t>3257</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3257/quirinopolis.go.leg.br_projeto_de_lei_031.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3257/quirinopolis.go.leg.br_projeto_de_lei_031.pdf</t>
   </si>
   <si>
     <t>Regulamenta o Art. 130 da Lei Orgânica Municipal (LOM) nº 1.717, de 05 de abril de 1990 e autoriza o Poder Executivo a conceder o direito real de uso de bem público municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>3268</t>
   </si>
   <si>
-    <t>GUSTAVO MOURÃO</t>
-[...2 lines deleted...]
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3268/quirinopolis.go.leg.br_projeto_de_lei_032.pdf</t>
+    <t>GUSTAVO MOURÃO (em memória)</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3268/quirinopolis.go.leg.br_projeto_de_lei_032.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE DENOMINAR DE LOGRADOURO PÚBLICO NA ÁREA DA SAÚDE, DAR O NOME DE MARIA DE LOURDES CÂNDIDO PEREIRA.”</t>
   </si>
   <si>
     <t>3282</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3282/quirinopolis.go.leg.br_projeto_de_lei_033.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3282/quirinopolis.go.leg.br_projeto_de_lei_033.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DO CENTRO DE APOIO CÉU AZUL.” (Fica instituído CENTRO DE APOIO CÉU AZUL, onde estava localizado o prédio do CREDEC.)</t>
   </si>
   <si>
     <t>3283</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3283/quirinopolis.go.leg.br_projeto_de_lei_034.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3283/quirinopolis.go.leg.br_projeto_de_lei_034.pdf</t>
   </si>
   <si>
     <t>INSTITUI O “DIA MUNICIPAL DA ETNIA CIGANA” NO ÂMBITO DO MUNICÍPIO DE QUIRINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS. (“DIA MUNICIPAL DA ETNIA CIGANA”, a ser comemorado no dia 24 de maio de cada ano).</t>
   </si>
   <si>
     <t>3288</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3288/quirinopolis.go.leg.br_-_projeto_de_lei_035.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3288/quirinopolis.go.leg.br_-_projeto_de_lei_035.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PUBLICIDADE DE INFORMAÇÕES RELACIONADAS ÀS EMENDAS PARLAMENTARES, QUE DESTINAM RECURSOS AO MUNICÍPIO DE QUIRINÓPOLIS.</t>
   </si>
   <si>
     <t>3289</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3289/quirinopolis.go.leg.br_projeto_de_lei_036.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3289/quirinopolis.go.leg.br_projeto_de_lei_036.pdf</t>
   </si>
   <si>
     <t>CRIA PROGRAMAS SOCIAIS PARA ATENDIMENTO DA POPULAÇÃO CARENTE DO MUNICÍPIO DE QUIRINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3290</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3290/quirinopolis.go.leg.br_projeto_de_lei_037.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3290/quirinopolis.go.leg.br_projeto_de_lei_037.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CRIAR O PROGRAMA "CESTA BÁSICA DO IDOSO NO MUNICÍPIO DE QUIRINÓPOLIS”.</t>
   </si>
   <si>
     <t>3298</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3298/quirinopolis.go.leg.br_projeto_de_lei_038.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3298/quirinopolis.go.leg.br_projeto_de_lei_038.pdf</t>
   </si>
   <si>
     <t>RECONHECE DE UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO DOS PRODUTORES DE LEITE DE QUIRINÓPOLIS E REGIÃO- APROLEIQUIR.</t>
   </si>
   <si>
     <t>3299</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3299/quirinopolis.go.leg.br_projeto_de_lei_039.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3299/quirinopolis.go.leg.br_projeto_de_lei_039.pdf</t>
   </si>
   <si>
     <t>RECONHECE DE UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO DOS MIGRANTES NORDESTINOS DE QUIRINÓPOLIS - “AMINQUI”</t>
   </si>
   <si>
     <t>3342</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3342/quirinopolis.go.leg.br_projeto_de_lei_do_legislativo_040.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3342/quirinopolis.go.leg.br_projeto_de_lei_do_legislativo_040.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública Municipal a Cooperativa de Ensino de Quirinópolis LTDA - CEQ, e contém outras providências”.</t>
   </si>
   <si>
     <t>3349</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3349/quirinopolis.go.leg.br_projeto_de_lei_do_legislativo_no_041.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3349/quirinopolis.go.leg.br_projeto_de_lei_do_legislativo_no_041.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública Municipal Associação Comercial e Industrial de Quirinópolis - ACIQ.</t>
   </si>
   <si>
     <t>3357</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3357/quirinopolis.go.leg.br_projeto_de_lei_-_advocacia_jovem.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3357/quirinopolis.go.leg.br_projeto_de_lei_-_advocacia_jovem.pdf</t>
   </si>
   <si>
     <t>Reconhece o Dia Municipal da Advocacia Jovem em 25 de outubro e dá outras providências.</t>
   </si>
   <si>
     <t>3385</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3385/quirinopolis.go.leg.br_projeto_de_lei_n_043.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3385/quirinopolis.go.leg.br_projeto_de_lei_n_043.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão de medidas de conscientização, prevenção e combate a intimidação sistemática (bullying) escolar no projeto pedagógico elaborado pelas escolas públicas de educação básica do Município Quirinópolis.</t>
   </si>
   <si>
     <t>3392</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3392/quirinopolis.go.leg.br_projeto_de_lei_044.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3392/quirinopolis.go.leg.br_projeto_de_lei_044.pdf</t>
   </si>
   <si>
     <t>“Faz	desafetação,	autoriza	doação	e	contém outras providências”. (Fica autorizado a doar área total de 565,80m2 - Praça São Sebastião, situada na Avenida José Quintiliano Leão à Cooperativa de ensino C.E.Q).</t>
   </si>
   <si>
     <t>3430</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3430/quirinopolis.go.leg.br_projeto_de_lei_045_dia_do_beach_tenis.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3430/quirinopolis.go.leg.br_projeto_de_lei_045_dia_do_beach_tenis.pdf</t>
   </si>
   <si>
     <t>RECONHECE NO MUNICÍPIO DE QUIRINÓPOLIS, NO DIA 09 DE MAIO, COMO O DIA DO BEACH TENNIS.</t>
   </si>
   <si>
     <t>3460</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3460/quirinopolis.go.leg.br_projeto_de_lei_n_046.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3460/quirinopolis.go.leg.br_projeto_de_lei_n_046.pdf</t>
   </si>
   <si>
     <t>"Cria o Plano Municipal de Revisão periódica de Gastos."</t>
   </si>
   <si>
     <t>3471</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3471/quirinopolis.go.leg.br_projeto_de_lei_n_047.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3471/quirinopolis.go.leg.br_projeto_de_lei_n_047.pdf</t>
   </si>
   <si>
     <t>“Criar o Cadastro Único das Pessoas com Transtorno do Espectro Autista (TEA) no Município de Quirinópolis.”</t>
   </si>
   <si>
     <t>3515</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3515/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_legislativo_no_048.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3515/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_legislativo_no_048.pdf</t>
   </si>
   <si>
     <t>“Determina a disponibilização de sinal de internet sem fio (Wi-Fi) em repartições da administração pública municipal direta, para proporcionar acesso universal e gratuito à população, e dá outras providências. “</t>
   </si>
   <si>
     <t>3516</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3516/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_legislativo_n_049.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3516/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_legislativo_n_049.pdf</t>
   </si>
   <si>
     <t>“Fica instituído o Selo Empresa Amiga do Meio Ambiente, a ser concedido a pessoas jurídicas, tais como empresas, entidades, instituições e órgãos públicos, que reconhecidamente realizem ações continuadas em prol da proteção e da defesa do Meio Ambiente. “</t>
   </si>
   <si>
     <t>3535</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3535/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_n_050.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3535/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_n_050.pdf</t>
   </si>
   <si>
     <t>DENOMINA VIVEIRO MUNICIPAL, GERALDO D' APARECIDA CABRAL O VIVEIRO MUNICIPAL EM QUIRINÓPOLIS.</t>
   </si>
   <si>
     <t>3548</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3548/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_n_051.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3548/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_n_051.pdf</t>
   </si>
   <si>
     <t>“RECONHECE DE UTILIDADE PÚBLICA MUNICIPAL A “ASSOCIAÇÃO DOS PERMISSIONÁRIOS DO MERCADO MUNICIPAL”, APMM.</t>
   </si>
   <si>
     <t>3578</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3578/quirinopolis.go.leg.br_projeto_de_lei_n_052.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3578/quirinopolis.go.leg.br_projeto_de_lei_n_052.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DO CENTRO DE APOIO CÉU AZUL.”</t>
   </si>
   <si>
     <t>3064</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3064/quirinopolis.go.leg.br_projeto_de_lei_complementar_001.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3064/quirinopolis.go.leg.br_projeto_de_lei_complementar_001.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre alteração da Lei Complementar Municipal nº 005 de 28 de setembro de 2005 e dá outras providências”. (Propiciar maior celeridade na confecção do alvará de licença de funcionamento anual).</t>
   </si>
   <si>
     <t>3088</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3088/quirinopolis.go.leg.br_projeto_de_lei_complementar_002.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3088/quirinopolis.go.leg.br_projeto_de_lei_complementar_002.pdf</t>
   </si>
   <si>
     <t>Tomba, para fins de preservação do Jardim Botânico da UEG campus Quirinópolis e dá outras providências</t>
   </si>
   <si>
     <t>3154</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3154/quirinopolis.go.leg.br_projeto_de_lei_complementar_003.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3154/quirinopolis.go.leg.br_projeto_de_lei_complementar_003.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre alteração da Lei Complementar Municipal nº 005 de 28 de setembro de 2005 e dá outras providências”.</t>
   </si>
   <si>
     <t>3167</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3167/quirinopolis.go.leg.br_projeto_de_lei_complementar_004.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3167/quirinopolis.go.leg.br_projeto_de_lei_complementar_004.pdf</t>
   </si>
   <si>
     <t>“Acrescenta os itens 7.01, 7.02, e 9 no inciso I do art. 110 da Lei Complementar Municipal nº 005 de 28 de setembro de 2005, que trata das alíquotas de Imposto de serviços de qualquer natureza (ISSQN)”.</t>
   </si>
   <si>
     <t>3176</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3176/quirinopolis.go.leg.br_projeto_de_lei_complementar_005.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3176/quirinopolis.go.leg.br_projeto_de_lei_complementar_005.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR MUNICIPAL Nº 005 DE 28 DE SETEMBRO DE 2005 E DÁ OUTRAS PROVIDÊNCIAS. (Visando incentivar  plantar uma árvore em frente a propriedade).</t>
   </si>
   <si>
     <t>3419</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3419/quirinopolis.go.leg.br_projeto_de_lei_complementar_n_006_itbi.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3419/quirinopolis.go.leg.br_projeto_de_lei_complementar_n_006_itbi.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre alteração da Lei Complementar Municipal nº 005 de 28 de setembro de 2005 e dá outras providências”. (Calculo ITBI)</t>
   </si>
   <si>
     <t>3511</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3511/quirinopolis.go.leg.br_projeto_de_lei_complementar_n_007.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3511/quirinopolis.go.leg.br_projeto_de_lei_complementar_n_007.pdf</t>
   </si>
   <si>
     <t>Acrescenta os artigos 33-A, 33-B, 33-C, 33-D, 33-E, 33-F, 33-G e 33-H na Lei Complementar 006, de 13 de outubro de 2005. (Concessão de aposentadoria pelo RPPS ao segurado com deficiência).</t>
   </si>
   <si>
     <t>3527</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3527/quirinopolis.go.leg.br_projeto_de_lei_complementar_n_08.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3527/quirinopolis.go.leg.br_projeto_de_lei_complementar_n_08.pdf</t>
   </si>
   <si>
     <t>“Altera a redação do artigo 137, §4º, da Lei Complementar nº 049 de 13 de março de 2018, e dá outras providências.” (horário especial ao servidor que tenha filho ou dependente com deficiência).</t>
   </si>
   <si>
     <t>3060</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3060/quirinopolis.go.leg.br_projeto_de_lei_001.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3060/quirinopolis.go.leg.br_projeto_de_lei_001.pdf</t>
   </si>
   <si>
     <t>“Institui o Programa de Recuperação Fiscal do Município de Quirinópolis – REFIS, nas condições determinadas e dá outras providências”.</t>
   </si>
   <si>
     <t>3061</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3061/qurinopolis.go.leg.br_projeto_de_lei_002.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3061/qurinopolis.go.leg.br_projeto_de_lei_002.pdf</t>
   </si>
   <si>
     <t>“Revoga a Lei nº 3.466 de 03 de outubro de 2022 e dá outras providências”.</t>
   </si>
   <si>
     <t>3062</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3062/quirinopolis.go.leg.br_projeto_de_lei_003.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3062/quirinopolis.go.leg.br_projeto_de_lei_003.pdf</t>
   </si>
   <si>
     <t>“Regulamenta o Art. 130 da Lei Orgânica Municipal (LOM) nº 1.717, de 05 de abril de 1990 e autoriza o Poder Executivo a conceder o direito real de uso de bem público municipal, e dá outras providências”.</t>
   </si>
   <si>
     <t>3063</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3063/pl_04_-_credito_fundo_municipal_de_direitos_da_pessoa_idosa20230208_075623801.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3063/pl_04_-_credito_fundo_municipal_de_direitos_da_pessoa_idosa20230208_075623801.pdf</t>
   </si>
   <si>
     <t>“Altera as Leis nº 3.423/2021, de 17 de dezembro de 2021 e alterações – Plano Plurianual – PPA para o quadriênio 2022/2025, Lei nº 3.464/2022 de 04 de julho de 2022 e alteração – Lei de Diretrizes Orçamentária – LDO para 2023, Lei nº 3.487 de 15 de dezembro de 2022, Lei Orçamentária Anual – LOA para 2023, e dá outras providências”.</t>
   </si>
   <si>
     <t>3103</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3103/projeto_de_lei_n_005.2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3103/projeto_de_lei_n_005.2023.pdf</t>
   </si>
   <si>
     <t>“Altera Tabela de Vencimentos dos Agentes Comunitários de Saúde, dos Agentes de Combate as Endemias, e dá outras providências”.</t>
   </si>
   <si>
     <t>3104</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3104/projeto_de_lei_n_006.2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3104/projeto_de_lei_n_006.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a CAIXA ECONÔMICA FEDERAL e dá outras providências.</t>
   </si>
   <si>
     <t>3105</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3105/projeto_de_lei_n_007.2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3105/projeto_de_lei_n_007.2023.pdf</t>
   </si>
   <si>
     <t>"Estabelece a Estrutura e o Funcionamento do Conselho Tutelar de Quirinópolis e dá outras providências".</t>
   </si>
   <si>
     <t>3106</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3106/projeto_de_lei_n_008.2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3106/projeto_de_lei_n_008.2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a promover a alienação de bens móveis inservíveis para a Administração, mediante Leilão Público e dá outras providências".</t>
   </si>
   <si>
     <t>3175</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3175/quirinopolis.go.leg.br_projeto_de_lei_009.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3175/quirinopolis.go.leg.br_projeto_de_lei_009.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre as Diretrizes Orçamentárias para o Exercício de 2024 e dá outras Providências”</t>
   </si>
   <si>
     <t>3206</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3206/quirinopolis.go.leg.br_projeto_010-2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3206/quirinopolis.go.leg.br_projeto_010-2023.pdf</t>
   </si>
   <si>
     <t>"Concede revisão geral anual da remuneração dos servidores públicos e agentes políticos municipais de Quirinópolis e contém outras providências".</t>
   </si>
   <si>
     <t>3207</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3207/quirinopolis.go.leg.br_projeto_011-2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3207/quirinopolis.go.leg.br_projeto_011-2023.pdf</t>
   </si>
   <si>
     <t>“Concede reposição geral anual e atualiza tabela de vencimento municipal dos profissionais do magistério”.</t>
   </si>
   <si>
     <t>3231</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3231/quirinopolis.go.leg.br_projeto_de_lei_012.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3231/quirinopolis.go.leg.br_projeto_de_lei_012.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a promover a alienação de bens móveis inservíveis para a Administração, mediante Leilão Público e dá outras providências”.</t>
   </si>
   <si>
     <t>3232</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3232/quirinopolis.go.leg.br_projeto_de_lei_013.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3232/quirinopolis.go.leg.br_projeto_de_lei_013.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a firmar convênio com empresas privadas, instituições ou entidades não governamentais instaladas no Município de Quirinópolis, e da outras providencias". (Recuperação e manutenção de pátios com utilização de usina móvel para produção de micro revestimento).</t>
   </si>
   <si>
     <t>3233</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3233/quirinopolis.go.leg.br_projeto_de_lei_014.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3233/quirinopolis.go.leg.br_projeto_de_lei_014.pdf</t>
   </si>
   <si>
     <t>“Altera Tabela de Vencimentos dos Quadros Efetivos de Enfermeiros, Técnicos de enfermagem e Auxiliares de Enfermagem, no âmbito do Munícipio de Quirinópolis trazidos pela Lei Municipal nº 3.304 de 25 de janeiro de 2019, de consonância com a Lei Federal 14.434./2022 e dá outras providências”.</t>
   </si>
   <si>
     <t>3234</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3234/quirinopolis.go.leg.br_projeto_de_lei_015.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3234/quirinopolis.go.leg.br_projeto_de_lei_015.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei Municipal nº. 2.866 de 13 de dezembro de 2010 e contém outras providências” (Ceder sob o Regime de Contrato de Concessão, o uso de lotes de terrenos pertencentes ao Aterro Sanitário Municipal de Quirinópolis, localizado na GO-164, ao inpEV – Instituto Nacional de Processamento de Embalagens Vazias).</t>
   </si>
   <si>
     <t>3235</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3235/quirinopolis.go.leg.br_projeto_de_lei_016.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3235/quirinopolis.go.leg.br_projeto_de_lei_016.pdf</t>
   </si>
   <si>
     <t>“Institui o programa municipal de Equoterapia no município de Quirinópolis, voltado para o atendimento de pessoas com deficiência e autismo, e dá outras providências”</t>
   </si>
   <si>
     <t>3248</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3248/quirinopolis.go.leg.br_projeto_de_lei_017.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3248/quirinopolis.go.leg.br_projeto_de_lei_017.pdf</t>
   </si>
   <si>
     <t>“Autoriza relocação com remanejamento de área verde nos Setores que especifica e contém outras providencias.” (Autoriza relocar e remanejar parte da_x000D_
 área verde do Parque Empresarial para o Bairro Granville, desafetar parte da área do Parque Empresarial e trecho da Rua Eduardo Correia, do Bairro Jardim Vitória).</t>
   </si>
   <si>
     <t>3249</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3249/quirinopolis.go.leg.br_projeto_de_lei_018.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3249/quirinopolis.go.leg.br_projeto_de_lei_018.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO MUNICIPAL A DESAFETAR TRECHO DE RUA DOS EMBOABAS e TRECHO DA RUA DO IPIRANGA, AMBAS DO BAIRRO ESMERALDA, E CONTÉM OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>3250</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3250/quirinopolis.go.leg.br_projeto_de_lei_019.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3250/quirinopolis.go.leg.br_projeto_de_lei_019.pdf</t>
   </si>
   <si>
     <t>“Autoriza a doação de área para a instalação de empresa no município de Quirinópolis – GO e dá outras providências" (Área de 22.163,93 metros quadrados localizado no “PARQUE EMPRESARIAL, destinado à instalação da SRK EMPREENDIMENTOS LTDA).</t>
   </si>
   <si>
     <t>3274</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3274/quirinopolis.go.leg.br_projeto_de_lei_020.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3274/quirinopolis.go.leg.br_projeto_de_lei_020.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei nº 3.314 de 22 de março de 2019 e dá outras providências”. (N/R - Festividades do Dia Municipal do Migrante Nordestino serão realizadas entre os meses de Junho à Julho de cada ano).</t>
   </si>
   <si>
     <t>3275</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3275/quirinopolis.go.leg.br_projeto_de_lei_021.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3275/quirinopolis.go.leg.br_projeto_de_lei_021.pdf</t>
   </si>
   <si>
     <t>“Altera o artigo 7º da nº 3.529 de 30 de Junho de 2023 e dá outras providências". (PROGRAMA MUNICIPAL DE EQUOTERAPIA).</t>
   </si>
   <si>
     <t>3276</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3276/quirinopolis.go.leg.br_projeto_de_lei_022.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3276/quirinopolis.go.leg.br_projeto_de_lei_022.pdf</t>
   </si>
   <si>
     <t>“Faz desafetação, desmembramento de área pública municipal e autoriza a doação do imóvel e contém outras providências”. (Desafetar e desmembrar área de 27.809,00 m2 na Avenida José Paulino e doar a área à UEG).</t>
   </si>
   <si>
     <t>3301</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3301/pl_023_-_assinado_com_impacto.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3301/pl_023_-_assinado_com_impacto.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei nº 3.108, de 11 de junho de 2014 e a Lei nº 3.304, de 25 de janeiro de 2019 para criar a acrescentar quantitativo de cargos no quadro permanente da Prefeitura Municipal de Quirinópolis, e dá outras providências”.</t>
   </si>
   <si>
     <t>3302</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3302/pl_24__assinado_com_anexos.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3302/pl_24__assinado_com_anexos.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei nº 2.668 de 28 de junho de 2007 e dá outras providências”. (Política Municipal de Habitação).</t>
   </si>
   <si>
     <t>3339</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3339/projeto_de_lei_025_e_anexos.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3339/projeto_de_lei_025_e_anexos.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Alteração da Lei nº 3.531 de 30 de junho de 2023, da Lei de Diretrizes Orçamentária – LDO, para o exercício de 2024".</t>
   </si>
   <si>
     <t>3340</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3340/projeto_de_lei_026_-_loa_2024_e_anexos.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3340/projeto_de_lei_026_-_loa_2024_e_anexos.pdf</t>
   </si>
   <si>
     <t>"Estima a receita e fixa a despesa do município de Quirinópolis, para o exercício financeiro de 2024". (LOA 2024)</t>
   </si>
   <si>
     <t>3341</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3341/projeto_de_lei_027_-_dispoe_sobre_alteracao_da_ppa_e_anexos.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3341/projeto_de_lei_027_-_dispoe_sobre_alteracao_da_ppa_e_anexos.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Alteração da Lei nº 3.423/2021 Lei do Plano Plurianual – PPA 2022-2025 para o exercício de 2024".</t>
   </si>
   <si>
     <t>3403</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3403/projeto_de_lei_no_28_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3403/projeto_de_lei_no_28_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de imóvel, com encargo, da forma que especifica e contém outras providências. (Área de 91.842,11 metros quadrados à COPLACANA para construção de silos armazenadores de cereais).</t>
   </si>
   <si>
     <t>3404</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3404/projeto_de_lei_no_29_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3404/projeto_de_lei_no_29_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a repassar recursos recebidos da União da forma que especifica e contém outras providências. ( Autoriza transferir para os_x000D_
 servidores municipais enfermeiros, técnicos de enfermagem, auxiliares de enfermagem e parteiras, valores recebidos da União).</t>
   </si>
   <si>
     <t>3405</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3405/projeto_de_lei_no_30_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3405/projeto_de_lei_no_30_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza desafetação de área pública da forma que especifica e contém outras providências. (Área institucional 02 de 18.114,90 metros quadrados, localizada no Residencial Viena).</t>
   </si>
   <si>
     <t>3406</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3406/projeto_de_lei_no_31_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3406/projeto_de_lei_no_31_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza desafetação de área pública da forma que especifica e contém outras providências. (Área institucional 01 de 12.426,03 metros quadrados, localizada no Residencial Viena).</t>
   </si>
   <si>
     <t>3407</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3407/projeto_de_lei_no_32_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3407/projeto_de_lei_no_32_2023.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº 3.423/2021, de 17 de dezembro de 2021 e alterações – Plano Plurianual – PPA para o quadriênio 2022/2025, Lei nº 3.464/2022 de 04 de julho de 2022 e alteração – Lei de Diretrizes Orçamentária – LDO para 2023, Lei nº 3.487 de 15 de dezembro de 2022, Lei Orçamentária Anual – LOA para 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>3528</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3528/quirinopolis.go.leg.br_projeto_de_lei_odinaria_do_executivo_n_033.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3528/quirinopolis.go.leg.br_projeto_de_lei_odinaria_do_executivo_n_033.pdf</t>
   </si>
   <si>
     <t>Cria, no âmbito do Município de Quirinópolis, o dia do Forrageiro e contém outras providências. (Comemorado no segundo sábado do mês de dezembro de cada ano).</t>
   </si>
   <si>
     <t>3529</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3529/quirinopolis.go.leg.br_projeto_de_lei_odrinaria_do_executivo_n_034.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3529/quirinopolis.go.leg.br_projeto_de_lei_odrinaria_do_executivo_n_034.pdf</t>
   </si>
   <si>
     <t>Regulamenta percentual das alíquotas do QUIPREV e contém outras providências.</t>
   </si>
   <si>
     <t>3530</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3530/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_executivo_n_035.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3530/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_executivo_n_035.pdf</t>
   </si>
   <si>
     <t>Relocação de área verde e contém outras providências. (Área institucional 07, com 6.622,03 m², situada no Bairro Jardim Vitória).</t>
   </si>
   <si>
     <t>3531</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3531/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_executivo_n_036.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3531/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_executivo_n_036.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1º da Lei 3.536 de 2023 e contém outras providências.</t>
   </si>
   <si>
     <t>3532</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3532/quirinopolis.go.leg.br_proejto_de_lei_orcamentaria_do_executivo_n_037.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3532/quirinopolis.go.leg.br_proejto_de_lei_orcamentaria_do_executivo_n_037.pdf</t>
   </si>
   <si>
     <t>Altera o art. 2º da Lei nº 3.539/2023 e contém outras providências.</t>
   </si>
   <si>
     <t>3107</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR DO EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3107/projeto_de_lei_complementar_n_001.2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3107/projeto_de_lei_complementar_n_001.2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o Regime Jurídico Estatutário dos Servidores Públicos de Quirinópolis.”</t>
   </si>
   <si>
     <t>3108</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3108/projeto_de_lei_complementar_n_002.2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3108/projeto_de_lei_complementar_n_002.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Regime Jurídico Estatutário dos Profissionais do Magistério Público de Quirinópolis.</t>
   </si>
   <si>
     <t>3109</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3109/projeto_de_lei_complementar_n_003.2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3109/projeto_de_lei_complementar_n_003.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os Quadros de Pessoal e o Plano de Cargos e Remuneração dos Profissionais do Magistério Público de Quirinópolis, e dá outras providências.</t>
   </si>
   <si>
     <t>3110</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3110/projeto_de_lei_complementar_n_004.2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3110/projeto_de_lei_complementar_n_004.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Quadro de Pessoal e o Plano de Cargos e Remuneração dos Servidores Públicos de Quirinópolis.</t>
   </si>
   <si>
     <t>3236</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3236/quirinopolis.go.leg.br_lei_complementar_005.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3236/quirinopolis.go.leg.br_lei_complementar_005.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei Complementar nº. 005/2005 de 28 de setembro de 2005, e dá outras providências” (Isenta Imposto sobre a Propriedade Predial e_x000D_
 Territorial Urbana os imóveis, edificados ou não proveniente implantação de empreendimentos imobiliários (incorporação imobiliária).</t>
   </si>
   <si>
     <t>3056</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3056/indicacao_01.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3056/indicacao_01.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de grades de proteção nos parques da cidade.</t>
   </si>
   <si>
     <t>3083</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3083/indicacao_02.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3083/indicacao_02.pdf</t>
   </si>
   <si>
     <t>Indica que sejam finalizadas as pistas laterais da Via Leocádio de Souza Reis.</t>
   </si>
   <si>
     <t>3095</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3095/indicacao_03.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3095/indicacao_03.pdf</t>
   </si>
   <si>
     <t>Indica que seja implantado redutor de velocidade (lombada) próximo ao CMEI Hetiell Claudino.</t>
   </si>
   <si>
     <t>3149</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3149/indicacao_04.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3149/indicacao_04.pdf</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE INFRAESTRUTURA PARA UMA PRAÇA, AO LADO DA CAPELA SÃO VICENTE DE PAULO NO BAIRRO FLAMBOYANT.</t>
   </si>
   <si>
     <t>3300</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3300/indicacao_05.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3300/indicacao_05.pdf</t>
   </si>
   <si>
     <t>PARA QUE A PREFEITURA DESENVOLVA E IMPLANTE SOFTWARE DE GESTÃO PRÓPRIO.</t>
   </si>
   <si>
     <t>3312</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3312/indicacao_06.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3312/indicacao_06.pdf</t>
   </si>
   <si>
     <t>ISENÇÃO DE IPTU (IMPOSTO SOBRE A PROPRIEDADE PREDIAL E TERRITORIAL URBANA) AOS RESIDENTES DO POVOADO GERALDO LEMOS.</t>
   </si>
   <si>
     <t>3321</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3321/indicacao_07.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3321/indicacao_07.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PRAÇA E PISTA DE CAMINHADA NO ENTORNO DO ESTÁDIO BICHINHO VIEIRA.</t>
   </si>
   <si>
     <t>3402</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3402/quirinopolis.go.leg.br_indicacao_no_8_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3402/quirinopolis.go.leg.br_indicacao_no_8_de_2023.pdf</t>
   </si>
   <si>
     <t>A IMPLEMENTAÇÃO DE GRELHAS NAS VALETAS DA AVENIDA JOSÉ PAULINO DOS SANTOS TRECHO PARQUE DA LIBERDADE.</t>
   </si>
   <si>
     <t>3437</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3437/quirinopolis.go.leg.br_indicacao_no_9.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3437/quirinopolis.go.leg.br_indicacao_no_9.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO ADQUIRA ÁREA PARTICULAR ENTRE AS RUAS JACARANDÁ E RUA 25.</t>
   </si>
   <si>
     <t>3573</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3573/quirinopolis.go.leg.br_indicacao_no_10_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3573/quirinopolis.go.leg.br_indicacao_no_10_de_2023.pdf</t>
   </si>
   <si>
     <t>RETIRADA DO CANTEIRO DA MARGINAL DA AVENIDA LEOCÁDIO DE SOUZA REIS, NA ALTURA DA RUA DAS PRIMAVERAS.</t>
   </si>
   <si>
     <t>3020</t>
   </si>
   <si>
     <t>RQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3020/quirinopolis.go.leg.br_requerimento_01.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3020/quirinopolis.go.leg.br_requerimento_01.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONCEDIDA REVISÃO GERAL ANUAL AOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE QUIRINÓPOLIS</t>
   </si>
   <si>
     <t>3021</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3021/quirinopolis.go.leg.br_requerimento_02.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3021/quirinopolis.go.leg.br_requerimento_02.pdf</t>
   </si>
   <si>
     <t>REQUER A ADEQUAÇÃO DA TABELA DE VENCIMENTOS DOS AGENTES COMUNITÁRIOS DE SAÚDE E DOS AGENTES DE COMBATE ÀS ENDEMIAS AO VALOR CORRESPONDENTE A DOIS SALÁRIOS MÍNIMOS VIGENTES NO BRASIL EM 2023 E O PAGAMENTO DE ADICIONAL DE INSALUBRIDADE CONFORME PREVISTO NOS PARÁGRAFOS 9º E 10 DO ARTIGO 198 DA CONSTITUIÇÃO FEDERAL DE 1988.</t>
   </si>
   <si>
     <t>3022</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3022/quirinopolis.go.leg.br_requerimento_03.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3022/quirinopolis.go.leg.br_requerimento_03.pdf</t>
   </si>
   <si>
     <t>“REQUER SEJA REALIZADO O RECAPEAMENTO DA MALHA ASFÁLTICA E MEIO-FIOS NOS BAIRROS ATENAS E VIENA”</t>
   </si>
   <si>
     <t>3023</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3023/quirinopolis.go.leg.br_requerimento_04.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3023/quirinopolis.go.leg.br_requerimento_04.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA REALIZADO O RECAPEAMENTO/FINALIZAÇÃO DA MALHA ASFÁLTICA DA RUA 04 DO BAIRRO ALPHAVILLE E A CONSTRUÇÃO DE UMA GALERIA PLUVIAL</t>
   </si>
   <si>
     <t>3024</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3024/quirinopolis.go.leg.br_requerimento_05.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3024/quirinopolis.go.leg.br_requerimento_05.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito uma área destinada ao embarque e desembarque, dos motoristas de aplicativos de mobilidade urbana.</t>
   </si>
   <si>
     <t>3025</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3025/quirinopolis.go.leg.br_requerimento_06.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3025/quirinopolis.go.leg.br_requerimento_06.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que possa oferecer kit de primeiros socorros para as Escolas Municipais.</t>
   </si>
   <si>
     <t>3026</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3026/quirinopolis.go.leg.br_requerimento_07.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3026/quirinopolis.go.leg.br_requerimento_07.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado este requerimento à Secretaria de Obras e Urbanismo do Município de Quirinópolis, solicitando que seja disponibilizado caçambas de entulho ao Bairro jardim progresso do Município de Quirinópolis.</t>
   </si>
   <si>
     <t>3030</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3030/quirinopolis.go.leg.br_requerimento_08.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3030/quirinopolis.go.leg.br_requerimento_08.pdf</t>
   </si>
   <si>
     <t>“REQUER EXPLICAÇÕES DOS ASSUNTOS ALENCADOS ATRAVES DA AUDIENCIA PUBLICA REALIZADA COM OS PROFISSIONAIS DA EDUCAÇÃO RELACIONADO A APLICAÇÃO DE RECURSOS DO FUNDEB NO MUNICIPIO DE QUIRINÓPOLIS”.</t>
   </si>
   <si>
     <t>3031</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3031/quirinopolis.go.leg.br_requerimento_09.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3031/quirinopolis.go.leg.br_requerimento_09.pdf</t>
   </si>
   <si>
     <t>“Requer que seja realizada a reconstrução da pavimentação asfáltica da Rua Febrônio Martins Arruda no Bairro Alphaville.”</t>
   </si>
   <si>
     <t>3032</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3032/quirinopolis.go.leg.br_requerimento_10.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3032/quirinopolis.go.leg.br_requerimento_10.pdf</t>
   </si>
   <si>
     <t>“REQUER AQUISIÇÃO DE UM VEÍCULO (AMBULÂNCIA) PARA O POVOADO DE DENISLÓPOLIS (TOCOZINHO)”</t>
   </si>
   <si>
     <t>3033</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3033/quirinopolis.go.leg.br_requerimento_11.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3033/quirinopolis.go.leg.br_requerimento_11.pdf</t>
   </si>
   <si>
     <t>Solicita a implantação de academia ao ar livre e playground na Praça Airosa Parreira.</t>
   </si>
   <si>
     <t>3034</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3034/quirinopolis.go.leg.br_requerimento_12.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3034/quirinopolis.go.leg.br_requerimento_12.pdf</t>
   </si>
   <si>
     <t>Solicita a implantação de faixa de pedestres_x000D_
 no Supermercado Rei do Lar.</t>
   </si>
   <si>
     <t>3046</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3046/quirinopolis.go.leg.br_requerimento_13.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3046/quirinopolis.go.leg.br_requerimento_13.pdf</t>
   </si>
   <si>
     <t>“REQUER A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NA FEIRA COBERTA”.</t>
   </si>
   <si>
     <t>3048</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3048/quirinopolis.go.leg.br_requerimento_14.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3048/quirinopolis.go.leg.br_requerimento_14.pdf</t>
   </si>
   <si>
     <t>“SOLICITA SINALIZAÇÃO VERTICAL DE IDENTIFICAÇÃO DE RUAS NO PERÍMETRO URBANO DE QUIRINÓPOLIS.”</t>
   </si>
   <si>
     <t>3049</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3049/quirinopolis.go.leg.br_requerimento_15.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3049/quirinopolis.go.leg.br_requerimento_15.pdf</t>
   </si>
   <si>
     <t>Requer seja disponibilizado dois fiscais para o Procon municipal de Quirinópolis/GO.</t>
   </si>
   <si>
     <t>3050</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3050/quirinopolis.go.leg.br_requerimento_16.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3050/quirinopolis.go.leg.br_requerimento_16.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA REALIZADA LIMPEZA E LAVAGEM ASFÁLTICA E NOS MEIO-FIOS NOS BAIRROS ATENAS E VIENA</t>
   </si>
   <si>
     <t>3051</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3051/quirinopolis.go.leg.br_requerimento_17.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3051/quirinopolis.go.leg.br_requerimento_17.pdf</t>
   </si>
   <si>
     <t>“REQUER A INTERVENÇÃO DO MUNICÍPIO DE QUIRINÓPOLIS JUNTO A AGEHAB OBJETIVANDO A REGULARIZAÇÃO DOS BAIRROS CAPELINHA, CONJUNTO RIO PRETO E PROMISSÃO”</t>
   </si>
   <si>
     <t>3052</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3052/quirinopolis.go.leg.br_requerimento_18.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3052/quirinopolis.go.leg.br_requerimento_18.pdf</t>
   </si>
   <si>
     <t>“Requer que seja encaminhado este requerimento à Secretaria de Obras e Urbanismo do Município de Quirinópolis, solicitando que seja realizado o recapeamento asfáltico para recuperação das ruas de todos os Bairros e centro do Município de Quirinópolis”.</t>
   </si>
   <si>
     <t>3053</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3053/quirinopolis.go.leg.br_requerimento_19.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3053/quirinopolis.go.leg.br_requerimento_19.pdf</t>
   </si>
   <si>
     <t>“REQUER QUE FAÇA UMA SINALIZAÇÃO HORIZONTAL DE FAIXA PARA TRAVESSIA DE PEDESTRES, NA RUA JOSÉ JOAQUIM CABRAL (ENTRE O CMEI HETIEL CLAUDINO E COMERCIAL SOUZA LIMA).”</t>
   </si>
   <si>
     <t>3054</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3054/quirinopolis.go.leg.br_requerimento_20.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3054/quirinopolis.go.leg.br_requerimento_20.pdf</t>
   </si>
   <si>
     <t>REQUER A REFORMA DO PARQUE INFANTIL O BOSQUE.</t>
   </si>
   <si>
     <t>3055</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3055/quirinopolis.go.leg.br_requerimento_21.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3055/quirinopolis.go.leg.br_requerimento_21.pdf</t>
   </si>
   <si>
     <t>REQUER A REFORMA E MANUTENÇÃO DO PARQUE DA LIBERDADE E INSTALAÇÃO DE MAIS ILUMINAÇÃO PÚBLICA NAS VIAS QUE O CONTORNAM.</t>
   </si>
   <si>
     <t>3057</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3057/quirinopolis.go.leg.br_requerimento_22.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3057/quirinopolis.go.leg.br_requerimento_22.pdf</t>
   </si>
   <si>
     <t>“Requer que seja encaminhado este requerimento à Secretaria de Obras e Urbanismo do Município de Quirinópolis, solicitando para viabilizar a abertura do canteiro central, na Avenida brasil nº546 bairro alexandrina, precisamente em frente à Empresa Placas Brasil”.</t>
   </si>
   <si>
     <t>3058</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3058/quirinopolis.go.leg.br_requerimento_23.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3058/quirinopolis.go.leg.br_requerimento_23.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA REALIZADO O RECAPEAMENTO DA MALHA ASFÁLTICA E MEIO-FIOS NO BAIRRO CADEIA”</t>
   </si>
   <si>
     <t>3059</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3059/quirinopolis.go.leg.br_requerimento_24.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3059/quirinopolis.go.leg.br_requerimento_24.pdf</t>
   </si>
   <si>
     <t>Solicita a restauração da iluminação Pública na Vila Parreira.</t>
   </si>
   <si>
     <t>3065</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3065/quirinopolis.go.leg.br_requerimento_25.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3065/quirinopolis.go.leg.br_requerimento_25.pdf</t>
   </si>
   <si>
     <t>“REQUER A MANUTENÇÃO DA ARBORIZAÇÃO E ILUMINAÇÃO DA PRAÇA DO MELADO”.</t>
   </si>
   <si>
     <t>3066</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3066/quirinopolis.go.leg.br_requerimento_26.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3066/quirinopolis.go.leg.br_requerimento_26.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE UMA LOMBADA PERTO DO CRUZAMENTO DAS VIAS ARMANDO QUIRINO DA SILVA E ABÍLIO DE FREITAS SILVEIRA.</t>
   </si>
   <si>
     <t>3067</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3067/quirinopolis.go.leg.br_requerimento_27.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3067/quirinopolis.go.leg.br_requerimento_27.pdf</t>
   </si>
   <si>
     <t>Construção de Lombofaixa Pedro Diquinho</t>
   </si>
   <si>
     <t>3068</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3068/quirinopolis.go.leg.br_requerimento_28.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3068/quirinopolis.go.leg.br_requerimento_28.pdf</t>
   </si>
   <si>
     <t>Construção de Bosque com pista de caminhada Jardim Vitoria</t>
   </si>
   <si>
     <t>3069</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3069/quirinopolis.go.leg.br_requerimento_29.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3069/quirinopolis.go.leg.br_requerimento_29.pdf</t>
   </si>
   <si>
     <t>“Requer que seja encaminhado este requerimento à Secretaria de Transportes Municipal de Quirinópolis, solicitando construção de uma nova ponte na região inhumas, precisamente sob o córrego matão”.</t>
   </si>
   <si>
     <t>3070</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3070/quirinopolis.go.leg.br_requerimento_30.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3070/quirinopolis.go.leg.br_requerimento_30.pdf</t>
   </si>
   <si>
     <t>“Requer que seja encaminhado este requerimento à Secretaria de Transportes Municipal de Quirinópolis, solicitando a recuperação das estradas das regiões Bom Jardim, Douradinho e Inhumas”.</t>
   </si>
   <si>
     <t>3071</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3071/quirinopolis.go.leg.br_requerimento_31.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3071/quirinopolis.go.leg.br_requerimento_31.pdf</t>
   </si>
   <si>
     <t>“REQUER QUE FAÇA REFORMA E REVITALIZAÇÃO DA PRAÇA DO MELADO.”</t>
   </si>
   <si>
     <t>3077</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3077/quirinopolis.go.leg.br_requerimento_32.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3077/quirinopolis.go.leg.br_requerimento_32.pdf</t>
   </si>
   <si>
     <t>“REQUER MELHORIAS NA ESCOLA MUNICIPAL DR. ATHAIDES DE FREITAS SILVEIRA.”</t>
   </si>
   <si>
     <t>3078</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3078/quirinopolis.go.leg.br_requerimento_33.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3078/quirinopolis.go.leg.br_requerimento_33.pdf</t>
   </si>
   <si>
     <t>Que coloque grades nas janelas do segundo piso no hospital municipal</t>
   </si>
   <si>
     <t>3079</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3079/quirinopolis.go.leg.br_requerimento_34.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3079/quirinopolis.go.leg.br_requerimento_34.pdf</t>
   </si>
   <si>
     <t>“REQUER A COLOCAÇÃO DE UM QUEBRA-MOLAS NA RUA JOSÉ JOAQUIM CABRAL (ENTRE O CMEI HETIEL CLAUDINO E COMERCIAL SOUZA LIMA).”</t>
   </si>
   <si>
     <t>3080</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3080/quirinopolis.go.leg.br_requerimento_35.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3080/quirinopolis.go.leg.br_requerimento_35.pdf</t>
   </si>
   <si>
     <t>Solicita a realização da realização da Corrida do Trabalhador e Moção parabenizando pelo Dia do Atleta.</t>
   </si>
   <si>
     <t>3081</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3081/quirinopolis.go.leg.br_requerimento_36.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3081/quirinopolis.go.leg.br_requerimento_36.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado este requerimento à Secretaria de Transportes Municipal de Quirinópolis, solicitando a recuperação das estradas das regiões Sete Lagos, Guariroba e Pedra Lisa</t>
   </si>
   <si>
     <t>3082</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3082/quirinopolis.go.leg.br_requerimento_37.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3082/quirinopolis.go.leg.br_requerimento_37.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado este requerimento a Superintendência Municipal de Trânsito (SMT) de Quirinópolis, solicitando para viabilizar montagem de uma Lombofaixa na Avenida Juscelino Kubitschek, mais precisamente em frente ao Colégio Expansão</t>
   </si>
   <si>
     <t>3089</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3089/quirinopolis.go.leg.br_requerimento_38.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3089/quirinopolis.go.leg.br_requerimento_38.pdf</t>
   </si>
   <si>
     <t>REQUER A REFORMA DO GINÁSIO MUNICIPAL JOÃO GONZAGA JAIME</t>
   </si>
   <si>
     <t>3090</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3090/quirinopolis.go.leg.br_requerimento_39.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3090/quirinopolis.go.leg.br_requerimento_39.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DO PARQUE OLÍMPICO AO LADO DO ESTÁDIO BICHINHO VIEIRA</t>
   </si>
   <si>
     <t>3091</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3091/quirinopolis.go.leg.br_requerimento_40.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3091/quirinopolis.go.leg.br_requerimento_40.pdf</t>
   </si>
   <si>
     <t>“REQUER QUE SEJA DISPONIBILIZADO PRESENÇA DE UMA VIATURA DA POLÍCIA MILITAR E DO CORPO DE BOMBEIROS PARA ATUAREM NA SEGURANÇA EM TODAS AS FEIRAS DE QUARTA-FEIRA, SEXTA-FEIRA E DOMINGO DE NOSSO MUNICÍPIO.”</t>
   </si>
   <si>
     <t>3092</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3092/quirinopolis.go.leg.br_requerimento_41.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3092/quirinopolis.go.leg.br_requerimento_41.pdf</t>
   </si>
   <si>
     <t>“Requer que seja oficiado ao Secretário de Saúde coloque Wi- FI aberto em todos os Órgãos Públicos de Saúde Municipais”.</t>
   </si>
   <si>
     <t>3093</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3093/quirinopolis.go.leg.br_requerimento_42.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3093/quirinopolis.go.leg.br_requerimento_42.pdf</t>
   </si>
   <si>
     <t>“REQUER A INSTALAÇÃO DE UM CORRIMÃO NA ESCADA LATERAL DA IGREJA MATRIZ NOSSA SENHORA D’ABADIA”.</t>
   </si>
   <si>
     <t>3094</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3094/quirinopolis.go.leg.br_requerimento_43.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3094/quirinopolis.go.leg.br_requerimento_43.pdf</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO MUNICIPAL ENCAMINHE À CÂMARA DE VEREADORES PROJETO DE LEI QUE REGULAMENTE GRATIFICAÇÕES POR DESEMPENHO AOS SERVIDORES DA SAÚDE DE QUIRINÓPOLIS, CONFORME DISPÕE O PROGRAMA PREVINE BRASIL.</t>
   </si>
   <si>
     <t>3099</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3099/quirinopolis.go.leg.br_requerimento_44.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3099/quirinopolis.go.leg.br_requerimento_44.pdf</t>
   </si>
   <si>
     <t>REQUER A REVITALIZAÇÃO DO  BAIRRO TÔNICO BENTO, COM LIMPEZA DOS LOUGRADOUROS PÚBLICOS, LAVAGEM ASFÁLTICA, ROÇAGEM DOS TERRENOS BALDIOS E CALÇADAS</t>
   </si>
   <si>
     <t>3100</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3100/quirinopolis.go.leg.br_requerimento_45.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3100/quirinopolis.go.leg.br_requerimento_45.pdf</t>
   </si>
   <si>
     <t>REQUER A REFORMA DO GINÁSIO POLIESPORTIVO EDUARDO RODRIGUES CUSTÓDIO</t>
   </si>
   <si>
     <t>3101</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3101/quirinopolis.go.leg.br_requerimento_46.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3101/quirinopolis.go.leg.br_requerimento_46.pdf</t>
   </si>
   <si>
     <t>“Requer que seja encaminhado este requerimento a Superintendência Municipal de Trânsito (SMT) de Quirinópolis, solicitando para viabilizar uma faixa de redução de velocidade, na Avenida Rui Barbosa com rua Adolfo José da Abadia, nas proximidades aos Correios”.</t>
   </si>
   <si>
     <t>3102</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3102/quirinopolis.go.leg.br_requerimento_47.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3102/quirinopolis.go.leg.br_requerimento_47.pdf</t>
   </si>
   <si>
     <t>“REQUER A COLOCAÇÃO DE UM QUEBRA-MOLAS NA FRENTE DA ESCOLA JOÃO ANTÔNIO BARBOSA, E OUTRO NA RUA AMI CAMPEIRO 200 METROS ACIMA DO POSTO DE SAÚDE MARCELINO MESQUITA DE ANDRADE, NO POVOADO DE DENISLÓPOLIS.”</t>
   </si>
   <si>
     <t>3111</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3111/quirinopolis.go.leg.br_requerimento_48.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3111/quirinopolis.go.leg.br_requerimento_48.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado ao Prefeito Anderson, e a primeira dama Geiciane, para que volte a repassar o vale transporte aos funcionários da Casa de Apoio e ao pagamento de insalubridade dos mesmos”..docx</t>
   </si>
   <si>
     <t>3112</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3112/quirinopolis.go.leg.br_requerimento_49.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3112/quirinopolis.go.leg.br_requerimento_49.pdf</t>
   </si>
   <si>
     <t>“REQUER A INSTALAÇÃO DE PLACAS INDICATIVAS DOS NOMES DE RUAS E DE PREFERÊNCIA, APROVEITANDO OS IMÓVEIS COM MUROS QUE PERMITAM A INSTALAÇÃO DESTA SINALIZAÇÃO.”</t>
   </si>
   <si>
     <t>3116</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3116/requerimento_50.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3116/requerimento_50.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizada uma feira semanal ou quinzenal no povoado de Denislópolis.</t>
   </si>
   <si>
     <t>3117</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3117/requerimento_51.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3117/requerimento_51.pdf</t>
   </si>
   <si>
     <t>“REQUER QUE SEJA DISPONIBILIZADO UMA MÁQUINA MODELO PATROL MOTONIVELADORA PARA O POVOADO DE DENISLOPOLIS.”</t>
   </si>
   <si>
     <t>3119</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3119/quirinopolis.go.leg.br_requerimento_52.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3119/quirinopolis.go.leg.br_requerimento_52.pdf</t>
   </si>
   <si>
     <t>REQUER DA SEJA VIABILIZADO O ESTUDO PARA CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE NA AV. DA SAUDADE PRÓXIMO A RUA CONTORNO NO BAIRRO CAPELINHA</t>
   </si>
   <si>
     <t>3120</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3120/quirinopolis.go.leg.br_requerimento_53.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3120/quirinopolis.go.leg.br_requerimento_53.pdf</t>
   </si>
   <si>
     <t>REQUER DA SEJA VIABILIZADO O ESTUDO PARA CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA OLÍDIO PASCOLAL COM A RUA UM, NO BAIRRO ALEXANDRINA</t>
   </si>
   <si>
     <t>3122</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3122/quirinopolis.go.leg.br_requerimento_54.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3122/quirinopolis.go.leg.br_requerimento_54.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizada melhorias na iluminação da rua Odílio Pereira de Resende.</t>
   </si>
   <si>
     <t>3123</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3123/quirinopolis.go.leg.br_requerimento_55.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3123/quirinopolis.go.leg.br_requerimento_55.pdf</t>
   </si>
   <si>
     <t>“Requer que seja realizado a implantação de uma horta comunitária na Vila “Vida Feliz”.</t>
   </si>
   <si>
     <t>3124</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3124/quirinopolis.go.leg.br_requerimento_56.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3124/quirinopolis.go.leg.br_requerimento_56.pdf</t>
   </si>
   <si>
     <t>“Requer que seja realizado um estudo pela equipe de engenharia da Secretaria Municipal de Serviços Urbanos para a implantação de galerias de escoamento de água no Bairro Talismã.</t>
   </si>
   <si>
     <t>3125</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3125/quirinopolis.go.leg.br_requerimento_57.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3125/quirinopolis.go.leg.br_requerimento_57.pdf</t>
   </si>
   <si>
     <t>REQUER A REALIZAÇÃO DE REPAROS NO TELHADO DA FEIRA COBERTA MUNICIPAL EM CARÁTER DE URGÊNCIA.</t>
   </si>
   <si>
     <t>3128</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3128/quirinopolis.go.leg.br_requerimento_58.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3128/quirinopolis.go.leg.br_requerimento_58.pdf</t>
   </si>
   <si>
     <t>“Requer que seja viabilizado a disponibilização de uma área para a escola agrícola vinculada ao Curso de Agronomia da UEG unidade Quirinópolis.</t>
   </si>
   <si>
     <t>3129</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3129/quirinopolis.go.leg.br_requerimento_59.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3129/quirinopolis.go.leg.br_requerimento_59.pdf</t>
   </si>
   <si>
     <t>“Requer que seja viabilizado o estudo para implantação de Lombada/quebra-molas na Avenida Benedito Silvério em Quirinópolis.</t>
   </si>
   <si>
     <t>3130</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3130/quirinopolis.go.leg.br_requerimento_60.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3130/quirinopolis.go.leg.br_requerimento_60.pdf</t>
   </si>
   <si>
     <t>‘Solicito poço artesiano nas repartições publicas .</t>
   </si>
   <si>
     <t>3131</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3131/quirinopolis.go.leg.br_requerimento_61.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3131/quirinopolis.go.leg.br_requerimento_61.pdf</t>
   </si>
   <si>
     <t>"Requer que seja oficiado à primeira dama Geiciane, para  que contrate os serviços de um profissional especialista na área de T.O. terapia ocupacional para acompanhar os residentes do abrigo dos idosos e para as crianças das creches que assim precisar."</t>
   </si>
   <si>
     <t>3141</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3141/quirinopolis.go.leg.br_requerimento_62.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3141/quirinopolis.go.leg.br_requerimento_62.pdf</t>
   </si>
   <si>
     <t>“Requer que após a Reforma da UBS Chico Preto, seja viabilizado pela Secretaria da Saúde junto ao Ministério da Saúde a implantação do Atendimento nessa Unidade de Saúde até as 22 horas.”</t>
   </si>
   <si>
     <t>3143</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3143/quirinopolis.go.leg.br_requerimento_63.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3143/quirinopolis.go.leg.br_requerimento_63.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que possa instalar um para-raios no Módulo Esportivo Pedro Diquinho</t>
   </si>
   <si>
     <t>3144</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3144/quirinopolis.go.leg.br_requerimento_64.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3144/quirinopolis.go.leg.br_requerimento_64.pdf</t>
   </si>
   <si>
     <t>“Requer que seja substituído os postes danificados em redor do Modulo Esportivo Pedro Diquinho em Quirinópolis.</t>
   </si>
   <si>
     <t>3145</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3145/quirinopolis.go.leg.br_requerimento_65.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3145/quirinopolis.go.leg.br_requerimento_65.pdf</t>
   </si>
   <si>
     <t>FAIXA DE PEDESTRES ELEVADA NA RUA MARIA ABADIA, HÉLIO LEÃO III, EM FRENTE AO SUPERMERCADO VITOR E PSF V.</t>
   </si>
   <si>
     <t>3146</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3146/quirinopolis.go.leg.br_requerimento_66.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3146/quirinopolis.go.leg.br_requerimento_66.pdf</t>
   </si>
   <si>
     <t>REQUER A INSTALAÇÃO DE ACADEMIAS AO AR LIVRE NAS PRAÇAS CORONEL JACINTO HONÓRIO DA SILVA (VELHA MATRIZ) E CAPELA SÃO JOSÉ.</t>
   </si>
   <si>
     <t>3148</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3148/quirinopolis.go.leg.br_requerimento_67.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3148/quirinopolis.go.leg.br_requerimento_67.pdf</t>
   </si>
   <si>
     <t>“REQUER A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NA PRAÇA JOÃO ROSA DE MORAES (JOÃO PAULISTA) NO BAIRRO PORTAL DO LAGO.”</t>
   </si>
   <si>
     <t>3152</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3152/quirinopolis.go.leg.br_requerimento_68.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3152/quirinopolis.go.leg.br_requerimento_68.pdf</t>
   </si>
   <si>
     <t>SOLICITA REFORÇO NA SEGURANÇA DOS CMEIS E ESCOLAS MUNICIPAIS DE QUIRINÓPOLIS.</t>
   </si>
   <si>
     <t>3155</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3155/quirinopolis.go.leg.br_requerimento_69.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3155/quirinopolis.go.leg.br_requerimento_69.pdf</t>
   </si>
   <si>
     <t>REQUER O RETORNO DA SECRETARIA MUNICIPAL DE MEIO AMBIENTE E RECURSOS HÍDRICOS PARA O PRÉDIO DO ‘TUDOAQUI.</t>
   </si>
   <si>
     <t>3156</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3156/quirinopolis.go.leg.br_requerimento_70.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3156/quirinopolis.go.leg.br_requerimento_70.pdf</t>
   </si>
   <si>
     <t>“Requer que todos os atendimentos de psicólogos e psiquiatras no Município de Quirinópolis sejam feitos pelo Centro de Atenção Psicossocial – CAPS.</t>
   </si>
   <si>
     <t>3157</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3157/quirinopolis.go.leg.br_requerimento_71.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3157/quirinopolis.go.leg.br_requerimento_71.pdf</t>
   </si>
   <si>
     <t>“Requer que seja Criado o Centro de Atendimento ao Autista em Quirinópolis.”</t>
   </si>
   <si>
     <t>3158</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3158/quirinopolis.go.leg.br_requerimento_72.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3158/quirinopolis.go.leg.br_requerimento_72.pdf</t>
   </si>
   <si>
     <t>"Requer que seja oficiado ao Prefeito Anderson e ao Secretário de Obras para que seja feito uma lomba faixa na porta do Hospital Municipal .”</t>
   </si>
   <si>
     <t>3159</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3159/quirinopolis.go.leg.br_requerimento_73.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3159/quirinopolis.go.leg.br_requerimento_73.pdf</t>
   </si>
   <si>
     <t>“Requer que seja oficiado ao Prefeito Anderson de Paula e ao Secretário de Urbanismo fizesse uma praça entre a Qd.18 e Qd.16, em frente a Rua Odílio Pascoal.”</t>
   </si>
   <si>
     <t>3160</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3160/quirinopolis.go.leg.br_requerimento_74.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3160/quirinopolis.go.leg.br_requerimento_74.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que disponibilize uma patrulha mecanizada para a região do Salgado.</t>
   </si>
   <si>
     <t>3161</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3161/quirinopolis.go.leg.br_requerimento_75.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3161/quirinopolis.go.leg.br_requerimento_75.pdf</t>
   </si>
   <si>
     <t>REQUER A DISPONIBILIZAÇÃO DE UMA CASA DE APOIO NA CIDADE DE SANTA HELENA DE GOIÁS</t>
   </si>
   <si>
     <t>3162</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3162/quirinopolis.go.leg.br_requerimento_76.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3162/quirinopolis.go.leg.br_requerimento_76.pdf</t>
   </si>
   <si>
     <t>“REQUER MELHORIAS NA SINALIZAÇÃO DE TRÂNSITO (HORIZONTAL E VERTICAL) NAS VIAS DOS BAIRROS ALPHAVILLE, FLAMBOYANT E CENTRO.”</t>
   </si>
   <si>
     <t>3163</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3163/quirinopolis.go.leg.br_requerimento_77.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3163/quirinopolis.go.leg.br_requerimento_77.pdf</t>
   </si>
   <si>
     <t>REQUER A TRANSFORMAÇÃO DA VILA VIDA FELIZ EM CONDOMÍNIO DO IDOSO</t>
   </si>
   <si>
     <t>3164</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3164/quirinopolis.go.leg.br_requerimento_78.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3164/quirinopolis.go.leg.br_requerimento_78.pdf</t>
   </si>
   <si>
     <t>“Requer que seja viabilizado o recapeamento dos seguintes locais: Rua Alceu Teodoro (Bairro Hélio Leão), Rua 06 (Bairro Onicio Resende), Rua das Clemência e Rua 05 (ambas no Bairro Alvorada), Rua Jose Melgaço da Fonseca e Rua Domingos Jacinto da Luz (nos Bairros Municipal e Santa Clara) e Rua Ramiro Antônio de Assis (Bairro Santa Clara).”</t>
   </si>
   <si>
     <t>3165</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3165/quirinopolis.go.leg.br_requerimento_79.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3165/quirinopolis.go.leg.br_requerimento_79.pdf</t>
   </si>
   <si>
     <t>“Requer que o médico Geriatra faça atendimento mensal aos moradores da Vila “Vida Feliz”.</t>
   </si>
   <si>
     <t>3166</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3166/quirinopolis.go.leg.br_requerimento_80.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3166/quirinopolis.go.leg.br_requerimento_80.pdf</t>
   </si>
   <si>
     <t>“Requer que seja encaminhado este requerimento à Secretaria Municipal de Quirinópolis, solicitando um carro adaptado para o transporte dos idosos do abrigo”.</t>
   </si>
   <si>
     <t>3168</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3168/quirinopolis.go.leg.br_requerimento_81.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3168/quirinopolis.go.leg.br_requerimento_81.pdf</t>
   </si>
   <si>
     <t>“REQUER QUE PROCEDA A TROCA DAS LÂMPADAS QUEIMADAS NA RUA JOAQUIM_x000D_
 TIMOTEO DE PAULA (ABAIXO DA SANEAGO) E NA RUA PASTOR ZETIL (PROXIMO AO CORPO DE BOMBEIROS).”</t>
   </si>
   <si>
     <t>3169</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3169/quirinopolis.go.leg.br_requerimento_82.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3169/quirinopolis.go.leg.br_requerimento_82.pdf</t>
   </si>
   <si>
     <t>Reforma dos CMEI’s e melhorias na segurança das creches do nosso município.</t>
   </si>
   <si>
     <t>3170</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>ALEX DA FARMÁCIA, CASSIM DA USINA, CLEILTON RESENDE, FERNANDO NOVAIS, GUSTAVO MOURÃO, MARQUINHO DA CASA DE APOIO, NUBIA THEODORO, OSCAR JÚNIOR, PAULINHO DA USINA, RENATO RIBEIRO, ROMISDETE, TOCOZINHO (AFASTADO POR DECISÃO JUDICIAL), WELINGTON FAUSTINO (Veredor afastado)</t>
-[...2 lines deleted...]
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3170/quirinopolis.go.leg.br_requerimento_no_83_de_2023_cei.pdf</t>
+    <t>ALEX DA FARMÁCIA, CASSIM DA USINA, CLEILTON RESENDE, FERNANDO NOVAIS, GUSTAVO MOURÃO (em memória), MARQUINHO DA CASA DE APOIO, NUBIA THEODORO, OSCAR JÚNIOR, PAULINHO DA USINA, RENATO RIBEIRO, ROMISDETE, TOCOZINHO (AFASTADO POR DECISÃO JUDICIAL), WELINGTON FAUSTINO (Veredor afastado)</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3170/quirinopolis.go.leg.br_requerimento_no_83_de_2023_cei.pdf</t>
   </si>
   <si>
     <t>Requer a criação de Comissão Especial de Inquérito para investigar indícios de desvio de finalidade dos recursos oriundos do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação (Fundeb)</t>
   </si>
   <si>
     <t>3171</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3171/quirinopolis.go.leg.br_requerimento_83.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3171/quirinopolis.go.leg.br_requerimento_83.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA REALIZADO ESTUDO PARA IMPLANTAÇÃO DE UMA PRAÇA PÚBLICA NO BAIRRO BOM JESUS</t>
   </si>
   <si>
     <t>3172</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3172/quirinopolis.go.leg.br_requerimento_85.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3172/quirinopolis.go.leg.br_requerimento_85.pdf</t>
   </si>
   <si>
     <t>Revitalização das Pistas de Caminhada/Corrida dos Lagos Sol Poente e Parque da Liberdade.</t>
   </si>
   <si>
     <t>3173</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3173/quirinopolis.go.leg.br_requerimento_86.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3173/quirinopolis.go.leg.br_requerimento_86.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado à primeira dama Geiciane, para  que aumente o número de vagas no Abrigo dos Idosos por ter uma demanda de muitos idosos necessitados, e o mesmo estar superlotado.</t>
   </si>
   <si>
     <t>3174</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3174/quirinopolis.go.leg.br_requerimento_87.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3174/quirinopolis.go.leg.br_requerimento_87.pdf</t>
   </si>
   <si>
     <t>“REQUER QUE PROCEDA A TROCA DAS LÂMPADAS QUEIMADAS NA RUA GLAUDEMIRO DOS SANTOS, PRÓXIMO AO NUMERO 14, JARDIM BOM PASTOR.”</t>
   </si>
   <si>
     <t>3179</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3179/requerimento_destinacao_de_maquinarios_tocoziznho.docx</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3179/requerimento_destinacao_de_maquinarios_tocoziznho.docx</t>
   </si>
   <si>
     <t>REQUER SEJA REALIZADO ESTUDO DE DISPONIBILIZAÇÃO DE UM TRATOR NEW HOLLAND 7630 COM GRADE E TERRACIADOR PARA ATENDER A REGIÃO DE SETE LAGOAS E PAREDÃO</t>
   </si>
   <si>
     <t>3180</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3180/quirinopolis.go.leg.br_requerimento_89.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3180/quirinopolis.go.leg.br_requerimento_89.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA REALIZADO ESTUDO DE DISPONIBILIZAÇÃO DE UM TRATOR NEW HOLLAND 7630 COM GRADE E TERRACIADOR PARA ATENDER A CASA DA ABELHA</t>
   </si>
   <si>
     <t>3181</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3181/quirinopolis.go.leg.br_requerimento_90.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3181/quirinopolis.go.leg.br_requerimento_90.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado o estudo para implantação de uma faixa de pedestre na Rua José Joaquim Cabral em Frente à Faculdade FAQUI em Quirinópolis.</t>
   </si>
   <si>
     <t>3182</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3182/quirinopolis.go.leg.br_requerimento_91.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3182/quirinopolis.go.leg.br_requerimento_91.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado o estudo para implantação de uma faixa elevada/lombofaixa e uma via de sentido único na Rua Manuel Ferreira de Jesus em frente a cooperativa de Ensino CEQ em Quirinópolis.</t>
   </si>
   <si>
     <t>3183</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3183/quirinopolis.go.leg.br_requerimento_92.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3183/quirinopolis.go.leg.br_requerimento_92.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que possa disponibilizar os maquinários da Prefeitu-ra para a manutenção da região da Cachoeirinha do Rio Preto.</t>
   </si>
   <si>
     <t>3184</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3184/quirinopolis.go.leg.br_requerimento_93.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3184/quirinopolis.go.leg.br_requerimento_93.pdf</t>
   </si>
   <si>
     <t>REQUER A ADEQUAÇÃO DOS BANHEIROS DO PRÉDIO DA PREFEITURA MUNICIPAL DE QUIRINÓPOLIS.</t>
   </si>
   <si>
     <t>3185</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3185/quirinopolis.go.leg.br_requerimento_94.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3185/quirinopolis.go.leg.br_requerimento_94.pdf</t>
   </si>
   <si>
     <t>“REQUER QUE FAÇA REFORMA E REVITALIZAÇÃO DA PRAÇA DO CIRCO.”</t>
   </si>
   <si>
     <t>3186</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3186/quirinopolis.go.leg.br_requerimento_95.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3186/quirinopolis.go.leg.br_requerimento_95.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE UM PARQUINHO INFANTIL PARA LAZER NA PRAÇA DA UBS V – MILTON BENTO.</t>
   </si>
   <si>
     <t>3187</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3187/quirinopolis.go.leg.br_requerimento_no_96_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3187/quirinopolis.go.leg.br_requerimento_no_96_de_2023.pdf</t>
   </si>
   <si>
     <t>“REQUER DA SEJA VIABILIZADO O ESTUDO PARA CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA 22 DE JANEIRO COM A RUA JULIO TAVARES E RUA VITÓRIA RÉGIA”</t>
   </si>
   <si>
     <t>3188</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3188/quirinopolis.go.leg.br_requerimento_no_97_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3188/quirinopolis.go.leg.br_requerimento_no_97_de_2023.pdf</t>
   </si>
   <si>
     <t>“REQUER SEJA REALIZADO ESTUDO PARA IMPLANTAÇÃO DE UMA ACADÊMIA AO AR LIVRE NA PRAÇA DO BAIRRO PROMISSÃO”</t>
   </si>
   <si>
     <t>3189</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3189/quirinopolis.go.leg.br_requerimento_no_98_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3189/quirinopolis.go.leg.br_requerimento_no_98_de_2023.pdf</t>
   </si>
   <si>
     <t>REQUER A ELABORAÇÃO DE UM PLANO DE MANUTENÇÃO DA RUA RIO PRETO</t>
   </si>
   <si>
     <t>3190</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3190/quirinopolis.go.leg.br_requerimento_no_99_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3190/quirinopolis.go.leg.br_requerimento_no_99_de_2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA ACADEMIA AO AR LIVRE NO COMPLEXO ESPORTIVO PEDRO DIQUINHO</t>
   </si>
   <si>
     <t>3191</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3191/quirinopolis.go.leg.br_requerimento_no_100_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3191/quirinopolis.go.leg.br_requerimento_no_100_de_2023.pdf</t>
   </si>
   <si>
     <t>“REQUER QUE PROCEDA A TROCA DAS LÂMPADAS QUEIMADAS NA RUA JOAQUIM TIMOTEO DE PAULA (ABAIXO DA SANEAGO), NA RUA PASTOR ZETIL (PRÓXIMO AO CORPO DE BOMBEIROS) E NA RUA GLAUDEMIRO DOS SANTOS, PRÓXIMO AO NUMERO 14, JARDIM BOM PASTOR.”</t>
   </si>
   <si>
     <t>3192</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3192/quirinopolis.go.leg.br_requerimento_no_101_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3192/quirinopolis.go.leg.br_requerimento_no_101_de_2023.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado o estudo para implantação de uma faixa elevada/lombofaixa na Rua Quirino Cândido De Morais em frente ao Colégio São José em Quirinópolis.</t>
   </si>
   <si>
     <t>3193</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3193/quirinopolis.go.leg.br_requerimento_no_102_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3193/quirinopolis.go.leg.br_requerimento_no_102_de_2023.pdf</t>
   </si>
   <si>
     <t>"Requer que seja oficiado à Secretária da Educação para que seja feito mais banheiros na Escola Dr. Ataídes. "</t>
   </si>
   <si>
     <t>3194</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3194/quirinopolis.go.leg.br_requerimento_no_103_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3194/quirinopolis.go.leg.br_requerimento_no_103_de_2023.pdf</t>
   </si>
   <si>
     <t>“Requer que seja oficiado ao Prefeito Anderson Pronto Socorro veterinário para atendimento aos pets.”</t>
   </si>
   <si>
     <t>3198</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3198/quirinopolis.go.leg.br_requerimento_no_104_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3198/quirinopolis.go.leg.br_requerimento_no_104_de_2023.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA REALIZADO ESTUDO DE DISPONIBILIZAÇÃO DE UM TRATOR NEW HOLLAND 7630 COM GRADE E TERRACIADOR PARA ATENDER A ASSOCIAÇÃO DA REGIÃO DO SALGADO</t>
   </si>
   <si>
     <t>3199</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3199/quirinopolis.go.leg.br_requerimento_no_105_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3199/quirinopolis.go.leg.br_requerimento_no_105_de_2023.pdf</t>
   </si>
   <si>
     <t>“REQUER SEJA REALIZADA REVITALIZAÇÃO/ REFORMA DA PONTE SOBRE O CÓRREGO PENOSO, NA REGIÃO DO DOURADINHO.”</t>
   </si>
   <si>
     <t>3200</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3200/quirinopolis.go.leg.br_requerimento_no_106_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3200/quirinopolis.go.leg.br_requerimento_no_106_de_2023.pdf</t>
   </si>
   <si>
     <t>"Requer que seja oficiado ao Secretário do Meio Ambiente desburocratize a castração dos animais no castra- móveis"</t>
   </si>
   <si>
     <t>3201</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3201/quirinopolis.go.leg.br_requerimento_no_107_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3201/quirinopolis.go.leg.br_requerimento_no_107_de_2023.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que possa realizar o recapeamento do Bairro Alphaville</t>
   </si>
   <si>
     <t>3204</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3204/quirinopolis.go.leg.br_requerimento_no_108_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3204/quirinopolis.go.leg.br_requerimento_no_108_de_2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA ÁREA DE LAZER PARA CRIANÇAS E CALÇADAS PARA CAMINHADA NOS BAIRROS ATENAS E VIENA.</t>
   </si>
   <si>
     <t>3205</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3205/quirinopolis.go.leg.br_requerimento_no_109_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3205/quirinopolis.go.leg.br_requerimento_no_109_de_2023.pdf</t>
   </si>
   <si>
     <t>“REQUER A INSTALAÇÃO DE BICICLETÁRIOS OU PARACICLOS NO PARQUE DA LIBERDADE, NO LAGO SOL POENTE, NA PRAÇA DA IGREJA NOVA MATRIZ E NA PRAÇA CORONEL JACINTO HONÓRIO.”</t>
   </si>
   <si>
     <t>3208</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3208/quirinopolis.go.leg.br_requerimento_no_110_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3208/quirinopolis.go.leg.br_requerimento_no_110_de_2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA ACADEMIA AO AR LIVRE NO BAIRRO PROMISSÃO</t>
   </si>
   <si>
     <t>3209</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3209/quirinopolis.go.leg.br_requerimento_no_111_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3209/quirinopolis.go.leg.br_requerimento_no_111_de_2023.pdf</t>
   </si>
   <si>
     <t>SINALIZAÇÃO DO SEMÁFORO DO CRUZAMENTO DA RODOVIA GO-206 COM AVENIDA FREI JOÃO BATISTA.</t>
   </si>
   <si>
     <t>3210</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3210/quirinopolis.go.leg.br_requerimento_no_112_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3210/quirinopolis.go.leg.br_requerimento_no_112_de_2023.pdf</t>
   </si>
   <si>
     <t>“REQUER A DISTRIBUIÇÃO DE MATERIAIS ESCOLARES DE USO INDIVIDUAL, PARA OS ALUNOS CARENTES DA REDE MUNICIPAL DE ENSINO, EM ESPECIAL AOS DE FAMILIAS INSCRITAS NO CAD ÚNICO.”</t>
   </si>
   <si>
     <t>3211</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3211/quirinopolis.go.leg.br_requerimento_no_113_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3211/quirinopolis.go.leg.br_requerimento_no_113_de_2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado recapeamento asfáltico reforçado da Rua Domingos Jacinto da Luz, antiga rua alegre, em toda sua extensão</t>
   </si>
   <si>
     <t>3212</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3212/quirinopolis.go.leg.br_requerimento_no_114_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3212/quirinopolis.go.leg.br_requerimento_no_114_de_2023.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA VIABILIZADO O ESTUDO PARA IMPLANTAÇÃO DE FAIXA ELEVADA NA AV. JOAQUIM TIMÓTEO DE PAULA EM FRENTE AO HOSPITAL QUIRINÓPOLIS</t>
   </si>
   <si>
     <t>3213</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3213/quirinopolis.go.leg.br_requerimento_no_115_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3213/quirinopolis.go.leg.br_requerimento_no_115_de_2023.pdf</t>
   </si>
   <si>
     <t>“REQUER SEJA VIABILIZADO O ESTUDO PARA IMPLANTAÇÃO DE FAIXA ELEVADA NA AV. ALAMEDA PARANAÍBA EM FRENTE AO SUPERMECADO REI DO LAR”</t>
   </si>
   <si>
     <t>3215</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3215/quirinopolis.go.leg.br_requerimento_no_116_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3215/quirinopolis.go.leg.br_requerimento_no_116_de_2023.pdf</t>
   </si>
   <si>
     <t>REQUER A REFORMA DA SEDE DA BANDA MUNICIPAL 22 DE JANEIRO.</t>
   </si>
   <si>
     <t>3220</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3220/quirinopolis.go.leg.br_requerimento_117_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3220/quirinopolis.go.leg.br_requerimento_117_2023.pdf</t>
   </si>
   <si>
     <t>Implantação de sinalização e redutor de velocidade na Av. JK nas proximidades do Colégio Expansão.</t>
   </si>
   <si>
     <t>3221</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3221/quirinopolis.go.leg.br_requerimento_118_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3221/quirinopolis.go.leg.br_requerimento_118_2023.pdf</t>
   </si>
   <si>
     <t>Implantação de um banheiro na sala do Grupo 3 do CMEI Hetiell Claudino.</t>
   </si>
   <si>
     <t>3222</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3222/quirinopolis.go.leg.br_requerimento_119_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3222/quirinopolis.go.leg.br_requerimento_119_2023.pdf</t>
   </si>
   <si>
     <t>“SOLICITO QUE PROCEDA O RECAPEAMENTO ASFÁLTICO NA AVENIDA PRINCESA ISABEL, BAIRRO VILA PARREIRA’’.</t>
   </si>
   <si>
     <t>3224</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3224/quirinopolis.go.leg.br_requerimento_120_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3224/quirinopolis.go.leg.br_requerimento_120_2023.pdf</t>
   </si>
   <si>
     <t>Requer realização de casamento comunitário civil em Quirinópolis- GO</t>
   </si>
   <si>
     <t>3225</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3225/quirinopolis.go.leg.br_requerimento_no_121.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3225/quirinopolis.go.leg.br_requerimento_no_121.pdf</t>
   </si>
   <si>
     <t>“REQUER A REFORMA DO GINÁSIO POLIESPORTIVO EDUARDO RODRIGUES CUSTÓDIO”</t>
   </si>
   <si>
     <t>3226</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3226/quirinopolis.go.leg.br_requerimento_122_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3226/quirinopolis.go.leg.br_requerimento_122_2023.pdf</t>
   </si>
   <si>
     <t>“REQUER A CONSTRUÇÃO DE UM CENTRO SOCIAL NO BAIRRO VILA VIDA FELIZ”</t>
   </si>
   <si>
     <t>3227</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3227/quirinopolis.go.leg.br_requerimento_123_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3227/quirinopolis.go.leg.br_requerimento_123_2023.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que faça a instalação dos ares condicionados da Escola Municipal Rural Custódio Antônio Cabral.</t>
   </si>
   <si>
     <t>3238</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3238/quirinopolis.go.leg.br_requerimento_no_124.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3238/quirinopolis.go.leg.br_requerimento_no_124.pdf</t>
   </si>
   <si>
     <t>“SOLICITO QUE PROCEDA Á INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA OLÍDIO PASCOAL, PROLONGAMENTO DA AVENIDA RUI BARBOSA, BAIRRO ALEXANDRINA’’.</t>
   </si>
   <si>
     <t>3239</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3239/quirinopolis.go.leg.br_requerimento_no_125.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3239/quirinopolis.go.leg.br_requerimento_no_125.pdf</t>
   </si>
   <si>
     <t>3240</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3240/quirinopolis.go.leg.br_requerimento_no_126.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3240/quirinopolis.go.leg.br_requerimento_no_126.pdf</t>
   </si>
   <si>
     <t>“REQUER A REFORMA DO CAMPO SINTÉTICO MUNICIPAL”</t>
   </si>
   <si>
     <t>3241</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3241/quirinopolis.go.leg.br_requerimento_no_127.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3241/quirinopolis.go.leg.br_requerimento_no_127.pdf</t>
   </si>
   <si>
     <t>SINALIZAÇÃO DA AVENIDA LÁZARO XAVIER EM TODO O SEU PROLONGAMENTO, COM ÊNFASE NOS BAIRROS SÃO FRANCISCO E HÉLIO LEÃO.</t>
   </si>
   <si>
     <t>3242</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3242/quirinopolis.go.leg.br_requerimento_no_128.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3242/quirinopolis.go.leg.br_requerimento_no_128.pdf</t>
   </si>
   <si>
     <t>“REQUER QUE SEJA REALIZADO REPARO, HIGIENIZAÇÃO E SINALIZAÇÃO DA ROTATÓRIA LOCALIZADA NA AVENIDA SANTOS DUMONT COM A AVENIDA FREDERICO ARMANDO DA SILVA.”</t>
   </si>
   <si>
     <t>3243</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3243/quirinopolis.go.leg.br_requerimento_no_129.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3243/quirinopolis.go.leg.br_requerimento_no_129.pdf</t>
   </si>
   <si>
     <t>Requer implantação de faixa elevada/lombofaixa, e mão única na Rua 11 bairro alexandrina, sentido CMEI Serafim Júnior.</t>
   </si>
   <si>
     <t>3244</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3244/quirinopolis.go.leg.br_requerimento_no_130.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3244/quirinopolis.go.leg.br_requerimento_no_130.pdf</t>
   </si>
   <si>
     <t>VIABILIDADE DE RETORNAR PARA VIA DE MÃO DUPLA O TRECHO DA RUA CAPELINHA ENTRE A AV BRASIL E   A RUA PERIMETRAL</t>
   </si>
   <si>
     <t>3252</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3252/quirinopolis.go.leg.br_requerimento_no_131.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3252/quirinopolis.go.leg.br_requerimento_no_131.pdf</t>
   </si>
   <si>
     <t>“SOLICITO QUE PROCEDA O RECAPEAMENTO ASFÁLTICO NA AVENIDA AMÉLIO MARTINS DE ANDRADE, BAIRRO CHICO JUNQUEIRA’’.</t>
   </si>
   <si>
     <t>3253</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3253/quirinopolis.go.leg.br_requerimento_no_132.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3253/quirinopolis.go.leg.br_requerimento_no_132.pdf</t>
   </si>
   <si>
     <t>“REQUER DA SEJA VIABILIZADO O ESTUDO PARA INSTALAÇÃO DE UM SEMÁFORO NO CRUZAMENTO ENTRE A AV. GARIBALDI TEIXEIRA COM A AV. PASTOR ZETIL.”</t>
   </si>
   <si>
     <t>3254</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3254/quirinopolis.go.leg.br_requerimento_no_133.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3254/quirinopolis.go.leg.br_requerimento_no_133.pdf</t>
   </si>
   <si>
     <t>REQUER DA SEJA VIABILIZADO O ESTUDO PARA INSTALAÇÃO DE UM SEMÁFORO NA AV. BRASIL PRÓXIMO À SALA DE VELÓRIO MUNICIPAL</t>
   </si>
   <si>
     <t>3255</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3255/quirinopolis.go.leg.br_requerimento_no_134.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3255/quirinopolis.go.leg.br_requerimento_no_134.pdf</t>
   </si>
   <si>
     <t>“REQUER QUE FAÇA O REFORÇO DA PINTURA NAS LOMBADAS E TAMBÉM A TROCA DAS PLACAS INDICATIVAS DE LOMBADAS EXISTENTES NA VIA LEOCÁDIO DE SOUZA REIS.”</t>
   </si>
   <si>
     <t>3256</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3256/quirinopolis.go.leg.br_requerimento_no_135.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3256/quirinopolis.go.leg.br_requerimento_no_135.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE CÂMERA DE SEGURANÇA NA ROTATÓRIA DO CRUZAMENTO DAS AVENIDAS RUI BARBOSA COM A RUA 02 NO BAIRRO VIENA.</t>
   </si>
   <si>
     <t>3259</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3259/quirinopolis.go.leg.br_requerimento_no_136.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3259/quirinopolis.go.leg.br_requerimento_no_136.pdf</t>
   </si>
   <si>
     <t>Construção de parque Infantil no povoado de Dinislópolis (Tocozinho)</t>
   </si>
   <si>
     <t>3260</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3260/quirinopolis.go.leg.br_requerimento_no_137.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3260/quirinopolis.go.leg.br_requerimento_no_137.pdf</t>
   </si>
   <si>
     <t>Requer disponibilização uma vez no mês do trailer da saúde para atendimento na Vila Feliz bairro Esmeralda</t>
   </si>
   <si>
     <t>3261</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3261/quirinopolis.go.leg.br_requerimento_no_138.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3261/quirinopolis.go.leg.br_requerimento_no_138.pdf</t>
   </si>
   <si>
     <t>“SOLICITO QUE PROCEDA Á INSTALAÇÃO DE UMA FAIXA DE PEDESTRE ELEVADA NA RUA DOM PEDRO I, EM FRENTE AO TEATRO MUNICIPAL’’.</t>
   </si>
   <si>
     <t>3262</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3262/quirinopolis.go.leg.br_requerimento_no_139.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3262/quirinopolis.go.leg.br_requerimento_no_139.pdf</t>
   </si>
   <si>
     <t>“REQUER QUE FAÇA A PINTURA E REMARCAÇÃO DE FAIXA “PARE” NA AVENIDA JOSÉ QUINTILIANO LEÃO COM A RUA ODÍLIO PEREIRA RESENDE.”</t>
   </si>
   <si>
     <t>3263</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3263/quirinopolis.go.leg.br_requerimento_no_140.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3263/quirinopolis.go.leg.br_requerimento_no_140.pdf</t>
   </si>
   <si>
     <t>RECUPERAÇÃO ASFÁLTICA NO BAIRRO TONICO BENTO.</t>
   </si>
   <si>
     <t>3264</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3264/quirinopolis.go.leg.br_requerimento_no_141.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3264/quirinopolis.go.leg.br_requerimento_no_141.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A SECRETARIA DE MEIO AMBIENTE E RECURSOS HÍDRICOS INTENSIFIQUE AS AÇÕES DE FISCALIZAÇÃO E APLIQUE A LEI MUNICIPAL Nº 2.448, DE 11 DE JUNHO DE 2002, QUE TRATA DA QUESTÃO DA POLUIÇÃO SONORA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3265</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3265/quirinopolis.go.leg.br_requerimento_no_142.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3265/quirinopolis.go.leg.br_requerimento_no_142.pdf</t>
   </si>
   <si>
     <t>Implantação de Semáforo no cruzamento da Av. Rui Barbosa com a Rua Frei João Batista.</t>
   </si>
   <si>
     <t>3269</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3269/quirinopolis.go.leg.br_requerimento_no_143.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3269/quirinopolis.go.leg.br_requerimento_no_143.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE FAIXA ELEVADA EM FRENTE A ENTRADA DO CEPI INDEPENDÊNCIA, NA RUA FABIO GARCIA.</t>
   </si>
   <si>
     <t>3270</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3270/quirinopolis.go.leg.br_requerimento_no_144.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3270/quirinopolis.go.leg.br_requerimento_no_144.pdf</t>
   </si>
   <si>
     <t>“REQUER A VIABILIZAÇÃO DE UM ESTUDO PARA IMPLANTAÇÃO DE HORAS EXTRAS AOS GUARDAS MUNICIPAIS (GCM)’’.</t>
   </si>
   <si>
     <t>3271</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3271/quirinopolis.go.leg.br_requerimento_no_145.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3271/quirinopolis.go.leg.br_requerimento_no_145.pdf</t>
   </si>
   <si>
     <t>REQUER QUE O PREFEITO INTERVENHA JUNTO À GOINFRA, A FIM DE QUE SEJA REALIZADA A CONSTRUÇÃO DE UMA TERCEIRA FAIXA NA SUBIDA DO CÓRREGO DA FORMIGA.</t>
   </si>
   <si>
     <t>3284</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3284/quirinopolis.go.leg.br_requerimento_146_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3284/quirinopolis.go.leg.br_requerimento_146_2023.pdf</t>
   </si>
   <si>
     <t>“SOLICITO QUE PROCEDA O RECAPEAMENTO ASFÁLTICO E A SINALIZAÇÃO DE TRÂNSITO NA AVENIDA GARIBALDI TEIXEIRA, EM TODA SUA EXTENSÃO, NO BAIRRO SÃO FRANCISCO’’.</t>
   </si>
   <si>
     <t>3285</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3285/quirinopolis.go.leg.br_requerimento_147_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3285/quirinopolis.go.leg.br_requerimento_147_2023.pdf</t>
   </si>
   <si>
     <t>“SOLICITO QUE PROCEDA O RECAPEAMENTO ASFÁLTICO NA RUA JERÔNIMO VICENTE FERREIRA, BAIRRO CHICO JUNQUEIRA’’.</t>
   </si>
   <si>
     <t>3286</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3286/quirinopolis.go.leg.br_requerimento_148_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3286/quirinopolis.go.leg.br_requerimento_148_2023.pdf</t>
   </si>
   <si>
     <t>REQUER DA SEJA REALIZADA A MANUTENÇÃO DOS SEMÁFOROS DE NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>3287</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3287/quirinopolis.go.leg.br_requerimento_149_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3287/quirinopolis.go.leg.br_requerimento_149_2023.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA VIABILIZADO O ESTUDO PARA IMPLANTAÇÃO DE FAIXA ELEVADA NA RUA MANOEL FERREIRA DE JESUS EM FRENTE AO COLÉGIO CEQ</t>
   </si>
   <si>
     <t>3291</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3291/quirinopolis.go.leg.br_requerimento_150_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3291/quirinopolis.go.leg.br_requerimento_150_2023.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que retorne as obras inacabadas da Escola Municipal Rural Custódio Antônio Cabral.</t>
   </si>
   <si>
     <t>3292</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3292/quirinopolis.go.leg.br_requerimento_151_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3292/quirinopolis.go.leg.br_requerimento_151_2023.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que faça a implantação de uma praça e de um estacionamento, em frente ao Colégio Expansão de Santa Maria dos Anjos</t>
   </si>
   <si>
     <t>3293</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3293/quirinopolis.go.leg.br_requerimento_152_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3293/quirinopolis.go.leg.br_requerimento_152_2023.pdf</t>
   </si>
   <si>
     <t>REQUER QUE O EXECUTIVO MUNICIPAL PRESTE INFORMAÇÕES E APRESENTE DOCUMENTOS DETALHANDO O PERCENTUAL ATUAL DE ENDIVIDAMENTO DO MUNICÍPIO E SUA EVOLUÇÃO DE JANEIRO DE 2020 ATÉ A DATA ATUAL.</t>
   </si>
   <si>
     <t>3294</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3294/quirinopolis.go.leg.br_requerimento_153_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3294/quirinopolis.go.leg.br_requerimento_153_2023.pdf</t>
   </si>
   <si>
     <t>CERCAMENTO COM POSTES E ALAMBRADOS DE TODAS AS ÁREAS VERDES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3295</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3295/quirinopolis.go.leg.br_requerimento_154_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3295/quirinopolis.go.leg.br_requerimento_154_2023.pdf</t>
   </si>
   <si>
     <t>Implantação de Redutor de Velocidade na Rua João Gonçalves do Couto – Jardim Vitória, nas proximidades da Igreja Assembleia de Deus.</t>
   </si>
   <si>
     <t>3297</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3297/quirinopolis.go.leg.br_requerimento_155_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3297/quirinopolis.go.leg.br_requerimento_155_2023.pdf</t>
   </si>
   <si>
     <t>“REQUER QUE FAÇA RETIRADA DO PONTO DE CATRACA DOS SERVIDORES DA CÂMARA MUNICIPAL DE QUIRINÓPOLIS.”</t>
   </si>
   <si>
     <t>3303</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3303/quirinopolis.go.leg.br_requerimento_156_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3303/quirinopolis.go.leg.br_requerimento_156_2023.pdf</t>
   </si>
   <si>
     <t>REQUER DA SEJA REALIZADA A IMPLANTAÇÃO DE UMA ROTATÓRIA NA AV. RUI BARBOSA NO CRUZAMENTO COM A AV. PAULINO JOSÉ DOS SANTOS</t>
   </si>
   <si>
     <t>3304</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3304/quirinopolis.go.leg.br_requerimento_157_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3304/quirinopolis.go.leg.br_requerimento_157_2023.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA REALIZADO ESTUDO PARA IMPLANTAÇÃO DE UMA ACADÊMIA AO AR LIVRE NA PRAÇA DA UBS CHICO PRETO</t>
   </si>
   <si>
     <t>3305</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3305/quirinopolis.go.leg.br_requerimento_158_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3305/quirinopolis.go.leg.br_requerimento_158_2023.pdf</t>
   </si>
   <si>
     <t>“Requer que seja oficiado ao Prefeito Anderson de Paula e ao Secretário de Urbanismo fazer um corrimão na ponte da Rua Capelinha, Centro”.</t>
   </si>
   <si>
     <t>3306</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3306/quirinopolis.go.leg.br_requerimento_159_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3306/quirinopolis.go.leg.br_requerimento_159_2023.pdf</t>
   </si>
   <si>
     <t>“Solicita ao executivo que viabilize a construção/ paisagismo de uma praça, localizada na Igreja São Sebastião.’’</t>
   </si>
   <si>
     <t>3307</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3307/quirinopolis.go.leg.br_requerimento_160_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3307/quirinopolis.go.leg.br_requerimento_160_2023.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que realize uma obra de um Polo Esportivo e de Lazer no Estádio Bichinho Vieira</t>
   </si>
   <si>
     <t>3308</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3308/quirinopolis.go.leg.br_requerimento_161_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3308/quirinopolis.go.leg.br_requerimento_161_2023.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que disponha os maquinários para que faça a manutenção das estradas da Região do Salgado e da Região da Cachoerinha do Rio Preto</t>
   </si>
   <si>
     <t>3310</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3310/quirinopolis.go.leg.br_requerimento_162_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3310/quirinopolis.go.leg.br_requerimento_162_2023.pdf</t>
   </si>
   <si>
     <t>REQUER A CONVOCAÇÃO DOS SECRETÁRIOS MUNICIPAIS JOSIMAR ALVES BORGES, Secretário de Desenvolvimento Econômico, REALINO GONÇALVES DE QUEIROZ NETO, Secretário de Economia e Finanças e JOSÉ LUCAS RABELO MENDONÇA, Secretário de Meio Ambiente PARA COMPARECIMENTO AO PLENÁRIO, NOS MOLDES DO ARTIGO 346 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE QUIRINÓPOLIS.</t>
   </si>
   <si>
     <t>3311</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3311/quirinopolis.go.leg.br_requerimento_163_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3311/quirinopolis.go.leg.br_requerimento_163_2023.pdf</t>
   </si>
   <si>
     <t>ANEXAÇÃO DE ÁREA PÚBLICA AO CEMEI HETIELL CLAUDINO.</t>
   </si>
   <si>
     <t>3313</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3313/quirinopolis.go.leg.br_requerimento_164_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3313/quirinopolis.go.leg.br_requerimento_164_2023.pdf</t>
   </si>
   <si>
     <t>“REQUER SEJA REALIZADO ESTUDO PARA IMPLANTAÇÃO DE UMA PRAÇA PÚBLICA DEDICADA AOS CIGANOS NO BAIRRO MATA DO IPÊ”</t>
   </si>
   <si>
     <t>3314</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3314/quirinopolis.go.leg.br_requerimento_165_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3314/quirinopolis.go.leg.br_requerimento_165_2023.pdf</t>
   </si>
   <si>
     <t>“SOLICITO QUE PROCEDA Á TROCA DE LÂMPADAS NOS BAIRROS VILA ESMERADA E ALVORADA’’.</t>
   </si>
   <si>
     <t>3315</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3315/quirinopolis.go.leg.br_requerimento_166_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3315/quirinopolis.go.leg.br_requerimento_166_2023.pdf</t>
   </si>
   <si>
     <t>“SOLICITO QUE PROCEDA O REFORÇO DA SINALIZAÇÃO DE TRÂNSITO (PINTURA DOS QUEBRA-MOLAS E FAIXA DE PEDESTRE DE TODA A CIDADE, PRINCIPALMENTE NA VIA LEOCÁRDIO DE RÉIS)’’.</t>
   </si>
   <si>
     <t>3316</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3316/quirinopolis.go.leg.br_requerimento_167_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3316/quirinopolis.go.leg.br_requerimento_167_2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado recapeamento asfáltico reforçado em toda sua extensão, na Rua Das Clemencias e na Rua Chavantes</t>
   </si>
   <si>
     <t>3317</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3317/quirinopolis.go.leg.br_requerimento_168_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3317/quirinopolis.go.leg.br_requerimento_168_2023.pdf</t>
   </si>
   <si>
     <t>“REQUER QUE FAÇA REFORMA E REVITALIZAÇÃO DA PRAÇA SÃO SEBASTIÃO.”</t>
   </si>
   <si>
     <t>3318</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3318/quirinopolis.go.leg.br_requerimento_169_2023_ok.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3318/quirinopolis.go.leg.br_requerimento_169_2023_ok.pdf</t>
   </si>
   <si>
     <t>Implantação do Programa “Calçada para Todos“.</t>
   </si>
   <si>
     <t>3319</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3319/quirinopolis.go.leg.br_requerimento_170_2023_ok.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3319/quirinopolis.go.leg.br_requerimento_170_2023_ok.pdf</t>
   </si>
   <si>
     <t>Revitalização das Pistas dos Lagos Sol Poente e Parque da Liberdade.</t>
   </si>
   <si>
     <t>3320</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3320/quirinopolis.go.leg.br_requerimento_171_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3320/quirinopolis.go.leg.br_requerimento_171_2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE FAIXA DE PEDESTRES ELEVADA NA AVENIDA FRANCISCO ROSA DE MORAIS, POVOADO DO TOCOZINHO.</t>
   </si>
   <si>
     <t>3324</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3324/quirinopolis.go.leg.br_requerimento_172_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3324/quirinopolis.go.leg.br_requerimento_172_2023.pdf</t>
   </si>
   <si>
     <t>“SOLICITO CONSTRUÇÃO DE PROTEÇÃO EM FORMA DE ALAMBRADO NAS PARTES MAIS PROFUNDAS DO LAGO SOL POENTE, ONDE ESTÃO AS DUAS PONTES LOCALIZADAS NA PISTA’’.</t>
   </si>
   <si>
     <t>3325</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3325/quirinopolis.go.leg.br_requerimento_173_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3325/quirinopolis.go.leg.br_requerimento_173_2023.pdf</t>
   </si>
   <si>
     <t>"Requer que seja oficiado ao Prefeito Anderson de Paula e ao Secretário de Urbanismo Urbanismo refazer a mão dupla da Rua Capelinha da Avenida Brasil até a Avenida Cândido de Moraes."</t>
   </si>
   <si>
     <t>3326</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3326/quirinopolis.go.leg.br_requerimento_174_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3326/quirinopolis.go.leg.br_requerimento_174_2023.pdf</t>
   </si>
   <si>
     <t>“REQUER QUE FAÇA REFORMA, REVITALIZAÇÃO E INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NA PRAÇA DA VILA PROMISSÃO.”</t>
   </si>
   <si>
     <t>3327</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3327/quirinopolis.go.leg.br_requerimento_175_20223.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3327/quirinopolis.go.leg.br_requerimento_175_20223.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REALIZADO O RECAPEAMENTO_x000D_
 DA MALHA ASFÁLTICA DOS BAIRROS, FLAMBOYANT E JOAQUIM QUIRINO</t>
   </si>
   <si>
     <t>3328</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3328/quirinopolis.go.leg.br_requerimento_176_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3328/quirinopolis.go.leg.br_requerimento_176_2023.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REALIZADO CONCUSO PUBLICO PARA AS DEMAIS AREAS NO MUNICIPIO DE QUIRINOPOLIS</t>
   </si>
   <si>
     <t>3329</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3329/quirinopolis.go.leg.br_requerimento_177_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3329/quirinopolis.go.leg.br_requerimento_177_2023.pdf</t>
   </si>
   <si>
     <t>Solicita a listagem dos atletas contemplados no Projeto de Lei 3.473/22, que dispõe sobre a Bolsa Atleta.</t>
   </si>
   <si>
     <t>3332</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3332/requerimento_178.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3332/requerimento_178.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BANHEIROS NA PRAÇA AIROSA PARREIRA.</t>
   </si>
   <si>
     <t>3333</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3333/requerimento_179.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3333/requerimento_179.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO NO ESTACIONAMENTO DO ELDORADO TÊNIS CLUBE.</t>
   </si>
   <si>
     <t>3334</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3334/requerimento_180.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3334/requerimento_180.pdf</t>
   </si>
   <si>
     <t>“Requer que seja oficiado ao Prefeito Anderson de Paula e ao Secretário de Educação a providência de mais salas de aulas em todos os CMEI’S da cidade.”</t>
   </si>
   <si>
     <t>3344</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3344/quirinopolis.go.leg.br_requerimento_181_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3344/quirinopolis.go.leg.br_requerimento_181_2023.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO SR. ANDERSON DE PAULA PARA QUE INTERVENHA JUNTO AO GOVERNO DO ESTADO SOLICITANDO A REFORMA DO ESTÁDIO BICHINHO VIEIRA</t>
   </si>
   <si>
     <t>3345</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3345/quirinopolis.go.leg.br_requerimento_182_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3345/quirinopolis.go.leg.br_requerimento_182_2023.pdf</t>
   </si>
   <si>
     <t>“REQUER DA SEJA VIABILIZADO O ESTUDO PARA INSTALAÇÃO DE UM SEMÁFORO NA AV. BRASIL CRUZAMENTO COM A AV. SUMARÉ PRÓXIMO À SALA DE VELÓRIO MUNICIPAL”</t>
   </si>
   <si>
     <t>3346</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3346/quirinopolis.go.leg.br_requerimento_183_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3346/quirinopolis.go.leg.br_requerimento_183_2023.pdf</t>
   </si>
   <si>
     <t>“REQUER QUE FAÇA ALTERAÇÃO PARA MÃO ÚNICA DE DIREÇÃO, A PRIMEIRA TRAVESSA E A RUA 06, EM SENTIDO A RUA MARIA ABADIA DE SOUZA, NO SETOR HÉLIO LEÃO.”</t>
   </si>
   <si>
     <t>3347</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3347/quirinopolis.go.leg.br_requerimento_184_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3347/quirinopolis.go.leg.br_requerimento_184_2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ÁREA INFANTIL E ACADEMIA AO AR LIVRE NA PRAÇA DO BAIRRO PORTAL DO LAGO.</t>
   </si>
   <si>
     <t>3351</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3351/quirinopolis.go.leg.br_requerimento_185_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3351/quirinopolis.go.leg.br_requerimento_185_2023.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE REDUTOR DE VELOCIDADE NA AVENIDA RUI BARBOSA, PRÉVIO À CURVA DO CÓRREGO CLÊMENCIAS</t>
   </si>
   <si>
     <t>3352</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3352/quirinopolis.go.leg.br_requerimento_186_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3352/quirinopolis.go.leg.br_requerimento_186_2023.pdf</t>
   </si>
   <si>
     <t>“SOLICITO AO EXECUTIVO QUE VIABILIZE JUNTO AO SETOR COMPETENTE QUE SEJA REALIZADO A CANALIZAÇÃO DO CÓRREGO CRUZEIRO. ”</t>
   </si>
   <si>
     <t>3353</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3353/quirinopolis.go.leg.br_requerimento_187_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3353/quirinopolis.go.leg.br_requerimento_187_2023.pdf</t>
   </si>
   <si>
     <t>“SOLICITO AO EXECUTIVO QUE VIABILIZE  A CONSTRUÇÃO DE UMA PRAÇA NO BAIRRO JOAQUIM QUIRINO ”</t>
   </si>
   <si>
     <t>3354</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3354/requerimento_188.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3354/requerimento_188.pdf</t>
   </si>
   <si>
     <t>“Requer que seja viabilizado a construção de um Quebra-molas, na avenida brasil, em frente à internet 10, nos dois sentidos, também próximo ao Salão de Velório Municipal e também a reconstrução do Quebra-molas em frente o Instituto Renascer”.</t>
   </si>
   <si>
     <t>3355</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3355/requerimento_189.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3355/requerimento_189.pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizado a implantação de um posto de atendimento de urgência no serviço de odontologia no período noturno do Hospital Municipal de _x000D_
 Quirinópolis</t>
   </si>
   <si>
     <t>3356</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3356/requerimento_190.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3356/requerimento_190.pdf</t>
   </si>
   <si>
     <t>Requer atendimento imediato com um profissional da pediatria para todas as crianças que necessitam de atendimento na urgência do Hospital Municipal de Quirinópolis</t>
   </si>
   <si>
     <t>3358</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3358/quirinopolis.go.leg.br_requerimento_191_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3358/quirinopolis.go.leg.br_requerimento_191_2023.pdf</t>
   </si>
   <si>
     <t>"Requer que seja oficiado Presidente da SMT, para que faça a pintura e a sinalização dos quebra- molas assim que finalizar o recapeamento.”</t>
   </si>
   <si>
     <t>3360</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3360/requerimento_192.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3360/requerimento_192.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE VIABILIZE  A CONSTRUÇÃO DE UMA ACADEMIA AO AR LIVRE NA FEIRA COBERTA”</t>
   </si>
   <si>
     <t>3361</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3361/requerimento_193.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3361/requerimento_193.pdf</t>
   </si>
   <si>
     <t>Requer a disponibilização de uma sala no hospital municipal para funcionamento de uma farmácia remota para atender os pacientes da urgência no período noturno, sábado, domingos e feriados.</t>
   </si>
   <si>
     <t>3362</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3362/requerimento_194.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3362/requerimento_194.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NA ILUMINAÇÃO PÚBLICA DO POVOADO DE DENISLÓPOLIS</t>
   </si>
   <si>
     <t>3363</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3363/requerimento_195.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3363/requerimento_195.pdf</t>
   </si>
   <si>
     <t>“REQUER SEJA REALIZADO ESTUDO PARA IMPLANTAÇÃO DE UM PARQUE INFANTIL NA PRAÇA DA RODOVIÁRIA”</t>
   </si>
   <si>
     <t>3364</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3364/requerimento_196.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3364/requerimento_196.pdf</t>
   </si>
   <si>
     <t>3366</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3366/quirinopolis.go.leg.br_requerimento_197_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3366/quirinopolis.go.leg.br_requerimento_197_2023.pdf</t>
   </si>
   <si>
     <t>“SOLICITO AO EXECUTIVO QUE VIABILIZE  A INSTALAÇÃO DE UM BEBEDOURO DE ÁGUA GELADA NA FEIRA COBERTA ”</t>
   </si>
   <si>
     <t>3367</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3367/quirinopolis.go.leg.br_requerimento_198_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3367/quirinopolis.go.leg.br_requerimento_198_2023.pdf</t>
   </si>
   <si>
     <t>“SOLICITO AO PODER EXECUTIVO QUE SEJA VIABILIZADO UM ESTUDO PARA IMPLANTAÇÃO DE UM BEBEDOURO E TORNEIRAS NO ATERRO SANITÁRIO DO MUNICÍPIO’’.</t>
   </si>
   <si>
     <t>3368</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>OSCAR JÚNIOR, ALEX DA FARMÁCIA, ANDREA ENFERMEIRA, CASSIM DA USINA, CLEILTON RESENDE, FERNANDO NOVAIS, GUSTAVO MOURÃO, MARQUINHO DA CASA DE APOIO, NUBIA THEODORO, PAULINHO DA USINA, RENATO RIBEIRO, ROMISDETE, WELINGTON FAUSTINO (Veredor afastado)</t>
-[...2 lines deleted...]
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3368/quirinopolis.go.leg.br_requerimento_199_2023.pdf</t>
+    <t>OSCAR JÚNIOR, ALEX DA FARMÁCIA, ANDREA ENFERMEIRA, CASSIM DA USINA, CLEILTON RESENDE, FERNANDO NOVAIS, GUSTAVO MOURÃO (em memória), MARQUINHO DA CASA DE APOIO, NUBIA THEODORO, PAULINHO DA USINA, RENATO RIBEIRO, ROMISDETE, WELINGTON FAUSTINO (Veredor afastado)</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3368/quirinopolis.go.leg.br_requerimento_199_2023.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora envio de moção de apoio ao Congresso Nacional, em face da tentativa de legalização do aborto por meio da ADPF 442, a fim de garantir as prerrogativas constitucionais e republicanas das competências do Poder Legislativo e de se evitar um possível ativismo judicial por parte do Supremo Tribunal Federal.</t>
   </si>
   <si>
     <t>3370</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3370/quirinopolis.go.leg.br_requerimento_200_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3370/quirinopolis.go.leg.br_requerimento_200_2023.pdf</t>
   </si>
   <si>
     <t>“Requer que seja oficiado ao Secretário de Saúde Jader, a contratação de um neuropediatra para atendimento no município.”</t>
   </si>
   <si>
     <t>3371</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3371/quirinopolis.go.leg.br_requerimento_no_201.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3371/quirinopolis.go.leg.br_requerimento_no_201.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito recuperação das estradas vicinais e estradas mestres das regiões do Jacaré e Pedra Lisa da zona rural de Quirinópolis-Go.</t>
   </si>
   <si>
     <t>3372</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3372/quirinopolis.go.leg.br_requerimento_no_202.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3372/quirinopolis.go.leg.br_requerimento_no_202.pdf</t>
   </si>
   <si>
     <t>“REQUER QUE FAÇA ESTUDO PARA IMPLANTAÇÃO DE UMA PRAÇA COM PARQUE INFANTIL PARA AS CRIANÇAS NO BAIRRO BOM JESUS.”</t>
   </si>
   <si>
     <t>3373</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3373/quirinopolis.go.leg.br_requerimento_no_203.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3373/quirinopolis.go.leg.br_requerimento_no_203.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO A CRIAÇÃO E IMPLANTAÇÃO DO ‘CARTÃO VERDE’</t>
   </si>
   <si>
     <t>3374</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3374/quirinopolis.go.leg.br_requerimento_no_204.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3374/quirinopolis.go.leg.br_requerimento_no_204.pdf</t>
   </si>
   <si>
     <t>“Requer que seja viabilizado serviço de sinalização asfáltica na GO-206, que liga o município de Quirinópolis a Caçu”.</t>
   </si>
   <si>
     <t>3375</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3375/requerimento_n0_205_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3375/requerimento_n0_205_2023.pdf</t>
   </si>
   <si>
     <t>“SOLICITO AO PODER EXECUTIVO UM ESTUDO PARA IMPLANTAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA, 01, ESQ; COM A RUA: GERSON FURQUIM, BAIRRO: ELDORADO’’.</t>
   </si>
   <si>
     <t>3377</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3377/quirinopolis.go.leg.br_requerimento_no_206.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3377/quirinopolis.go.leg.br_requerimento_no_206.pdf</t>
   </si>
   <si>
     <t>“SOLICITO AO PODER EXECUTIVO UM ESTUDO PARA IMPLANTAÇÃO DE REDUTORES DE VELOCIDADES NA AVENIDA GARIBALDI TEIXEIRA, SENTIDO BAIRRO SÃO FRANCISCO’’.</t>
   </si>
   <si>
     <t>3378</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3378/quirinopolis.go.leg.br_requerimento_no_207.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3378/quirinopolis.go.leg.br_requerimento_no_207.pdf</t>
   </si>
   <si>
     <t>“REQUER QUE FAÇA MANUTENÇÃO NO CAMPO DE GRAMA DO COLÉGIO ESTADUAL DR. ONÉRIO PEREIRA VIEIRA.”</t>
   </si>
   <si>
     <t>3379</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3379/quirinopolis.go.leg.br_requerimento_no_208_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3379/quirinopolis.go.leg.br_requerimento_no_208_de_2023.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que encaminhe o Projeto dos Efetivos para a Câmara Municipal.</t>
   </si>
   <si>
     <t>3380</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3380/requerimento_209_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3380/requerimento_209_2023.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Executivo para que encaminhe o Projeto de Restruturação do plano de cargos e salários dos servidores efetivos.</t>
   </si>
   <si>
     <t>3381</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3381/quirinopolis.go.leg.br_requerimento_no_210.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3381/quirinopolis.go.leg.br_requerimento_no_210.pdf</t>
   </si>
   <si>
     <t>Requer que seja instalado redutor de velocidade com faixa elevada na Av. Dom I bairro Centro em frente a quadra da Escola Municipal Militarizada Canaã</t>
   </si>
   <si>
     <t>3382</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3382/quirinopolis.go.leg.br_requerimento_no_211.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3382/quirinopolis.go.leg.br_requerimento_no_211.pdf</t>
   </si>
   <si>
     <t>INTENSIFICAÇÃO DA LIMPEZA E DESOBSTRUÇÃO DE BUEIROS NO BAIRRO SANTANA</t>
   </si>
   <si>
     <t>3383</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3383/quirinopolis.go.leg.br_requerimento_no_212.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3383/quirinopolis.go.leg.br_requerimento_no_212.pdf</t>
   </si>
   <si>
     <t>“SOLICITA DA EMPRESA INOVARTE SERVIÇOS LTDA, QUE NÃO OCORRA MAIS ATRASOS NA EFETIVAÇÃO DO PAGAMENTO DO VALE REFEIÇÃO AOS SEUS FUNCIONÁRIOS”</t>
   </si>
   <si>
     <t>3386</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3386/quirinopolis.go.leg.br_requerimento_no_213.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3386/quirinopolis.go.leg.br_requerimento_no_213.pdf</t>
   </si>
   <si>
     <t>"Requer que seja oficiado ao Secretário de Urbanismo que faça a revitalização e reforma da Praça do Melado e o conserto da fonte de água".</t>
   </si>
   <si>
     <t>3387</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3387/quirinopolis.go.leg.br_requerimento_no_214.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3387/quirinopolis.go.leg.br_requerimento_no_214.pdf</t>
   </si>
   <si>
     <t>“Requer que seja oficiado ao Secretário de Saúde Jader, que faça uma cobertura na recepção do raio-x na UAS.”</t>
   </si>
   <si>
     <t>3388</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3388/quirinopolis.go.leg.br_requerimento_no_215.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3388/quirinopolis.go.leg.br_requerimento_no_215.pdf</t>
   </si>
   <si>
     <t>REQUER QUE O EXECUTIVO MUNICIPAL SUBSTITUA A ENTREGA DA CESTA NATALINA PELA CONCESSÃO DE GRATIFICAÇÃO NATALINA PARA OS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>3389</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3389/quirinopolis.go.leg.br_requerimento_no_216.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3389/quirinopolis.go.leg.br_requerimento_no_216.pdf</t>
   </si>
   <si>
     <t>REQUER A CONVOCAÇÃO DOS REPRESENTANTES DA EQUATORIAL GOIÁS PARA DAR EXPLICAÇÕES SOBRE AS CONSTANTES QUEDAS DE ENERGIA EM QUIRINÓPOLIS.</t>
   </si>
   <si>
     <t>3390</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3390/quirinopolis.go.leg.br_requerimento_no_217.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3390/quirinopolis.go.leg.br_requerimento_no_217.pdf</t>
   </si>
   <si>
     <t>SOLICITA REFORMA COMPLETA NO PRÉDIO DO ATERRO SANITÁRIO.</t>
   </si>
   <si>
     <t>3391</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3391/quirinopolis.go.leg.br_requerimento_no_218.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3391/quirinopolis.go.leg.br_requerimento_no_218.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Executivo a inclusão dos motoristas do Transporte Escolar na do-ação de cestas básicas natalinas.</t>
   </si>
   <si>
     <t>3394</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3394/quirinopolis.go.leg.br_requerimento_no_219.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3394/quirinopolis.go.leg.br_requerimento_no_219.pdf</t>
   </si>
   <si>
     <t>”Solicitando ao Executivo para a disponibilização do transporte público durante o feriado de finados.”</t>
   </si>
   <si>
     <t>3395</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3395/quirinopolis.go.leg.br_requerimento_no_220.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3395/quirinopolis.go.leg.br_requerimento_no_220.pdf</t>
   </si>
   <si>
     <t>“Requer que o município de Quirinópolis regularize os imóveis existentes no distrito de Denislópolis (Tocozinho) através do programa REURB”</t>
   </si>
   <si>
     <t>3396</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3396/quirinopolis.go.leg.br_requerimento_no_221.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3396/quirinopolis.go.leg.br_requerimento_no_221.pdf</t>
   </si>
   <si>
     <t>“Requer seja realizada a alteração para mão única da Av. Abílio de Freitas Silveira,nas proximidades do Supermercado Reis”</t>
   </si>
   <si>
     <t>3397</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3397/quirinopolis.go.leg.br_requerimento_no_222.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3397/quirinopolis.go.leg.br_requerimento_no_222.pdf</t>
   </si>
   <si>
     <t>“REQUER A COLOCAÇÃO DE UM QUEBRA-MOLAS ENTRE A RUA CONTORNO E A RUA FELICIANO MARTINS CORREA, NO BAIRRO SANTA CLARA.”</t>
   </si>
   <si>
     <t>3398</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3398/quirinopolis.go.leg.br_requerimento_no_223.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3398/quirinopolis.go.leg.br_requerimento_no_223.pdf</t>
   </si>
   <si>
     <t>Requer seja feito reparo na GO-206 estrada da zona rural de Quirinópolis-Go onde é trajeto de transporte escolar na região da Inhumas.</t>
   </si>
   <si>
     <t>3400</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3400/quirinopolis.go.leg.br_requerimento_no_224.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3400/quirinopolis.go.leg.br_requerimento_no_224.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA REALIZADO O RECAPEAMENTO DAS RUAS QUE AINDA NÃO FORAM ATENDIDAS NO BAIRRO JOAQUIM QUIRINO.</t>
   </si>
   <si>
     <t>3401</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3401/quirinopolis.go.leg.br_requerimento_no_225.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3401/quirinopolis.go.leg.br_requerimento_no_225.pdf</t>
   </si>
   <si>
     <t>SINALIZAÇÃO DE TRÂNSITO NO CRUZAMENTO DA RUA JOSÉ MELGAÇO DA FONSECA COM A RUA JÚLIO BORGES NO BAIRRO MUNICIPAL.</t>
   </si>
   <si>
     <t>3409</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3409/quirinopolis.go.leg.br_requerimento_no_226.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3409/quirinopolis.go.leg.br_requerimento_no_226.pdf</t>
   </si>
   <si>
     <t>“Requer seja realizada a alteração para mão única da Rua C-1 entre a Rua Contorno e a rua C-9 bo bairro Capelinha, nas proximidades da escola municipal Márcio Ribeiro”</t>
   </si>
   <si>
     <t>3410</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3410/quirinopolis.go.leg.br_requerimento_no_227.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3410/quirinopolis.go.leg.br_requerimento_no_227.pdf</t>
   </si>
   <si>
     <t>“Requer regularização de todos os imóveis existentes dentro do município de Quirinópolis através do programa REURB”</t>
   </si>
   <si>
     <t>3411</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3411/quirinopolis.go.leg.br_requerimento_no_228.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3411/quirinopolis.go.leg.br_requerimento_no_228.pdf</t>
   </si>
   <si>
     <t>“REQUER A CONSTRUÇÃO DE UMA ROTATÓRIA E DEVIDA SINALIZAÇÃO NA AVENIDA RUI BARBOSA COM A AVENIDA PAULINO JOSÉ DOS SANTOS NO BAIRRO HELIO LEÃO.”</t>
   </si>
   <si>
     <t>3413</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3413/quirinopolis.go.leg.br_requerimento_no_229.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3413/quirinopolis.go.leg.br_requerimento_no_229.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Executivo para a doação de cestas natalinas para a Região do Salgado.</t>
   </si>
   <si>
     <t>3415</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3415/quirinopolis.go.leg.br_requerimento_no_230.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3415/quirinopolis.go.leg.br_requerimento_no_230.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REALIZADO CONCUSO PARA AGENTE COMUNITARIO DE SAÚDE NO MUNICIPIO DE QUIRINOPOLIS, PARA SUPRIR OS BAIRROS QUE SE ENCONTRAM DESCOBERTOS POR ESSES PROFICIONAIS GARANTINDO A PREVENÇAO DE DOENÇAS E MELHORANDO A QULIDADE DE VIDA DA NOSSA POPULAÇÃO</t>
   </si>
   <si>
     <t>3416</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3416/quirinopolis.go.leg.br_requerimento_no_231.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3416/quirinopolis.go.leg.br_requerimento_no_231.pdf</t>
   </si>
   <si>
     <t>“Requer estudo para implantação de mão única na Rua 24 bairro jardim vitória, sentido CMEI Hetiell Claudino. ”</t>
   </si>
   <si>
     <t>3417</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3417/quirinopolis.go.leg.br_requerimento_no_232.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3417/quirinopolis.go.leg.br_requerimento_no_232.pdf</t>
   </si>
   <si>
     <t>Instalação de Semáforo no cruzamento da Av. Santos Dumont nas imediações do Rodolfo das Mudas/Supermercado Reis.</t>
   </si>
   <si>
     <t>3418</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3418/quirinopolis.go.leg.br_requerimento_no_233.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3418/quirinopolis.go.leg.br_requerimento_no_233.pdf</t>
   </si>
   <si>
     <t>Instalação de Antenas as Operadoras Claro, Vivo e Tim no bairro Morumbi.</t>
   </si>
   <si>
     <t>3421</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3421/quirinopolis.go.leg.br_requerimento_no_234.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3421/quirinopolis.go.leg.br_requerimento_no_234.pdf</t>
   </si>
   <si>
     <t>“REQUER SEJA REALIZADO O RECAPEAMENTO DA MALHA ASFÁLTICA NO BAIRRO ALEXANDRINA”</t>
   </si>
   <si>
     <t>3422</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3422/quirinopolis.go.leg.br_requerimento_no_235.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3422/quirinopolis.go.leg.br_requerimento_no_235.pdf</t>
   </si>
   <si>
     <t>“Requer ao executivo municipal que solicite da Equatorial um transformador exclusivo para uso do Mercadão Municipal”</t>
   </si>
   <si>
     <t>3423</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3423/quirinopolis.go.leg.br_requerimento_no_236.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3423/quirinopolis.go.leg.br_requerimento_no_236.pdf</t>
   </si>
   <si>
     <t>RECUPERAÇÃO ASFÁLTICA NA RUA APRÍGIO DE ANDRADE BAIRRO CHICO JUNQUEIRA.</t>
   </si>
   <si>
     <t>3424</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3424/quirinopolis.go.leg.br_requerimento_no_237.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3424/quirinopolis.go.leg.br_requerimento_no_237.pdf</t>
   </si>
   <si>
     <t>“REQUER A MANUTENÇÃO NAS ESTRADAS RURAIS DA REGIÃO SERRA NEGRA. “</t>
   </si>
   <si>
     <t>3425</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3425/quirinopolis.go.leg.br_requerimento_no_238.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3425/quirinopolis.go.leg.br_requerimento_no_238.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM SEMÁFORO NO CRUZAMENTO DA RUA DOMINGOS JACINTO DA LUZ COM A AVENIDA FREI JOÃO BATISTA.</t>
   </si>
   <si>
     <t>3426</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3426/quirinopolis.go.leg.br_requerimento_no_239.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3426/quirinopolis.go.leg.br_requerimento_no_239.pdf</t>
   </si>
   <si>
     <t>‘’Requer que seja pago Piso Salarial aos profissionais contratados da Enfermagem’’.</t>
   </si>
   <si>
     <t>3427</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3427/quirinopolis.go.leg.br_requerimento_no_240.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3427/quirinopolis.go.leg.br_requerimento_no_240.pdf</t>
   </si>
   <si>
     <t>“Requer que seja substituído as lâmpadas danificadas dos postes em toda cidade de Quirinópolis”</t>
   </si>
   <si>
     <t>3428</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3428/quirinopolis.go.leg.br_requerimento_no_241_a.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3428/quirinopolis.go.leg.br_requerimento_no_241_a.pdf</t>
   </si>
   <si>
     <t>REQUER REFORMA E AMPLIAÇÃO DA ESCOLA MUNICIPAL RURAL LINO GEDEÃO.</t>
   </si>
   <si>
     <t>3429</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3429/quirinopolis.go.leg.br_requerimento_no_242.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3429/quirinopolis.go.leg.br_requerimento_no_242.pdf</t>
   </si>
   <si>
     <t>LIMPEZA, HIGIENIZAÇÃO E SANITIZAÇÃO NAS IMEDIAÇÕES DO ESTÁDIO OLÍMPICO BICHINHO VIEIRA E IMPLANTAÇÃO DE UMA VILA OLÍMPICA ESPORTIVA E DE LAZER AO SEU REDOR.</t>
   </si>
   <si>
     <t>3433</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3433/quirinopolis.go.leg.br_requerimento_no_243.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3433/quirinopolis.go.leg.br_requerimento_no_243.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA REALIZADO O RECAPEAMENTO DA MALHA ASFÁLTICA NO BAIRRO TONICO BENTO</t>
   </si>
   <si>
     <t>3434</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3434/quirinopolis.go.leg.br_requerimento_no_244.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3434/quirinopolis.go.leg.br_requerimento_no_244.pdf</t>
   </si>
   <si>
     <t>“REQUER A IMPLANTAÇÃO DO SERVIÇO DE COLETA DE LIXO DOMÉSTICO E SERVIÇO DE VARRIÇÃO DE RUAS NOS BAIRROS SODINO VIEIRA, PLANALTO E PARAISO.”</t>
   </si>
   <si>
     <t>3435</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3435/quirinopolis.go.leg.br_requerimento_no_245.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3435/quirinopolis.go.leg.br_requerimento_no_245.pdf</t>
   </si>
   <si>
     <t>Requer que cumpra o piso salarial dos professores no Município de Quirinópolis.</t>
   </si>
   <si>
     <t>3436</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3436/quirinopolis.go.leg.br_requerimento_no_246.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3436/quirinopolis.go.leg.br_requerimento_no_246.pdf</t>
   </si>
   <si>
     <t>Requer aumento no número de vagas no Abrigo dos Idosos de Quirinópolis</t>
   </si>
   <si>
     <t>3441</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3441/quirinopolis.go.leg.br_requerimento_no_247.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3441/quirinopolis.go.leg.br_requerimento_no_247.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE UMA PRAÇA, COM INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE, NA ÁREA AO LADO DA UBS CHICO PRETO.</t>
   </si>
   <si>
     <t>3442</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3442/quirinopolis.go.leg.br_requerimento_no_248.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3442/quirinopolis.go.leg.br_requerimento_no_248.pdf</t>
   </si>
   <si>
     <t>REQUER A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE E REFORMA DAS QUADRAS ESPORTIVAS E BANCOS DA PRAÇA DO CIRCO.</t>
   </si>
   <si>
     <t>3443</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3443/quirinopolis.go.leg.br_requerimento_no_249.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3443/quirinopolis.go.leg.br_requerimento_no_249.pdf</t>
   </si>
   <si>
     <t>“SOLICITO QUE PROCEDA A PAVIMENTAÇÃO ASFALTICA NA RUA DAS HORTENCIAS, BAIRRO MATA DO IPE’’.</t>
   </si>
   <si>
     <t>3444</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3444/quirinopolis.go.leg.br_requerimento_no_250.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3444/quirinopolis.go.leg.br_requerimento_no_250.pdf</t>
   </si>
   <si>
     <t>“REQUER A CONSTRUÇÃO DE UMA ROTATÓRIA E DEVIDA SINALIZAÇÃO NA AVENIDA GARIBALDE TEIXEIRA COM A AVENIDA SUMARÉ (EM FRENTE AO POSTO UNIÃO).”</t>
   </si>
   <si>
     <t>3445</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3445/quirinopolis.go.leg.br_requerimento_no_251.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3445/quirinopolis.go.leg.br_requerimento_no_251.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE RECAPEAMENTO ASFÁLTICO NA RUA DO CONTORNO, EM ESPECIAL NO TRECHO ENTRE AVENIDA RUI BARBOSA E AVENIDA BRASIL.</t>
   </si>
   <si>
     <t>3462</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3462/quirinopolis.go.leg.br_requerimento_no_252.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3462/quirinopolis.go.leg.br_requerimento_no_252.pdf</t>
   </si>
   <si>
     <t>“SOLICITO AO PODER EXECULTIVO QUE PROCEDA A CONSTRUÇÃO DE UM CAMPO DE FUTEBOL SOCIETY, NO ANTIGO CAMPO DO FLAMBOYANT’’.</t>
   </si>
   <si>
     <t>3463</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3463/quirinopolis.go.leg.br_requerimento_no_253.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3463/quirinopolis.go.leg.br_requerimento_no_253.pdf</t>
   </si>
   <si>
     <t>“Solicita que seja realizado com urgência recapeamento asfáltico reforçado em toda sua extensão na Rua Ramiro Antônio de Assis, Bairro Santa Clara.</t>
   </si>
   <si>
     <t>3464</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3464/quirinopolis.go.leg.br_requerimento_no_254.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3464/quirinopolis.go.leg.br_requerimento_no_254.pdf</t>
   </si>
   <si>
     <t>“Requer disponibilização uma vez no mês do trailer da saúde para atendimento na Vila Feliz bairro Esmeralda.”</t>
   </si>
   <si>
     <t>3465</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3465/quirinopolis.go.leg.br_requerimento_no_255.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3465/quirinopolis.go.leg.br_requerimento_no_255.pdf</t>
   </si>
   <si>
     <t>Solicitando ao prefeito que faça o recapeamento total da Avenida Juscelino Kubistchek.</t>
   </si>
   <si>
     <t>3466</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3466/quirinopolis.go.leg.br_requerimento_no_256.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3466/quirinopolis.go.leg.br_requerimento_no_256.pdf</t>
   </si>
   <si>
     <t>Solicitando ao prefeito a restauração do Estádio Olímpico Bichinho Vieira e construção de praça com pista, academia e quadra.</t>
   </si>
   <si>
     <t>3467</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3467/quirinopolis.go.leg.br_requerimento_no_257.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3467/quirinopolis.go.leg.br_requerimento_no_257.pdf</t>
   </si>
   <si>
     <t>REQUER A INSTALAÇÃO DE UM POÇO ARTESIANO NO MÓDULO ESPORTIVO PEDRO DIQUINHO</t>
   </si>
   <si>
     <t>3468</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3468/quirinopolis.go.leg.br_requerimento_no_258.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3468/quirinopolis.go.leg.br_requerimento_no_258.pdf</t>
   </si>
   <si>
     <t>Solicita reforma da Unidade Básica de Saúde (UBS)-10.</t>
   </si>
   <si>
     <t>3469</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3469/quirinopolis.go.leg.br_requerimento_no_259.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3469/quirinopolis.go.leg.br_requerimento_no_259.pdf</t>
   </si>
   <si>
     <t>Implantação de Redutor de Velocidade (quebra-molas) na Rua Francisco Correia Neves na esquina com a Rua D – Vila Promissão.</t>
   </si>
   <si>
     <t>3470</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3470/quirinopolis.go.leg.br_requerimento_no_260.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3470/quirinopolis.go.leg.br_requerimento_no_260.pdf</t>
   </si>
   <si>
     <t>“REQUER QUE FAÇA A MANUTENÇÃO NAS ESTRADAS RURAIS DAS REGIÕES ROSA E ROSA ALEGRE. “</t>
   </si>
   <si>
     <t>3477</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3477/quirinopolis.go.leg.br_requerimento_no_261.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3477/quirinopolis.go.leg.br_requerimento_no_261.pdf</t>
   </si>
   <si>
     <t>“SOLICITO AO PODER EXECUTIVO UM ESTUDO PARA IMPLANTAÇÃO DE PLACAS DE SINALIZAÇÃO E FAIXA DE PEDESTRE EM TODO BAIRRO, CHICO JUNQUEIRA’’.</t>
   </si>
   <si>
     <t>3479</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3479/quirinopolis.go.leg.br_requerimento_no_262.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3479/quirinopolis.go.leg.br_requerimento_no_262.pdf</t>
   </si>
   <si>
     <t>“REQUER A VIABILIZAÇÃO DE UM ESTUDO PARA IMPLANTAÇÃO DE ADICIONAL DE INSALUBRIDADE AOS GUARDAS E RECEPCIONISTAS DO HOSPITAL MUNICIPAL.’’</t>
   </si>
   <si>
     <t>3480</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3480/quirinopolis.go.leg.br_requerimento_no_263.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3480/quirinopolis.go.leg.br_requerimento_no_263.pdf</t>
   </si>
   <si>
     <t>Solicitando ao prefeito que determine a AMTS alteração no sentido de direção</t>
   </si>
   <si>
     <t>3481</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3481/quirinopolis.go.leg.br_requerimento_no_264.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3481/quirinopolis.go.leg.br_requerimento_no_264.pdf</t>
   </si>
   <si>
     <t>“REQUER QUE FAÇA ALTERAÇÃO PARA MÃO ÚNICA DE DIREÇÃO, A TRAVESSA CONTORNO ENTRE A RUA DOS INCONFIDENTES E AVENIDA GARIBALDE TEIXEIRA NO BAIRRO SÃO FRANCISCO.”</t>
   </si>
   <si>
     <t>3482</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3482/quirinopolis.go.leg.br_requerimento_no_265.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3482/quirinopolis.go.leg.br_requerimento_no_265.pdf</t>
   </si>
   <si>
     <t>“Requer que seja providenciado um estudo técnico para construção de canaletas no trecho da Rua Joaquim Rodrigues, Jardim Vitoria.’’</t>
   </si>
   <si>
     <t>3486</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3486/quirinopolis.go.leg.br_requerimento_no_266.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3486/quirinopolis.go.leg.br_requerimento_no_266.pdf</t>
   </si>
   <si>
     <t>“REQUER A RESTAURAÇÃO E PINTURA DA IMAGEM DO CRISTO REDENTOR, IMPLANTAÇÃO DE UMA CADEMIA AO AR LIVRE E INSTALAÇÃO DE LETREIRO INDENTIFICANDO O NOME DE QUIRINOPOLIS, SITUADO À ENTRADA DA CIDADE”</t>
   </si>
   <si>
     <t>3487</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3487/quirinopolis.go.leg.br_requerimento_no_267.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3487/quirinopolis.go.leg.br_requerimento_no_267.pdf</t>
   </si>
   <si>
     <t>“Requer aumento no número de vagas no Abrigo dos Idosos de Quirinópolis. ”</t>
   </si>
   <si>
     <t>3489</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3489/quirinopolis.go.leg.br_requerimento_no_268.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3489/quirinopolis.go.leg.br_requerimento_no_268.pdf</t>
   </si>
   <si>
     <t>Solicitando ao prefeito a construção de uma praça com academia ao ar livre na Capela São Sebastião</t>
   </si>
   <si>
     <t>3490</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3490/quirinopolis.go.leg.br_requerimento_no_269.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3490/quirinopolis.go.leg.br_requerimento_no_269.pdf</t>
   </si>
   <si>
     <t>“Requer que seja feita a reforma da Capela São Vicente de Paula, no Bairro Flamboyant, e que seja feito uma praça no local, próximo à Capela.”</t>
   </si>
   <si>
     <t>3491</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3491/quirinopolis.go.leg.br_requerimento_no_270.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3491/quirinopolis.go.leg.br_requerimento_no_270.pdf</t>
   </si>
   <si>
     <t>“Requer que conceda o pagamento de insalubridade para todos os funcionários da Casa de Apoio.”</t>
   </si>
   <si>
     <t>3492</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3492/quirinopolis.go.leg.br_requerimento_no_271.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3492/quirinopolis.go.leg.br_requerimento_no_271.pdf</t>
   </si>
   <si>
     <t>“REQUER QUE FAÇA A MANUTENÇÃO NAS ESTRADAS RURAIS DAS REGIÕES DOURADINHO E BOM JARDIM. “</t>
   </si>
   <si>
     <t>3493</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3493/quirinopolis.go.leg.br_requerimento_no_272.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3493/quirinopolis.go.leg.br_requerimento_no_272.pdf</t>
   </si>
   <si>
     <t>“CONCESSÃO DE CESTAS NATALINAS AOS COLABORADORES CONTRATADOS DA PREFEITURA E AOS APOSENTADOS DA QUIPREV ”</t>
   </si>
   <si>
     <t>3494</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3494/quirinopolis.go.leg.br_requerimento_no_273.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3494/quirinopolis.go.leg.br_requerimento_no_273.pdf</t>
   </si>
   <si>
     <t>“Requer que seja providenciado a restauração e a reinauguração do Museu Municipal de Quirinópolis. ”</t>
   </si>
   <si>
     <t>3495</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3495/quirinopolis.go.leg.br_requerimento_no_274.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3495/quirinopolis.go.leg.br_requerimento_no_274.pdf</t>
   </si>
   <si>
     <t>“SOLICITO AO PODER EXECUTIVO QUE PROCEDA A CONSTRUÇÃO DE UMA PRAÇA PUBLICA AO LADO DA CAPELA SÃO SEBASTIÃO’’.</t>
   </si>
   <si>
     <t>3496</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3496/quirinopolis.go.leg.br_requerimento_no_275.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3496/quirinopolis.go.leg.br_requerimento_no_275.pdf</t>
   </si>
   <si>
     <t>“SOLICITO QUE PROCEDA O RECAPEAMENTO ASFÁLTICO NA RUA 06, BAIRRO ALVORADA’’.</t>
   </si>
   <si>
     <t>3497</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3497/quirinopolis.go.leg.br_requerimento_no_276.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3497/quirinopolis.go.leg.br_requerimento_no_276.pdf</t>
   </si>
   <si>
     <t>3498</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3498/quirinopolis.go.leg.br_requerimento_no_277.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3498/quirinopolis.go.leg.br_requerimento_no_277.pdf</t>
   </si>
   <si>
     <t>RESTABELECIMENTO DE ÁGUA E ENERGIA E MELHORIAS NA INFRAESTRUTURA DO ESTÁDIO BICHINHO VIEIRA.</t>
   </si>
   <si>
     <t>3500</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3500/www.quirinopolis.go.leg.br_requerimento_no_278_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3500/www.quirinopolis.go.leg.br_requerimento_no_278_de_2023.pdf</t>
   </si>
   <si>
     <t>“SOLICITO AO PODER EXECUTIVO UM ESTUDO PARA IMPLANTAÇÃO DE PLACAS DE SINALIZAÇÃO E FAIXA DE PEDESTRE EM TODO BAIRRO, ALVORADA’’.</t>
   </si>
   <si>
     <t>3501</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3501/www.quirinopolis.go.leg.br_requerimento_no_279.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3501/www.quirinopolis.go.leg.br_requerimento_no_279.pdf</t>
   </si>
   <si>
     <t>REQUER QUE FAÇA REFORMA, REVITALIZAÇÃO E INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NA PRAÇA DA VILA PARREIRA.</t>
   </si>
   <si>
     <t>3502</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3502/www.quirinopolis.go.leg.br_requerimento_no_280.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3502/www.quirinopolis.go.leg.br_requerimento_no_280.pdf</t>
   </si>
   <si>
     <t>“Requer construção de mais CMEI’S em nossa cidade. ”</t>
   </si>
   <si>
     <t>3503</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3503/www.quirinopolis.go.leg.br_requerimento_no_281.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3503/www.quirinopolis.go.leg.br_requerimento_no_281.pdf</t>
   </si>
   <si>
     <t>“REQUER A IMPLANTAÇÃO DO SERVIÇO DE COLETA DE LIXO DOMÉSTICO (LIMPEZA E RETIRADA) DIARIAMENTE NO MUNICÍPIO.”</t>
   </si>
   <si>
     <t>3509</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3509/quirinopolis.go.leg.br_requerimento_no_282.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3509/quirinopolis.go.leg.br_requerimento_no_282.pdf</t>
   </si>
   <si>
     <t>Solicitando ao prefeito a limpeza do Córrego Cruzeiro da Rua Herculano Costa com a Avenida José Quintiliano Leão</t>
   </si>
   <si>
     <t>3510</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3510/quirinopolis.go.leg.br_requerimento_no_283.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3510/quirinopolis.go.leg.br_requerimento_no_283.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um estacionamento na calçada da Escola Municipal Militarizada Canaã na Avenida Santos Dumont.</t>
   </si>
   <si>
     <t>3512</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3512/quirinopolis.go.leg.br_requerimento_no_284.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3512/quirinopolis.go.leg.br_requerimento_no_284.pdf</t>
   </si>
   <si>
     <t>“REQUER SEJA REALIZADO ESTUDO PARA IMPLANTAÇÃO DE GALERIAS PLUVIAIS NA BAIXADA DO BAIRRO ALVORADA E NO BAIRRO CHICO JUNQUEIRA”</t>
   </si>
   <si>
     <t>3513</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3513/quirinopolis.go.leg.br_requerimento_no_285.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3513/quirinopolis.go.leg.br_requerimento_no_285.pdf</t>
   </si>
   <si>
     <t>“REQUER SEJA REALIZADA A LIMPEZA E RETIRADA DOS AGUAPÉS NO LAGO PRÓXIMO AO LAGO SOL POENTE”</t>
   </si>
   <si>
     <t>3514</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3514/quirinopolis.go.leg.br_requerimento_no_286.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3514/quirinopolis.go.leg.br_requerimento_no_286.pdf</t>
   </si>
   <si>
     <t>TAPA BURACOS E RECAPEAMENTO NA RUA JOSÉ MELGAÇO DA FONSECA NO TRECHO ENTRE OS BAIRROS MUNICIPAL E SANTA CLARA.</t>
   </si>
   <si>
     <t>3534</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3534/quirinopolis.go.leg.br_requerimento_no_287.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3534/quirinopolis.go.leg.br_requerimento_no_287.pdf</t>
   </si>
   <si>
     <t>“REQUER A INSTALAÇÃO DE UMA TORRE/ANTENA DE TELEFONIA CELULAR NO BAIRRO VIENA E ATENAS.”</t>
   </si>
   <si>
     <t>3536</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3536/quirinopolis.go.leg.br_requerimento_no_288.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3536/quirinopolis.go.leg.br_requerimento_no_288.pdf</t>
   </si>
   <si>
     <t>“REQUER A DOAÇÃO DE CESTAS BÁSICAS À TODOS OS SERVIDORES DA CÂMARA MUNICIPAL DE QUIRINÓPOLIS”</t>
   </si>
   <si>
     <t>3572</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3572/quirinopolis.go.leg.br_requerimento_no_289.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3572/quirinopolis.go.leg.br_requerimento_no_289.pdf</t>
   </si>
   <si>
     <t>“REQUER A IMPLANTAÇÃO DE UM LAR DE PASSAGEM (PÓS OPERATÓRIO PARA OS ANIMAIS CASTRADOS ESTERILIZADOS NO CASTRA MÓVEL) NO BOSQUE MUNICIPAL PARA OS ANIMAIS DE RUA”.</t>
   </si>
   <si>
     <t>3574</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3574/quirinopolis.go.leg.br_requerimento_no_290.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3574/quirinopolis.go.leg.br_requerimento_no_290.pdf</t>
   </si>
   <si>
     <t>Solicita melhorias no Mercado Municipal Dona Petronilha, tais como: Instalação de um Transformador de Energia Exclusivo para o Mercadão, posteriormente Implantação de um Sistema de Climatização e aquisição e introdução de um moderno sistema de audiovisual.</t>
   </si>
   <si>
     <t>3576</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3576/quirinopolis.go.leg.br_requerimento_no_291.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3576/quirinopolis.go.leg.br_requerimento_no_291.pdf</t>
   </si>
   <si>
     <t>“REQUER QUE FAÇA PINTURA E REMARCAÇÃO DE FAIXA “PARE” E COLOCAÇÃO DE PLACAS INDICATIVAS EM TODO SETOR ALVORADA E ALPHAVILLE”.</t>
   </si>
   <si>
     <t>3577</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3577/quirinopolis.go.leg.br_requerimento_no_292.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3577/quirinopolis.go.leg.br_requerimento_no_292.pdf</t>
   </si>
   <si>
     <t>“SOLICITO QUE PROCEDA O RECAPEAMENTO ASFÁLTICO NA AVENIDA JOSÉ QUERINO CARDOSO, SETOR CENTRAL’’.</t>
   </si>
   <si>
     <t>3027</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3027/quirinopolis.go.leg.br_mocao_01.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3027/quirinopolis.go.leg.br_mocao_01.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos parabenizando o Sr. Nubyano  Nascimento Pereira pelos serviços que prestou como Superintendente de Assessoria do Desporto e Lazer e atualmente como Diretor dos Projetos Esportivos.</t>
   </si>
   <si>
     <t>3028</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3028/quirinopolis.go.leg.br_mocao_02.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3028/quirinopolis.go.leg.br_mocao_02.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao sr. CLEIBER BORGES LIMA em reconhecimento dos seus relevantes serviços prestados em nosso município de Quirinópolis</t>
   </si>
   <si>
     <t>3029</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3029/quirinopolis.go.leg.br_mocao_03.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3029/quirinopolis.go.leg.br_mocao_03.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E ATO DE HEROISMO  A JUAREZ SANTOS FREITAS</t>
   </si>
   <si>
     <t>3072</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3072/quirinopolis.go.leg.br_mocao_04.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3072/quirinopolis.go.leg.br_mocao_04.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos parabenizando o Professor Dr. Roberto Barcelos Souza, coordenador da Universidade Estadual de Goias, câmpus sudoeste sede Quirinópolis, pela implantação do curso de graduação em agronomia e mestrado em ambiente e sociedade.</t>
   </si>
   <si>
     <t>3073</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3073/quirinopolis.go.leg.br_mocao_05.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3073/quirinopolis.go.leg.br_mocao_05.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a sra. ALINE DE OLIVEIRA MENDES</t>
   </si>
   <si>
     <t>3074</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3074/quirinopolis.go.leg.br_mocao_06.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3074/quirinopolis.go.leg.br_mocao_06.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a sra. DAIANE RIBEIRO ARANTES</t>
   </si>
   <si>
     <t>3075</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3075/quirinopolis.go.leg.br_mocao_07.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3075/quirinopolis.go.leg.br_mocao_07.pdf</t>
   </si>
   <si>
     <t>“Moção de Pesar aos familiares de Eny Maria da Conceição.”</t>
   </si>
   <si>
     <t>3076</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3076/quirinopolis.go.leg.br_mocao_08_2023pdf.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3076/quirinopolis.go.leg.br_mocao_08_2023pdf.pdf</t>
   </si>
   <si>
     <t>“MOÇÃO DE CONGRATULAÇÃO AO BOMBEIRO DONATO OLIVEIRA LIMA”</t>
   </si>
   <si>
     <t>3084</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3084/quirinopolis.go.leg.br_mocao_09_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3084/quirinopolis.go.leg.br_mocao_09_2023.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à Assessora Parlamentar Camila Bernardes pelos relevantes serviços prestados a está Casa de Leis</t>
   </si>
   <si>
     <t>3096</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3096/quirinopolis.go.leg.br_mocao_10_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3096/quirinopolis.go.leg.br_mocao_10_2023.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS: Ao homenageado jornalista e locutor RODRIGGO SOUZA</t>
   </si>
   <si>
     <t>3113</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3113/quirinopolis.go.leg.br_mocao_11_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3113/quirinopolis.go.leg.br_mocao_11_2023.pdf</t>
   </si>
   <si>
     <t>Moção dia das mulheres</t>
   </si>
   <si>
     <t>3114</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3114/quirinopolis.go.leg.br_mocao_12_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3114/quirinopolis.go.leg.br_mocao_12_2023.pdf</t>
   </si>
   <si>
     <t>“MOÇÃO DE CONGRATULAÇÃO E APLAUSOS A TEREZINHA FRANCISCA DE MEDEIROS”</t>
   </si>
   <si>
     <t>3115</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3115/quirinopolis.go.leg.br_mocao_13_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3115/quirinopolis.go.leg.br_mocao_13_2023.pdf</t>
   </si>
   <si>
     <t>Nesta especial, 08 de março, comemoramos com louvor o Dia Internacional da Mulher, portanto nessa data especial queremos congratular a todas as mulheres.</t>
   </si>
   <si>
     <t>3118</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3118/mocao_14.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3118/mocao_14.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao sr. ADOLFO FERREIRA DA SILVA JUNIOR em reconhecimento dos seus relevantes serviços prestados em nosso município de Quirinópolis</t>
   </si>
   <si>
     <t>3121</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3121/quirinopolis.go.leg.br_mocao_15_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3121/quirinopolis.go.leg.br_mocao_15_2023.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a sra. RAQUEL ALINE DE OLIVEIRA</t>
   </si>
   <si>
     <t>3126</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3126/quirinopolis.go.leg.br_mocao_16_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3126/quirinopolis.go.leg.br_mocao_16_2023.pdf</t>
   </si>
   <si>
     <t>“MOÇÃO DE CONGRATULAÇÃO E APLAUSOS A ALESSANDRO CÂNDIDO (BOLINHA), MARCOS PAULO DE OLIVEIRA, VANDO ROSA DO NASCIMENTO, JOÃO ELIAS CÂNDIDO FERREIRA E SOUZA MATOS”</t>
   </si>
   <si>
     <t>3127</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3127/quirinopolis.go.leg.br_mocao_17.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3127/quirinopolis.go.leg.br_mocao_17.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO SINDICATO DOS AGENTES COMUNITÁRIOS DE SAÚDE E AGENTES DE COMBATE ÀS ENDEMIAS DO ESTADO DE GOIÁS</t>
   </si>
   <si>
     <t>3132</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3132/quirinopolis.go.leg.br_mocao_18_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3132/quirinopolis.go.leg.br_mocao_18_2023.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a sra. MARCIA FERREIRA DE AZEVEDO ( Marcia do Samu)</t>
   </si>
   <si>
     <t>3133</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3133/quirinopolis.go.leg.br_mocao_19_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3133/quirinopolis.go.leg.br_mocao_19_2023.pdf</t>
   </si>
   <si>
     <t>”MOÇÃO DE APLAUSOS A ROSIANE MARIA DA SILVA.”</t>
   </si>
   <si>
     <t>3134</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3134/quirinopolis.go.leg.br_mocao_20_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3134/quirinopolis.go.leg.br_mocao_20_2023.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ao Médico Dr. Wagner Rocha Perfeito.</t>
   </si>
   <si>
     <t>3153</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3153/mocao_de_pesar.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3153/mocao_de_pesar.pdf</t>
   </si>
   <si>
     <t>QUIRINÓPOLIS está de LUTO pela perda do meu grande amigo Rosário Messias dos Santos, conhecido como "Zé Baiano", falecido no dia 09/04/2023, por quem tinha um carinho enorme.""</t>
   </si>
   <si>
     <t>3178</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3178/quirinopolis.go.leg.br_mocao_22_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3178/quirinopolis.go.leg.br_mocao_22_2023.pdf</t>
   </si>
   <si>
     <t>O programa “Escola Mais Segura” da 12ª CIPM, vem sendo desenvolvido com muito êxito em nossa cidade, proporcionando mais segurança nas unidades escolares.</t>
   </si>
   <si>
     <t>3196</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3196/quirinopolis.go.leg.br_mocao_no_23_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3196/quirinopolis.go.leg.br_mocao_no_23_de_2023.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À SENHORA CRISTINA FERREIRA PINHEIRO, PELO RELEVANTE TRABALHO VOLUNTÁRIO REALIZADO EM FAVOR DAS FAMÍLIAS DE QUIRINÓPOLIS.</t>
   </si>
   <si>
     <t>3197</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3197/quirinopolis.go.leg.br_mocao_no_24_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3197/quirinopolis.go.leg.br_mocao_no_24_de_2023.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SEGUNDO SARGENTO PM BEICKER SILVA SANTANA, PELO RELEVANTE TRABALHO VOLUNTÁRIO REALIZADO EM FAVOR DAS CRIANÇAS E ADOLESCENTES DE QUIRINÓPOLIS.</t>
   </si>
   <si>
     <t>3203</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3203/quirinopolis.go.leg.br_mocao_no_25_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3203/quirinopolis.go.leg.br_mocao_no_25_de_2023.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos parabenizando o Sr. Onério Batista Mendes Júnior pelos serviços que presta como assessor de comunicação na Superintendência de Comunicação da Prefeitura de Quirinópolis.</t>
   </si>
   <si>
     <t>3214</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3214/quirinopolis.go.leg.br_mocao_no_26_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3214/quirinopolis.go.leg.br_mocao_no_26_de_2023.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À BANDA MUNICIPAL 22 DE JANEIRO PELO SEU 59º ANIVERSÁRIO</t>
   </si>
   <si>
     <t>3216</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3216/quirinopolis.go.leg.br_mocao_no_27_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3216/quirinopolis.go.leg.br_mocao_no_27_de_2023.pdf</t>
   </si>
   <si>
     <t>Reconhecimento e Aplausos aos Profissionais da enfermagem pelo dia internacional do enfermeiro, técnico e auxiliar de enfermagem</t>
   </si>
   <si>
     <t>3223</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3223/mocao_de_pesar_gecimilton.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3223/mocao_de_pesar_gecimilton.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do servidor público, evangelista da Igreja Assembleia de Deus, GECIMILTON DOMINGOS DE MORAES.</t>
   </si>
   <si>
     <t>3247</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3247/quirinopolis.go.leg.br_mocao_no_29.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3247/quirinopolis.go.leg.br_mocao_no_29.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pela perda irreparável do nosso amigo e valoroso cidadão, Laerce Antônio Felipe Ataia.</t>
   </si>
   <si>
     <t>3258</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3258/quirinopolis.go.leg.br_mocao_no_30.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3258/quirinopolis.go.leg.br_mocao_no_30.pdf</t>
   </si>
   <si>
     <t>Moção de congratulações e aplausos a brilhante trajetória de Ivany Barbosa dos Santos Cabral.</t>
   </si>
   <si>
     <t>3330</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3330/quirinopolis.go.leg.br_mocao_31_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3330/quirinopolis.go.leg.br_mocao_31_2023.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARABENIZANDO O SR. CRISTIANO GARCEZ GUALBERTO PELOS SERVIÇOS PRESTADOS EM QUIRINÓPOLIS NA 15ª COMPANHIA INDEPENDENTE BOMBEIRO MILITAR.</t>
   </si>
   <si>
     <t>3331</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3331/quirinopolis.go.leg.br_mocao_32_2023_ok.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3331/quirinopolis.go.leg.br_mocao_32_2023_ok.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ALUSIVA AO DIA DO ADVOGADO, dia 11 de agosto.</t>
   </si>
   <si>
     <t>3335</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3335/mocao_33.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3335/mocao_33.pdf</t>
   </si>
   <si>
     <t>Hoje dia 25 de agosto, celebramos o Dia do Soldado, portanto nessa ocasião especial queremos congratular a todos os bravos guerreiros da gloriosa Polícia Militar do Estado de Goiás.</t>
   </si>
   <si>
     <t>3348</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3348/quirinopolis.go.leg.br_mocao_34_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3348/quirinopolis.go.leg.br_mocao_34_2023.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AOS LEGIONÁRIOS E LEGIONÁRIAS DE MARIA COMITIUM NSA. SRA. D’ABADIA E CURIA NSA. SRA. DA MEDALHA MILAGROSA.</t>
   </si>
   <si>
     <t>3412</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3412/quirinopolis.go.leg.br_mocao_no_35_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3412/quirinopolis.go.leg.br_mocao_no_35_de_2023.pdf</t>
   </si>
   <si>
     <t>“Moção de Aplausos parabenizando a Professora e ex- vereadora Veroneida Rodrigues”</t>
   </si>
   <si>
     <t>3438</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3438/quirinopolis.go.leg.br_mocao_no_36_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3438/quirinopolis.go.leg.br_mocao_no_36_de_2023.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS alusiva ao DIA DO SERVIDOR PÚBLICO.</t>
   </si>
   <si>
     <t>3484</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3484/quirinopolis.go.leg.br_mocao_no_37_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3484/quirinopolis.go.leg.br_mocao_no_37_de_2023.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos parabenizando o Sr. José Diniz pelos relevantes serviços prestados à comunidade e ao esporte em Quirinópolis.</t>
   </si>
   <si>
     <t>3504</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3504/www.quirinopolis.go.leg.br_mocao_no_38_de_2023.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3504/www.quirinopolis.go.leg.br_mocao_no_38_de_2023.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a sra. LAURA LOPES DE FREITAS em reconhecimento dos seus relevantes serviços prestados em nosso município de Quirinópolis</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -6527,67 +6527,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3272/quirinopolis.go.leg.br_ata_24.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3281/ata_eletronica_da_25a_sessao_ordinaria_da_3a_sessao_legislativa_da_19a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3309/quirinopolis.go.leg.br_ata_eletronica_da_26a_sessao_ordinaria_21-08-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3322/quirinopolis.go.leg.br_ata_eletronica_da_27a_sessao_ordinaria_22-08-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3323/quirinopolis.go.leg.br_ata_eletronica_da_28a_sessao_ordinaria_23-08-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3336/ata_eletronica_da_29a_sessao_ordinaria_da_3a_sessao_legislativa_24-08-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3343/quirinopolis.go.leg.br_ata_eletronica_da_30a_sessao_ordinaria_25-08-2023_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3350/quirinopolis.go.leg.br_ata_eletronica_da_31a_sessao_ordinaria_11-09-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3359/quirinopolis.go.leg.br_ata_eletronica_da_32a_sessao_ordinaria_12-09-23.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3369/quirinopolis.go.leg.br_ata_eletronica_da_33a_sessao_ordinaria_13-09-23.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3376/quirinopolis.go.leg.br_ata_eletronica_da_34a_sessao_ordinaria_14-09-23.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3384/quirinopolis.go.leg.br_ata_eletronica_da_35a_sessao_ordinaria_15-09-23.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3399/ata_eletronica_da_36a_sessao_ordinaria_23-10-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3414/ata_eletronica_da_37a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3420/ata_eletronica_da_38a_sessao_ordinaria_25-10-23.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3432/ata_eletronica_da_39a_sessao_ordinaria_26-10-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3440/ata_eletronica_da_40a_sessao_ordinaria_27-10-23.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3461/ata_eletronica_da_41a_sessao_ordinaria_20-11-23.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3476/ata_eletronica_da_42a_sessao_ordinaria_21-11-23.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3488/ata_eletronica_da_43a_sessao_ordinaria_22-11-23.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3499/ata_eletronica_da_44a_sessao_ordinaria_23-11-23.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3506/ata_eletronica_da_45a_sessao_ordinaria_24-11-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3533/ata_eletronica_da_46a_sessao_ordinaria_04-12-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3547/ata_eletronica_da_47a_sessao_ordinaria_05-12-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3571/ata_eletronica_da_48a_sessao_ordinaria_06-12-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3575/ata_eletronica_da_49a_sessao_ordinaria_07-12-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3278/quirinopolis.go.leg.br_ata_2a_extra.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3279/quirinopolis.go.leg.br_ata_3a_extra.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3338/quirinopolis.go.leg.br_ata_eletronica_da_4a_sessao_extraordinaria_da_3a_sessao_25-08-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3266/emenda_aditiva.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3202/quirinopolis.go.leg.br_emenda_modificativa_001.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3230/quirinopolis.go.leg.br_emenda_modificativa_002.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3267/emenda_modificativa.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3277/quirinopolis.go.leg.br_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3549/quirinopolis.go.leg.br_emenda_orcamentaria_modificiativa_n_05.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3431/quirinopolis.go.leg.br_emenda_01_-festa_padroeira_-_oscar_wellington_paulinho_romisdete_gustavo_fernando_e_cleilton.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3446/quirinopolis.go.leg.br_emenda_impositiva_no_02_escolas_-_renato.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3447/quirinopolis.go.leg.br_emenda_impositiva_n_03_zelsani_uniformes_-_renato.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3448/quirinopolis.go.leg.br_emenda_impositiva_n_04_mercado_municipal_-_renato.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3449/quirinopolis.go.leg.br_emenda_impositiva_n_05__entidades_sociais_-_renato.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3450/quirinopolis.go.leg.br_emenda_impositiva_n_06_conseg_-_renato.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3451/quirinopolis.go.leg.br_emenda_impositiva_n_07-_aquisicao_veiculo_samu_-_cleilton_e_renato.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3452/quirinopolis.go.leg.br_emenda_impositiva_n_08_farmacia_-_andrea.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3453/quirinopolis.go.leg.br_emenda_impositiva_n_09_cmei_marconzinho_construcao_-_andrea.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3454/quirinopolis.go.leg.br_emenda_impositiva_n_10_hospital_do_amor_-_andrea.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3455/quirinopolis.go.leg.br_emenda_impositiva_n_11_cmei_brinquedos_-_andrea.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3456/quirinopolis.go.leg.br_emenda_impositiva_n_12_associacao_cancer_-_andrea.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3457/quirinopolis.go.leg.br_emenda_impositiva_n_13_vicente_neto_-_andrea.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3458/quirinopolis.go.leg.br_emenda_impositiva_n_14_esportes_-_andrea_2.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3472/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_015.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3473/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n__016.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3474/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_017.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3475/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_018.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3478/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3483/quirinopolis.go.leg.br_emenda_orcamentaria_impositivia_n_020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3485/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3507/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3508/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3517/quirinopolis.go.leg.br_emenda_orcametaria_impositiva_n_024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3518/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3519/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_026.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3520/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_027.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3521/quirinopolis.go.leg.br_eemenda_orcamentaria_impositiva_n_028.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3522/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_29.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3523/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_030.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3524/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_031.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3525/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_032.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3526/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_33.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3537/quirinipolis.go.leg.br_emenda_orcamentaria_impositiva_n_034.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3538/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_035.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3539/quirinopolis.go.leg.br_emenda_orcamentaria_n_36.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3540/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_037_.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3541/quirinopolis.go.leg.br_emenda_orcamentaria_impositivia_n_038.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3542/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_039.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3543/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_040.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3544/quirinipolis.go.leg.br_emenda_orcamnetaria_impositiva_n_041.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3545/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_042.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3546/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_043.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3550/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_044.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3551/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_045.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3552/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_046.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3553/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_047.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3554/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_048.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3555/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_049.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3556/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_050.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3557/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_051.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3558/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_052.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3559/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_053.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3560/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_054.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3561/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_055.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3565/quirinopolis.go.leg.br_emenda_orcamentaria_impositivia_n_056.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3563/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_057.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3564/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_058.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3566/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_059.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3567/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_060.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3568/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_061.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3569/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_062.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3570/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_063.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3150/mensagem_de_veto_01.20231.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3273/quirinopolis.go.leg.br_veto_002.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3280/quirinopolis.go.leg.br_veto_003.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3229/quirinopolis.go.leg.br_projeto_de_decreto_001.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3296/quirinopolis.go.leg.br_projeto_de_decreto_002.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3365/quirinopolis.go.leg.br_projeto_de_decreto_legislativo_no_003_titulo_cidadao_mota.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3393/quirinopolis.go.leg.br_-_projeto_de_decreto_legislativo_no_004_dr_jorge.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3408/quirinopolis.go.leg.br_projeto_de_decreto_legislativo_005_titulo_honorifico_jose_diniz_.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3505/quirinopolis.goleg.br_projeto_de_decreto_legislativo__n_006.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3044/projeto_de_resolucao_no_001_a.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3045/quirinopolis.go.leg.br_projeto_de_resolicao_002.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3085/projeto_de_resolucao_no_003.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3098/quirinopolis.go.leg.br_projeto_de_resolucao_no_004.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3337/quirinopolis.go.leg.br_prjeto_de_resolucao_05-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3439/quirinopolis.go.leg.br_projeto_de_resolucao_n_06_comissao_de_inquerito.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3035/quirinopolis.go.leg.br_projeto_de_lei_001.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3036/quirinopolis.go.leg.br_projeto_de_lei_002.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3037/quirinopolis.go.leg.br_projeto_de_lei_003_1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3038/quirinopolis.go.leg.br_projeto_de_lei_004_a.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3039/quirinopolis.go.leg.br_projeto_de_lei_005.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3040/quirinopolis.go.leg.br_projeto_de_lei_006.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3041/quirinopolis.go.leg.br_projeto_de_lei_007_a.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3042/quirinopolis.go.leg.br_projeto_de_lei_008.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3043/quirinopolis.go.leg.br_projeto_de_lei_009_a.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3086/quirinopolis.go.leg.br_projeto_de_lei_010_.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3087/quirinopolis.go.leg.br_projeto_de_lei_011.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3097/quirinopolis.go.leg.br_projeto_de_lei_012.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3135/quirinopolis.go.leg.br_projeto_de_lei_013_a.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3136/qurinopolis.go.leg.br_projeto_de_lei_014.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3137/quirinopolis.go.leg.br_projeto_de_lei_015_d.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3138/quirinopolis.go.leg.br_projeto_de_lei_016.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3139/quirinopolis.go.leg.br_projeto_de_lei_017.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3140/quirinopolis.go.leg.br_projeto_de_lei_018.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3142/quirinopolis.go.leg.br_projeto_de_lei_019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3147/quirinopolis.go.leg.br_projeto_de_lei_020.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3177/quirinopolis.go.leg.br_projeto_de_lei_021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3195/quirinopolis.go.leg.br_projeto_de_lei_022_a.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3217/quirinopolis.go.leg.br_projeto_de_lei_023-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3218/quirinopolis.go.leg.br_projeto_de_lei_024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3219/quirinopolis.go.leg.br_projeto_de_lei_025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3228/quirinopolis.go.leg.br_projeto_de_lei_026.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3237/quirinopolis.go.leg.br_projeto_de_lei_027.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3245/quirinopolis.go.leg.br_projeto_de_lei_028.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3246/quirinopolis.go.leg.br_projeto_de_lei_029_a.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3251/quirinopolis.go.leg.br_projeto_de_lei_030.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3257/quirinopolis.go.leg.br_projeto_de_lei_031.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3268/quirinopolis.go.leg.br_projeto_de_lei_032.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3282/quirinopolis.go.leg.br_projeto_de_lei_033.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3283/quirinopolis.go.leg.br_projeto_de_lei_034.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3288/quirinopolis.go.leg.br_-_projeto_de_lei_035.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3289/quirinopolis.go.leg.br_projeto_de_lei_036.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3290/quirinopolis.go.leg.br_projeto_de_lei_037.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3298/quirinopolis.go.leg.br_projeto_de_lei_038.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3299/quirinopolis.go.leg.br_projeto_de_lei_039.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3342/quirinopolis.go.leg.br_projeto_de_lei_do_legislativo_040.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3349/quirinopolis.go.leg.br_projeto_de_lei_do_legislativo_no_041.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3357/quirinopolis.go.leg.br_projeto_de_lei_-_advocacia_jovem.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3385/quirinopolis.go.leg.br_projeto_de_lei_n_043.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3392/quirinopolis.go.leg.br_projeto_de_lei_044.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3430/quirinopolis.go.leg.br_projeto_de_lei_045_dia_do_beach_tenis.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3460/quirinopolis.go.leg.br_projeto_de_lei_n_046.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3471/quirinopolis.go.leg.br_projeto_de_lei_n_047.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3515/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_legislativo_no_048.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3516/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_legislativo_n_049.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3535/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_n_050.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3548/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_n_051.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3578/quirinopolis.go.leg.br_projeto_de_lei_n_052.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3064/quirinopolis.go.leg.br_projeto_de_lei_complementar_001.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3088/quirinopolis.go.leg.br_projeto_de_lei_complementar_002.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3154/quirinopolis.go.leg.br_projeto_de_lei_complementar_003.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3167/quirinopolis.go.leg.br_projeto_de_lei_complementar_004.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3176/quirinopolis.go.leg.br_projeto_de_lei_complementar_005.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3419/quirinopolis.go.leg.br_projeto_de_lei_complementar_n_006_itbi.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3511/quirinopolis.go.leg.br_projeto_de_lei_complementar_n_007.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3527/quirinopolis.go.leg.br_projeto_de_lei_complementar_n_08.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3060/quirinopolis.go.leg.br_projeto_de_lei_001.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3061/qurinopolis.go.leg.br_projeto_de_lei_002.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3062/quirinopolis.go.leg.br_projeto_de_lei_003.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3063/pl_04_-_credito_fundo_municipal_de_direitos_da_pessoa_idosa20230208_075623801.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3103/projeto_de_lei_n_005.2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3104/projeto_de_lei_n_006.2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3105/projeto_de_lei_n_007.2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3106/projeto_de_lei_n_008.2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3175/quirinopolis.go.leg.br_projeto_de_lei_009.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3206/quirinopolis.go.leg.br_projeto_010-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3207/quirinopolis.go.leg.br_projeto_011-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3231/quirinopolis.go.leg.br_projeto_de_lei_012.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3232/quirinopolis.go.leg.br_projeto_de_lei_013.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3233/quirinopolis.go.leg.br_projeto_de_lei_014.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3234/quirinopolis.go.leg.br_projeto_de_lei_015.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3235/quirinopolis.go.leg.br_projeto_de_lei_016.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3248/quirinopolis.go.leg.br_projeto_de_lei_017.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3249/quirinopolis.go.leg.br_projeto_de_lei_018.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3250/quirinopolis.go.leg.br_projeto_de_lei_019.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3274/quirinopolis.go.leg.br_projeto_de_lei_020.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3275/quirinopolis.go.leg.br_projeto_de_lei_021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3276/quirinopolis.go.leg.br_projeto_de_lei_022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3301/pl_023_-_assinado_com_impacto.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3302/pl_24__assinado_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3339/projeto_de_lei_025_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3340/projeto_de_lei_026_-_loa_2024_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3341/projeto_de_lei_027_-_dispoe_sobre_alteracao_da_ppa_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3403/projeto_de_lei_no_28_2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3404/projeto_de_lei_no_29_2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3405/projeto_de_lei_no_30_2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3406/projeto_de_lei_no_31_2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3407/projeto_de_lei_no_32_2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3528/quirinopolis.go.leg.br_projeto_de_lei_odinaria_do_executivo_n_033.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3529/quirinopolis.go.leg.br_projeto_de_lei_odrinaria_do_executivo_n_034.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3530/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_executivo_n_035.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3531/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_executivo_n_036.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3532/quirinopolis.go.leg.br_proejto_de_lei_orcamentaria_do_executivo_n_037.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3107/projeto_de_lei_complementar_n_001.2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3108/projeto_de_lei_complementar_n_002.2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3109/projeto_de_lei_complementar_n_003.2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3110/projeto_de_lei_complementar_n_004.2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3236/quirinopolis.go.leg.br_lei_complementar_005.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3056/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3083/indicacao_02.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3095/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3149/indicacao_04.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3300/indicacao_05.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3312/indicacao_06.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3321/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3402/quirinopolis.go.leg.br_indicacao_no_8_de_2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3437/quirinopolis.go.leg.br_indicacao_no_9.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3573/quirinopolis.go.leg.br_indicacao_no_10_de_2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3020/quirinopolis.go.leg.br_requerimento_01.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3021/quirinopolis.go.leg.br_requerimento_02.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3022/quirinopolis.go.leg.br_requerimento_03.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3023/quirinopolis.go.leg.br_requerimento_04.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3024/quirinopolis.go.leg.br_requerimento_05.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3025/quirinopolis.go.leg.br_requerimento_06.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3026/quirinopolis.go.leg.br_requerimento_07.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3030/quirinopolis.go.leg.br_requerimento_08.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3031/quirinopolis.go.leg.br_requerimento_09.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3032/quirinopolis.go.leg.br_requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3033/quirinopolis.go.leg.br_requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3034/quirinopolis.go.leg.br_requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3046/quirinopolis.go.leg.br_requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3048/quirinopolis.go.leg.br_requerimento_14.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3049/quirinopolis.go.leg.br_requerimento_15.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3050/quirinopolis.go.leg.br_requerimento_16.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3051/quirinopolis.go.leg.br_requerimento_17.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3052/quirinopolis.go.leg.br_requerimento_18.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3053/quirinopolis.go.leg.br_requerimento_19.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3054/quirinopolis.go.leg.br_requerimento_20.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3055/quirinopolis.go.leg.br_requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3057/quirinopolis.go.leg.br_requerimento_22.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3058/quirinopolis.go.leg.br_requerimento_23.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3059/quirinopolis.go.leg.br_requerimento_24.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3065/quirinopolis.go.leg.br_requerimento_25.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3066/quirinopolis.go.leg.br_requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3067/quirinopolis.go.leg.br_requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3068/quirinopolis.go.leg.br_requerimento_28.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3069/quirinopolis.go.leg.br_requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3070/quirinopolis.go.leg.br_requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3071/quirinopolis.go.leg.br_requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3077/quirinopolis.go.leg.br_requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3078/quirinopolis.go.leg.br_requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3079/quirinopolis.go.leg.br_requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3080/quirinopolis.go.leg.br_requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3081/quirinopolis.go.leg.br_requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3082/quirinopolis.go.leg.br_requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3089/quirinopolis.go.leg.br_requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3090/quirinopolis.go.leg.br_requerimento_39.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3091/quirinopolis.go.leg.br_requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3092/quirinopolis.go.leg.br_requerimento_41.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3093/quirinopolis.go.leg.br_requerimento_42.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3094/quirinopolis.go.leg.br_requerimento_43.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3099/quirinopolis.go.leg.br_requerimento_44.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3100/quirinopolis.go.leg.br_requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3101/quirinopolis.go.leg.br_requerimento_46.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3102/quirinopolis.go.leg.br_requerimento_47.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3111/quirinopolis.go.leg.br_requerimento_48.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3112/quirinopolis.go.leg.br_requerimento_49.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3116/requerimento_50.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3117/requerimento_51.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3119/quirinopolis.go.leg.br_requerimento_52.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3120/quirinopolis.go.leg.br_requerimento_53.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3122/quirinopolis.go.leg.br_requerimento_54.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3123/quirinopolis.go.leg.br_requerimento_55.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3124/quirinopolis.go.leg.br_requerimento_56.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3125/quirinopolis.go.leg.br_requerimento_57.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3128/quirinopolis.go.leg.br_requerimento_58.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3129/quirinopolis.go.leg.br_requerimento_59.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3130/quirinopolis.go.leg.br_requerimento_60.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3131/quirinopolis.go.leg.br_requerimento_61.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3141/quirinopolis.go.leg.br_requerimento_62.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3143/quirinopolis.go.leg.br_requerimento_63.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3144/quirinopolis.go.leg.br_requerimento_64.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3145/quirinopolis.go.leg.br_requerimento_65.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3146/quirinopolis.go.leg.br_requerimento_66.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3148/quirinopolis.go.leg.br_requerimento_67.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3152/quirinopolis.go.leg.br_requerimento_68.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3155/quirinopolis.go.leg.br_requerimento_69.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3156/quirinopolis.go.leg.br_requerimento_70.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3157/quirinopolis.go.leg.br_requerimento_71.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3158/quirinopolis.go.leg.br_requerimento_72.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3159/quirinopolis.go.leg.br_requerimento_73.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3160/quirinopolis.go.leg.br_requerimento_74.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3161/quirinopolis.go.leg.br_requerimento_75.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3162/quirinopolis.go.leg.br_requerimento_76.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3163/quirinopolis.go.leg.br_requerimento_77.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3164/quirinopolis.go.leg.br_requerimento_78.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3165/quirinopolis.go.leg.br_requerimento_79.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3166/quirinopolis.go.leg.br_requerimento_80.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3168/quirinopolis.go.leg.br_requerimento_81.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3169/quirinopolis.go.leg.br_requerimento_82.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3170/quirinopolis.go.leg.br_requerimento_no_83_de_2023_cei.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3171/quirinopolis.go.leg.br_requerimento_83.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3172/quirinopolis.go.leg.br_requerimento_85.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3173/quirinopolis.go.leg.br_requerimento_86.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3174/quirinopolis.go.leg.br_requerimento_87.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3179/requerimento_destinacao_de_maquinarios_tocoziznho.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3180/quirinopolis.go.leg.br_requerimento_89.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3181/quirinopolis.go.leg.br_requerimento_90.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3182/quirinopolis.go.leg.br_requerimento_91.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3183/quirinopolis.go.leg.br_requerimento_92.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3184/quirinopolis.go.leg.br_requerimento_93.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3185/quirinopolis.go.leg.br_requerimento_94.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3186/quirinopolis.go.leg.br_requerimento_95.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3187/quirinopolis.go.leg.br_requerimento_no_96_de_2023.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3188/quirinopolis.go.leg.br_requerimento_no_97_de_2023.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3189/quirinopolis.go.leg.br_requerimento_no_98_de_2023.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3190/quirinopolis.go.leg.br_requerimento_no_99_de_2023.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3191/quirinopolis.go.leg.br_requerimento_no_100_de_2023.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3192/quirinopolis.go.leg.br_requerimento_no_101_de_2023.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3193/quirinopolis.go.leg.br_requerimento_no_102_de_2023.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3194/quirinopolis.go.leg.br_requerimento_no_103_de_2023.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3198/quirinopolis.go.leg.br_requerimento_no_104_de_2023.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3199/quirinopolis.go.leg.br_requerimento_no_105_de_2023.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3200/quirinopolis.go.leg.br_requerimento_no_106_de_2023.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3201/quirinopolis.go.leg.br_requerimento_no_107_de_2023.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3204/quirinopolis.go.leg.br_requerimento_no_108_de_2023.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3205/quirinopolis.go.leg.br_requerimento_no_109_de_2023.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3208/quirinopolis.go.leg.br_requerimento_no_110_de_2023.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3209/quirinopolis.go.leg.br_requerimento_no_111_de_2023.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3210/quirinopolis.go.leg.br_requerimento_no_112_de_2023.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3211/quirinopolis.go.leg.br_requerimento_no_113_de_2023.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3212/quirinopolis.go.leg.br_requerimento_no_114_de_2023.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3213/quirinopolis.go.leg.br_requerimento_no_115_de_2023.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3215/quirinopolis.go.leg.br_requerimento_no_116_de_2023.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3220/quirinopolis.go.leg.br_requerimento_117_2023.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3221/quirinopolis.go.leg.br_requerimento_118_2023.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3222/quirinopolis.go.leg.br_requerimento_119_2023.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3224/quirinopolis.go.leg.br_requerimento_120_2023.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3225/quirinopolis.go.leg.br_requerimento_no_121.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3226/quirinopolis.go.leg.br_requerimento_122_2023.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3227/quirinopolis.go.leg.br_requerimento_123_2023.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3238/quirinopolis.go.leg.br_requerimento_no_124.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3239/quirinopolis.go.leg.br_requerimento_no_125.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3240/quirinopolis.go.leg.br_requerimento_no_126.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3241/quirinopolis.go.leg.br_requerimento_no_127.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3242/quirinopolis.go.leg.br_requerimento_no_128.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3243/quirinopolis.go.leg.br_requerimento_no_129.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3244/quirinopolis.go.leg.br_requerimento_no_130.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3252/quirinopolis.go.leg.br_requerimento_no_131.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3253/quirinopolis.go.leg.br_requerimento_no_132.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3254/quirinopolis.go.leg.br_requerimento_no_133.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3255/quirinopolis.go.leg.br_requerimento_no_134.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3256/quirinopolis.go.leg.br_requerimento_no_135.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3259/quirinopolis.go.leg.br_requerimento_no_136.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3260/quirinopolis.go.leg.br_requerimento_no_137.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3261/quirinopolis.go.leg.br_requerimento_no_138.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3262/quirinopolis.go.leg.br_requerimento_no_139.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3263/quirinopolis.go.leg.br_requerimento_no_140.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3264/quirinopolis.go.leg.br_requerimento_no_141.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3265/quirinopolis.go.leg.br_requerimento_no_142.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3269/quirinopolis.go.leg.br_requerimento_no_143.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3270/quirinopolis.go.leg.br_requerimento_no_144.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3271/quirinopolis.go.leg.br_requerimento_no_145.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3284/quirinopolis.go.leg.br_requerimento_146_2023.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3285/quirinopolis.go.leg.br_requerimento_147_2023.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3286/quirinopolis.go.leg.br_requerimento_148_2023.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3287/quirinopolis.go.leg.br_requerimento_149_2023.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3291/quirinopolis.go.leg.br_requerimento_150_2023.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3292/quirinopolis.go.leg.br_requerimento_151_2023.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3293/quirinopolis.go.leg.br_requerimento_152_2023.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3294/quirinopolis.go.leg.br_requerimento_153_2023.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3295/quirinopolis.go.leg.br_requerimento_154_2023.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3297/quirinopolis.go.leg.br_requerimento_155_2023.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3303/quirinopolis.go.leg.br_requerimento_156_2023.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3304/quirinopolis.go.leg.br_requerimento_157_2023.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3305/quirinopolis.go.leg.br_requerimento_158_2023.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3306/quirinopolis.go.leg.br_requerimento_159_2023.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3307/quirinopolis.go.leg.br_requerimento_160_2023.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3308/quirinopolis.go.leg.br_requerimento_161_2023.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3310/quirinopolis.go.leg.br_requerimento_162_2023.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3311/quirinopolis.go.leg.br_requerimento_163_2023.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3313/quirinopolis.go.leg.br_requerimento_164_2023.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3314/quirinopolis.go.leg.br_requerimento_165_2023.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3315/quirinopolis.go.leg.br_requerimento_166_2023.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3316/quirinopolis.go.leg.br_requerimento_167_2023.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3317/quirinopolis.go.leg.br_requerimento_168_2023.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3318/quirinopolis.go.leg.br_requerimento_169_2023_ok.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3319/quirinopolis.go.leg.br_requerimento_170_2023_ok.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3320/quirinopolis.go.leg.br_requerimento_171_2023.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3324/quirinopolis.go.leg.br_requerimento_172_2023.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3325/quirinopolis.go.leg.br_requerimento_173_2023.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3326/quirinopolis.go.leg.br_requerimento_174_2023.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3327/quirinopolis.go.leg.br_requerimento_175_20223.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3328/quirinopolis.go.leg.br_requerimento_176_2023.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3329/quirinopolis.go.leg.br_requerimento_177_2023.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3332/requerimento_178.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3333/requerimento_179.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3334/requerimento_180.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3344/quirinopolis.go.leg.br_requerimento_181_2023.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3345/quirinopolis.go.leg.br_requerimento_182_2023.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3346/quirinopolis.go.leg.br_requerimento_183_2023.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3347/quirinopolis.go.leg.br_requerimento_184_2023.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3351/quirinopolis.go.leg.br_requerimento_185_2023.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3352/quirinopolis.go.leg.br_requerimento_186_2023.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3353/quirinopolis.go.leg.br_requerimento_187_2023.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3354/requerimento_188.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3355/requerimento_189.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3356/requerimento_190.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3358/quirinopolis.go.leg.br_requerimento_191_2023.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3360/requerimento_192.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3361/requerimento_193.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3362/requerimento_194.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3363/requerimento_195.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3364/requerimento_196.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3366/quirinopolis.go.leg.br_requerimento_197_2023.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3367/quirinopolis.go.leg.br_requerimento_198_2023.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3368/quirinopolis.go.leg.br_requerimento_199_2023.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3370/quirinopolis.go.leg.br_requerimento_200_2023.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3371/quirinopolis.go.leg.br_requerimento_no_201.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3372/quirinopolis.go.leg.br_requerimento_no_202.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3373/quirinopolis.go.leg.br_requerimento_no_203.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3374/quirinopolis.go.leg.br_requerimento_no_204.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3375/requerimento_n0_205_2023.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3377/quirinopolis.go.leg.br_requerimento_no_206.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3378/quirinopolis.go.leg.br_requerimento_no_207.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3379/quirinopolis.go.leg.br_requerimento_no_208_de_2023.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3380/requerimento_209_2023.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3381/quirinopolis.go.leg.br_requerimento_no_210.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3382/quirinopolis.go.leg.br_requerimento_no_211.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3383/quirinopolis.go.leg.br_requerimento_no_212.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3386/quirinopolis.go.leg.br_requerimento_no_213.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3387/quirinopolis.go.leg.br_requerimento_no_214.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3388/quirinopolis.go.leg.br_requerimento_no_215.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3389/quirinopolis.go.leg.br_requerimento_no_216.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3390/quirinopolis.go.leg.br_requerimento_no_217.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3391/quirinopolis.go.leg.br_requerimento_no_218.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3394/quirinopolis.go.leg.br_requerimento_no_219.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3395/quirinopolis.go.leg.br_requerimento_no_220.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3396/quirinopolis.go.leg.br_requerimento_no_221.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3397/quirinopolis.go.leg.br_requerimento_no_222.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3398/quirinopolis.go.leg.br_requerimento_no_223.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3400/quirinopolis.go.leg.br_requerimento_no_224.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3401/quirinopolis.go.leg.br_requerimento_no_225.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3409/quirinopolis.go.leg.br_requerimento_no_226.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3410/quirinopolis.go.leg.br_requerimento_no_227.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3411/quirinopolis.go.leg.br_requerimento_no_228.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3413/quirinopolis.go.leg.br_requerimento_no_229.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3415/quirinopolis.go.leg.br_requerimento_no_230.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3416/quirinopolis.go.leg.br_requerimento_no_231.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3417/quirinopolis.go.leg.br_requerimento_no_232.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3418/quirinopolis.go.leg.br_requerimento_no_233.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3421/quirinopolis.go.leg.br_requerimento_no_234.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3422/quirinopolis.go.leg.br_requerimento_no_235.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3423/quirinopolis.go.leg.br_requerimento_no_236.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3424/quirinopolis.go.leg.br_requerimento_no_237.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3425/quirinopolis.go.leg.br_requerimento_no_238.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3426/quirinopolis.go.leg.br_requerimento_no_239.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3427/quirinopolis.go.leg.br_requerimento_no_240.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3428/quirinopolis.go.leg.br_requerimento_no_241_a.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3429/quirinopolis.go.leg.br_requerimento_no_242.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3433/quirinopolis.go.leg.br_requerimento_no_243.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3434/quirinopolis.go.leg.br_requerimento_no_244.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3435/quirinopolis.go.leg.br_requerimento_no_245.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3436/quirinopolis.go.leg.br_requerimento_no_246.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3441/quirinopolis.go.leg.br_requerimento_no_247.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3442/quirinopolis.go.leg.br_requerimento_no_248.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3443/quirinopolis.go.leg.br_requerimento_no_249.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3444/quirinopolis.go.leg.br_requerimento_no_250.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3445/quirinopolis.go.leg.br_requerimento_no_251.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3462/quirinopolis.go.leg.br_requerimento_no_252.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3463/quirinopolis.go.leg.br_requerimento_no_253.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3464/quirinopolis.go.leg.br_requerimento_no_254.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3465/quirinopolis.go.leg.br_requerimento_no_255.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3466/quirinopolis.go.leg.br_requerimento_no_256.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3467/quirinopolis.go.leg.br_requerimento_no_257.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3468/quirinopolis.go.leg.br_requerimento_no_258.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3469/quirinopolis.go.leg.br_requerimento_no_259.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3470/quirinopolis.go.leg.br_requerimento_no_260.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3477/quirinopolis.go.leg.br_requerimento_no_261.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3479/quirinopolis.go.leg.br_requerimento_no_262.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3480/quirinopolis.go.leg.br_requerimento_no_263.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3481/quirinopolis.go.leg.br_requerimento_no_264.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3482/quirinopolis.go.leg.br_requerimento_no_265.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3486/quirinopolis.go.leg.br_requerimento_no_266.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3487/quirinopolis.go.leg.br_requerimento_no_267.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3489/quirinopolis.go.leg.br_requerimento_no_268.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3490/quirinopolis.go.leg.br_requerimento_no_269.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3491/quirinopolis.go.leg.br_requerimento_no_270.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3492/quirinopolis.go.leg.br_requerimento_no_271.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3493/quirinopolis.go.leg.br_requerimento_no_272.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3494/quirinopolis.go.leg.br_requerimento_no_273.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3495/quirinopolis.go.leg.br_requerimento_no_274.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3496/quirinopolis.go.leg.br_requerimento_no_275.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3497/quirinopolis.go.leg.br_requerimento_no_276.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3498/quirinopolis.go.leg.br_requerimento_no_277.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3500/www.quirinopolis.go.leg.br_requerimento_no_278_de_2023.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3501/www.quirinopolis.go.leg.br_requerimento_no_279.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3502/www.quirinopolis.go.leg.br_requerimento_no_280.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3503/www.quirinopolis.go.leg.br_requerimento_no_281.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3509/quirinopolis.go.leg.br_requerimento_no_282.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3510/quirinopolis.go.leg.br_requerimento_no_283.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3512/quirinopolis.go.leg.br_requerimento_no_284.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3513/quirinopolis.go.leg.br_requerimento_no_285.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3514/quirinopolis.go.leg.br_requerimento_no_286.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3534/quirinopolis.go.leg.br_requerimento_no_287.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3536/quirinopolis.go.leg.br_requerimento_no_288.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3572/quirinopolis.go.leg.br_requerimento_no_289.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3574/quirinopolis.go.leg.br_requerimento_no_290.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3576/quirinopolis.go.leg.br_requerimento_no_291.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3577/quirinopolis.go.leg.br_requerimento_no_292.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3027/quirinopolis.go.leg.br_mocao_01.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3028/quirinopolis.go.leg.br_mocao_02.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3029/quirinopolis.go.leg.br_mocao_03.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3072/quirinopolis.go.leg.br_mocao_04.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3073/quirinopolis.go.leg.br_mocao_05.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3074/quirinopolis.go.leg.br_mocao_06.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3075/quirinopolis.go.leg.br_mocao_07.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3076/quirinopolis.go.leg.br_mocao_08_2023pdf.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3084/quirinopolis.go.leg.br_mocao_09_2023.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3096/quirinopolis.go.leg.br_mocao_10_2023.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3113/quirinopolis.go.leg.br_mocao_11_2023.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3114/quirinopolis.go.leg.br_mocao_12_2023.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3115/quirinopolis.go.leg.br_mocao_13_2023.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3118/mocao_14.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3121/quirinopolis.go.leg.br_mocao_15_2023.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3126/quirinopolis.go.leg.br_mocao_16_2023.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3127/quirinopolis.go.leg.br_mocao_17.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3132/quirinopolis.go.leg.br_mocao_18_2023.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3133/quirinopolis.go.leg.br_mocao_19_2023.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3134/quirinopolis.go.leg.br_mocao_20_2023.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3153/mocao_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3178/quirinopolis.go.leg.br_mocao_22_2023.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3196/quirinopolis.go.leg.br_mocao_no_23_de_2023.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3197/quirinopolis.go.leg.br_mocao_no_24_de_2023.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3203/quirinopolis.go.leg.br_mocao_no_25_de_2023.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3214/quirinopolis.go.leg.br_mocao_no_26_de_2023.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3216/quirinopolis.go.leg.br_mocao_no_27_de_2023.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3223/mocao_de_pesar_gecimilton.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3247/quirinopolis.go.leg.br_mocao_no_29.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3258/quirinopolis.go.leg.br_mocao_no_30.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3330/quirinopolis.go.leg.br_mocao_31_2023.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3331/quirinopolis.go.leg.br_mocao_32_2023_ok.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3335/mocao_33.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3348/quirinopolis.go.leg.br_mocao_34_2023.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3412/quirinopolis.go.leg.br_mocao_no_35_de_2023.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3438/quirinopolis.go.leg.br_mocao_no_36_de_2023.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3484/quirinopolis.go.leg.br_mocao_no_37_de_2023.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3504/www.quirinopolis.go.leg.br_mocao_no_38_de_2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3272/quirinopolis.go.leg.br_ata_24.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3281/ata_eletronica_da_25a_sessao_ordinaria_da_3a_sessao_legislativa_da_19a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3309/quirinopolis.go.leg.br_ata_eletronica_da_26a_sessao_ordinaria_21-08-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3322/quirinopolis.go.leg.br_ata_eletronica_da_27a_sessao_ordinaria_22-08-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3323/quirinopolis.go.leg.br_ata_eletronica_da_28a_sessao_ordinaria_23-08-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3336/ata_eletronica_da_29a_sessao_ordinaria_da_3a_sessao_legislativa_24-08-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3343/quirinopolis.go.leg.br_ata_eletronica_da_30a_sessao_ordinaria_25-08-2023_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3350/quirinopolis.go.leg.br_ata_eletronica_da_31a_sessao_ordinaria_11-09-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3359/quirinopolis.go.leg.br_ata_eletronica_da_32a_sessao_ordinaria_12-09-23.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3369/quirinopolis.go.leg.br_ata_eletronica_da_33a_sessao_ordinaria_13-09-23.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3376/quirinopolis.go.leg.br_ata_eletronica_da_34a_sessao_ordinaria_14-09-23.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3384/quirinopolis.go.leg.br_ata_eletronica_da_35a_sessao_ordinaria_15-09-23.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3399/ata_eletronica_da_36a_sessao_ordinaria_23-10-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3414/ata_eletronica_da_37a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3420/ata_eletronica_da_38a_sessao_ordinaria_25-10-23.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3432/ata_eletronica_da_39a_sessao_ordinaria_26-10-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3440/ata_eletronica_da_40a_sessao_ordinaria_27-10-23.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3461/ata_eletronica_da_41a_sessao_ordinaria_20-11-23.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3476/ata_eletronica_da_42a_sessao_ordinaria_21-11-23.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3488/ata_eletronica_da_43a_sessao_ordinaria_22-11-23.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3499/ata_eletronica_da_44a_sessao_ordinaria_23-11-23.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3506/ata_eletronica_da_45a_sessao_ordinaria_24-11-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3533/ata_eletronica_da_46a_sessao_ordinaria_04-12-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3547/ata_eletronica_da_47a_sessao_ordinaria_05-12-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3571/ata_eletronica_da_48a_sessao_ordinaria_06-12-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3575/ata_eletronica_da_49a_sessao_ordinaria_07-12-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3278/quirinopolis.go.leg.br_ata_2a_extra.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3279/quirinopolis.go.leg.br_ata_3a_extra.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3338/quirinopolis.go.leg.br_ata_eletronica_da_4a_sessao_extraordinaria_da_3a_sessao_25-08-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3266/emenda_aditiva.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3202/quirinopolis.go.leg.br_emenda_modificativa_001.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3230/quirinopolis.go.leg.br_emenda_modificativa_002.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3267/emenda_modificativa.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3277/quirinopolis.go.leg.br_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3549/quirinopolis.go.leg.br_emenda_orcamentaria_modificiativa_n_05.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3431/quirinopolis.go.leg.br_emenda_01_-festa_padroeira_-_oscar_wellington_paulinho_romisdete_gustavo_fernando_e_cleilton.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3446/quirinopolis.go.leg.br_emenda_impositiva_no_02_escolas_-_renato.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3447/quirinopolis.go.leg.br_emenda_impositiva_n_03_zelsani_uniformes_-_renato.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3448/quirinopolis.go.leg.br_emenda_impositiva_n_04_mercado_municipal_-_renato.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3449/quirinopolis.go.leg.br_emenda_impositiva_n_05__entidades_sociais_-_renato.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3450/quirinopolis.go.leg.br_emenda_impositiva_n_06_conseg_-_renato.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3451/quirinopolis.go.leg.br_emenda_impositiva_n_07-_aquisicao_veiculo_samu_-_cleilton_e_renato.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3452/quirinopolis.go.leg.br_emenda_impositiva_n_08_farmacia_-_andrea.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3453/quirinopolis.go.leg.br_emenda_impositiva_n_09_cmei_marconzinho_construcao_-_andrea.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3454/quirinopolis.go.leg.br_emenda_impositiva_n_10_hospital_do_amor_-_andrea.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3455/quirinopolis.go.leg.br_emenda_impositiva_n_11_cmei_brinquedos_-_andrea.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3456/quirinopolis.go.leg.br_emenda_impositiva_n_12_associacao_cancer_-_andrea.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3457/quirinopolis.go.leg.br_emenda_impositiva_n_13_vicente_neto_-_andrea.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3458/quirinopolis.go.leg.br_emenda_impositiva_n_14_esportes_-_andrea_2.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3472/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_015.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3473/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n__016.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3474/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_017.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3475/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_018.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3478/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3483/quirinopolis.go.leg.br_emenda_orcamentaria_impositivia_n_020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3485/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3507/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3508/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3517/quirinopolis.go.leg.br_emenda_orcametaria_impositiva_n_024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3518/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3519/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_026.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3520/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_027.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3521/quirinopolis.go.leg.br_eemenda_orcamentaria_impositiva_n_028.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3522/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_29.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3523/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_030.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3524/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_031.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3525/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_032.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3526/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_33.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3537/quirinipolis.go.leg.br_emenda_orcamentaria_impositiva_n_034.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3538/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_035.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3539/quirinopolis.go.leg.br_emenda_orcamentaria_n_36.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3540/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_037_.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3541/quirinopolis.go.leg.br_emenda_orcamentaria_impositivia_n_038.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3542/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_039.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3543/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_040.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3544/quirinipolis.go.leg.br_emenda_orcamnetaria_impositiva_n_041.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3545/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_042.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3546/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_043.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3550/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_044.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3551/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_045.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3552/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_046.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3553/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_047.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3554/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_048.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3555/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_049.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3556/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_050.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3557/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_051.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3558/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_052.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3559/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_053.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3560/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_054.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3561/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_055.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3565/quirinopolis.go.leg.br_emenda_orcamentaria_impositivia_n_056.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3563/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_057.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3564/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_058.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3566/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_059.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3567/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_060.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3568/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_061.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3569/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_062.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3570/quirinopolis.go.leg.br_emenda_orcamentaria_impositiva_n_063.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3150/mensagem_de_veto_01.20231.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3273/quirinopolis.go.leg.br_veto_002.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3280/quirinopolis.go.leg.br_veto_003.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3229/quirinopolis.go.leg.br_projeto_de_decreto_001.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3296/quirinopolis.go.leg.br_projeto_de_decreto_002.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3365/quirinopolis.go.leg.br_projeto_de_decreto_legislativo_no_003_titulo_cidadao_mota.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3393/quirinopolis.go.leg.br_-_projeto_de_decreto_legislativo_no_004_dr_jorge.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3408/quirinopolis.go.leg.br_projeto_de_decreto_legislativo_005_titulo_honorifico_jose_diniz_.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3505/quirinopolis.goleg.br_projeto_de_decreto_legislativo__n_006.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3044/projeto_de_resolucao_no_001_a.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3045/quirinopolis.go.leg.br_projeto_de_resolicao_002.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3085/projeto_de_resolucao_no_003.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3098/quirinopolis.go.leg.br_projeto_de_resolucao_no_004.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3337/quirinopolis.go.leg.br_prjeto_de_resolucao_05-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3439/quirinopolis.go.leg.br_projeto_de_resolucao_n_06_comissao_de_inquerito.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3035/quirinopolis.go.leg.br_projeto_de_lei_001.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3036/quirinopolis.go.leg.br_projeto_de_lei_002.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3037/quirinopolis.go.leg.br_projeto_de_lei_003_1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3038/quirinopolis.go.leg.br_projeto_de_lei_004_a.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3039/quirinopolis.go.leg.br_projeto_de_lei_005.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3040/quirinopolis.go.leg.br_projeto_de_lei_006.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3041/quirinopolis.go.leg.br_projeto_de_lei_007_a.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3042/quirinopolis.go.leg.br_projeto_de_lei_008.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3043/quirinopolis.go.leg.br_projeto_de_lei_009_a.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3086/quirinopolis.go.leg.br_projeto_de_lei_010_.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3087/quirinopolis.go.leg.br_projeto_de_lei_011.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3097/quirinopolis.go.leg.br_projeto_de_lei_012.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3135/quirinopolis.go.leg.br_projeto_de_lei_013_a.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3136/qurinopolis.go.leg.br_projeto_de_lei_014.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3137/quirinopolis.go.leg.br_projeto_de_lei_015_d.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3138/quirinopolis.go.leg.br_projeto_de_lei_016.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3139/quirinopolis.go.leg.br_projeto_de_lei_017.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3140/quirinopolis.go.leg.br_projeto_de_lei_018.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3142/quirinopolis.go.leg.br_projeto_de_lei_019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3147/quirinopolis.go.leg.br_projeto_de_lei_020.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3177/quirinopolis.go.leg.br_projeto_de_lei_021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3195/quirinopolis.go.leg.br_projeto_de_lei_022_a.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3217/quirinopolis.go.leg.br_projeto_de_lei_023-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3218/quirinopolis.go.leg.br_projeto_de_lei_024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3219/quirinopolis.go.leg.br_projeto_de_lei_025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3228/quirinopolis.go.leg.br_projeto_de_lei_026.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3237/quirinopolis.go.leg.br_projeto_de_lei_027.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3245/quirinopolis.go.leg.br_projeto_de_lei_028.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3246/quirinopolis.go.leg.br_projeto_de_lei_029_a.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3251/quirinopolis.go.leg.br_projeto_de_lei_030.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3257/quirinopolis.go.leg.br_projeto_de_lei_031.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3268/quirinopolis.go.leg.br_projeto_de_lei_032.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3282/quirinopolis.go.leg.br_projeto_de_lei_033.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3283/quirinopolis.go.leg.br_projeto_de_lei_034.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3288/quirinopolis.go.leg.br_-_projeto_de_lei_035.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3289/quirinopolis.go.leg.br_projeto_de_lei_036.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3290/quirinopolis.go.leg.br_projeto_de_lei_037.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3298/quirinopolis.go.leg.br_projeto_de_lei_038.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3299/quirinopolis.go.leg.br_projeto_de_lei_039.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3342/quirinopolis.go.leg.br_projeto_de_lei_do_legislativo_040.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3349/quirinopolis.go.leg.br_projeto_de_lei_do_legislativo_no_041.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3357/quirinopolis.go.leg.br_projeto_de_lei_-_advocacia_jovem.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3385/quirinopolis.go.leg.br_projeto_de_lei_n_043.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3392/quirinopolis.go.leg.br_projeto_de_lei_044.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3430/quirinopolis.go.leg.br_projeto_de_lei_045_dia_do_beach_tenis.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3460/quirinopolis.go.leg.br_projeto_de_lei_n_046.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3471/quirinopolis.go.leg.br_projeto_de_lei_n_047.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3515/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_legislativo_no_048.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3516/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_legislativo_n_049.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3535/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_n_050.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3548/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_n_051.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3578/quirinopolis.go.leg.br_projeto_de_lei_n_052.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3064/quirinopolis.go.leg.br_projeto_de_lei_complementar_001.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3088/quirinopolis.go.leg.br_projeto_de_lei_complementar_002.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3154/quirinopolis.go.leg.br_projeto_de_lei_complementar_003.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3167/quirinopolis.go.leg.br_projeto_de_lei_complementar_004.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3176/quirinopolis.go.leg.br_projeto_de_lei_complementar_005.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3419/quirinopolis.go.leg.br_projeto_de_lei_complementar_n_006_itbi.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3511/quirinopolis.go.leg.br_projeto_de_lei_complementar_n_007.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3527/quirinopolis.go.leg.br_projeto_de_lei_complementar_n_08.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3060/quirinopolis.go.leg.br_projeto_de_lei_001.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3061/qurinopolis.go.leg.br_projeto_de_lei_002.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3062/quirinopolis.go.leg.br_projeto_de_lei_003.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3063/pl_04_-_credito_fundo_municipal_de_direitos_da_pessoa_idosa20230208_075623801.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3103/projeto_de_lei_n_005.2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3104/projeto_de_lei_n_006.2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3105/projeto_de_lei_n_007.2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3106/projeto_de_lei_n_008.2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3175/quirinopolis.go.leg.br_projeto_de_lei_009.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3206/quirinopolis.go.leg.br_projeto_010-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3207/quirinopolis.go.leg.br_projeto_011-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3231/quirinopolis.go.leg.br_projeto_de_lei_012.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3232/quirinopolis.go.leg.br_projeto_de_lei_013.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3233/quirinopolis.go.leg.br_projeto_de_lei_014.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3234/quirinopolis.go.leg.br_projeto_de_lei_015.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3235/quirinopolis.go.leg.br_projeto_de_lei_016.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3248/quirinopolis.go.leg.br_projeto_de_lei_017.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3249/quirinopolis.go.leg.br_projeto_de_lei_018.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3250/quirinopolis.go.leg.br_projeto_de_lei_019.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3274/quirinopolis.go.leg.br_projeto_de_lei_020.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3275/quirinopolis.go.leg.br_projeto_de_lei_021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3276/quirinopolis.go.leg.br_projeto_de_lei_022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3301/pl_023_-_assinado_com_impacto.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3302/pl_24__assinado_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3339/projeto_de_lei_025_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3340/projeto_de_lei_026_-_loa_2024_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3341/projeto_de_lei_027_-_dispoe_sobre_alteracao_da_ppa_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3403/projeto_de_lei_no_28_2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3404/projeto_de_lei_no_29_2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3405/projeto_de_lei_no_30_2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3406/projeto_de_lei_no_31_2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3407/projeto_de_lei_no_32_2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3528/quirinopolis.go.leg.br_projeto_de_lei_odinaria_do_executivo_n_033.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3529/quirinopolis.go.leg.br_projeto_de_lei_odrinaria_do_executivo_n_034.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3530/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_executivo_n_035.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3531/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_executivo_n_036.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3532/quirinopolis.go.leg.br_proejto_de_lei_orcamentaria_do_executivo_n_037.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3107/projeto_de_lei_complementar_n_001.2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3108/projeto_de_lei_complementar_n_002.2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3109/projeto_de_lei_complementar_n_003.2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3110/projeto_de_lei_complementar_n_004.2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3236/quirinopolis.go.leg.br_lei_complementar_005.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3056/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3083/indicacao_02.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3095/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3149/indicacao_04.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3300/indicacao_05.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3312/indicacao_06.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3321/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3402/quirinopolis.go.leg.br_indicacao_no_8_de_2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3437/quirinopolis.go.leg.br_indicacao_no_9.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3573/quirinopolis.go.leg.br_indicacao_no_10_de_2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3020/quirinopolis.go.leg.br_requerimento_01.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3021/quirinopolis.go.leg.br_requerimento_02.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3022/quirinopolis.go.leg.br_requerimento_03.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3023/quirinopolis.go.leg.br_requerimento_04.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3024/quirinopolis.go.leg.br_requerimento_05.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3025/quirinopolis.go.leg.br_requerimento_06.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3026/quirinopolis.go.leg.br_requerimento_07.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3030/quirinopolis.go.leg.br_requerimento_08.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3031/quirinopolis.go.leg.br_requerimento_09.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3032/quirinopolis.go.leg.br_requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3033/quirinopolis.go.leg.br_requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3034/quirinopolis.go.leg.br_requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3046/quirinopolis.go.leg.br_requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3048/quirinopolis.go.leg.br_requerimento_14.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3049/quirinopolis.go.leg.br_requerimento_15.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3050/quirinopolis.go.leg.br_requerimento_16.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3051/quirinopolis.go.leg.br_requerimento_17.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3052/quirinopolis.go.leg.br_requerimento_18.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3053/quirinopolis.go.leg.br_requerimento_19.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3054/quirinopolis.go.leg.br_requerimento_20.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3055/quirinopolis.go.leg.br_requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3057/quirinopolis.go.leg.br_requerimento_22.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3058/quirinopolis.go.leg.br_requerimento_23.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3059/quirinopolis.go.leg.br_requerimento_24.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3065/quirinopolis.go.leg.br_requerimento_25.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3066/quirinopolis.go.leg.br_requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3067/quirinopolis.go.leg.br_requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3068/quirinopolis.go.leg.br_requerimento_28.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3069/quirinopolis.go.leg.br_requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3070/quirinopolis.go.leg.br_requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3071/quirinopolis.go.leg.br_requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3077/quirinopolis.go.leg.br_requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3078/quirinopolis.go.leg.br_requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3079/quirinopolis.go.leg.br_requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3080/quirinopolis.go.leg.br_requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3081/quirinopolis.go.leg.br_requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3082/quirinopolis.go.leg.br_requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3089/quirinopolis.go.leg.br_requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3090/quirinopolis.go.leg.br_requerimento_39.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3091/quirinopolis.go.leg.br_requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3092/quirinopolis.go.leg.br_requerimento_41.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3093/quirinopolis.go.leg.br_requerimento_42.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3094/quirinopolis.go.leg.br_requerimento_43.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3099/quirinopolis.go.leg.br_requerimento_44.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3100/quirinopolis.go.leg.br_requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3101/quirinopolis.go.leg.br_requerimento_46.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3102/quirinopolis.go.leg.br_requerimento_47.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3111/quirinopolis.go.leg.br_requerimento_48.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3112/quirinopolis.go.leg.br_requerimento_49.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3116/requerimento_50.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3117/requerimento_51.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3119/quirinopolis.go.leg.br_requerimento_52.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3120/quirinopolis.go.leg.br_requerimento_53.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3122/quirinopolis.go.leg.br_requerimento_54.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3123/quirinopolis.go.leg.br_requerimento_55.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3124/quirinopolis.go.leg.br_requerimento_56.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3125/quirinopolis.go.leg.br_requerimento_57.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3128/quirinopolis.go.leg.br_requerimento_58.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3129/quirinopolis.go.leg.br_requerimento_59.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3130/quirinopolis.go.leg.br_requerimento_60.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3131/quirinopolis.go.leg.br_requerimento_61.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3141/quirinopolis.go.leg.br_requerimento_62.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3143/quirinopolis.go.leg.br_requerimento_63.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3144/quirinopolis.go.leg.br_requerimento_64.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3145/quirinopolis.go.leg.br_requerimento_65.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3146/quirinopolis.go.leg.br_requerimento_66.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3148/quirinopolis.go.leg.br_requerimento_67.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3152/quirinopolis.go.leg.br_requerimento_68.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3155/quirinopolis.go.leg.br_requerimento_69.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3156/quirinopolis.go.leg.br_requerimento_70.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3157/quirinopolis.go.leg.br_requerimento_71.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3158/quirinopolis.go.leg.br_requerimento_72.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3159/quirinopolis.go.leg.br_requerimento_73.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3160/quirinopolis.go.leg.br_requerimento_74.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3161/quirinopolis.go.leg.br_requerimento_75.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3162/quirinopolis.go.leg.br_requerimento_76.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3163/quirinopolis.go.leg.br_requerimento_77.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3164/quirinopolis.go.leg.br_requerimento_78.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3165/quirinopolis.go.leg.br_requerimento_79.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3166/quirinopolis.go.leg.br_requerimento_80.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3168/quirinopolis.go.leg.br_requerimento_81.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3169/quirinopolis.go.leg.br_requerimento_82.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3170/quirinopolis.go.leg.br_requerimento_no_83_de_2023_cei.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3171/quirinopolis.go.leg.br_requerimento_83.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3172/quirinopolis.go.leg.br_requerimento_85.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3173/quirinopolis.go.leg.br_requerimento_86.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3174/quirinopolis.go.leg.br_requerimento_87.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3179/requerimento_destinacao_de_maquinarios_tocoziznho.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3180/quirinopolis.go.leg.br_requerimento_89.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3181/quirinopolis.go.leg.br_requerimento_90.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3182/quirinopolis.go.leg.br_requerimento_91.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3183/quirinopolis.go.leg.br_requerimento_92.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3184/quirinopolis.go.leg.br_requerimento_93.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3185/quirinopolis.go.leg.br_requerimento_94.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3186/quirinopolis.go.leg.br_requerimento_95.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3187/quirinopolis.go.leg.br_requerimento_no_96_de_2023.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3188/quirinopolis.go.leg.br_requerimento_no_97_de_2023.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3189/quirinopolis.go.leg.br_requerimento_no_98_de_2023.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3190/quirinopolis.go.leg.br_requerimento_no_99_de_2023.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3191/quirinopolis.go.leg.br_requerimento_no_100_de_2023.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3192/quirinopolis.go.leg.br_requerimento_no_101_de_2023.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3193/quirinopolis.go.leg.br_requerimento_no_102_de_2023.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3194/quirinopolis.go.leg.br_requerimento_no_103_de_2023.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3198/quirinopolis.go.leg.br_requerimento_no_104_de_2023.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3199/quirinopolis.go.leg.br_requerimento_no_105_de_2023.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3200/quirinopolis.go.leg.br_requerimento_no_106_de_2023.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3201/quirinopolis.go.leg.br_requerimento_no_107_de_2023.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3204/quirinopolis.go.leg.br_requerimento_no_108_de_2023.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3205/quirinopolis.go.leg.br_requerimento_no_109_de_2023.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3208/quirinopolis.go.leg.br_requerimento_no_110_de_2023.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3209/quirinopolis.go.leg.br_requerimento_no_111_de_2023.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3210/quirinopolis.go.leg.br_requerimento_no_112_de_2023.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3211/quirinopolis.go.leg.br_requerimento_no_113_de_2023.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3212/quirinopolis.go.leg.br_requerimento_no_114_de_2023.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3213/quirinopolis.go.leg.br_requerimento_no_115_de_2023.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3215/quirinopolis.go.leg.br_requerimento_no_116_de_2023.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3220/quirinopolis.go.leg.br_requerimento_117_2023.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3221/quirinopolis.go.leg.br_requerimento_118_2023.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3222/quirinopolis.go.leg.br_requerimento_119_2023.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3224/quirinopolis.go.leg.br_requerimento_120_2023.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3225/quirinopolis.go.leg.br_requerimento_no_121.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3226/quirinopolis.go.leg.br_requerimento_122_2023.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3227/quirinopolis.go.leg.br_requerimento_123_2023.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3238/quirinopolis.go.leg.br_requerimento_no_124.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3239/quirinopolis.go.leg.br_requerimento_no_125.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3240/quirinopolis.go.leg.br_requerimento_no_126.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3241/quirinopolis.go.leg.br_requerimento_no_127.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3242/quirinopolis.go.leg.br_requerimento_no_128.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3243/quirinopolis.go.leg.br_requerimento_no_129.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3244/quirinopolis.go.leg.br_requerimento_no_130.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3252/quirinopolis.go.leg.br_requerimento_no_131.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3253/quirinopolis.go.leg.br_requerimento_no_132.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3254/quirinopolis.go.leg.br_requerimento_no_133.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3255/quirinopolis.go.leg.br_requerimento_no_134.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3256/quirinopolis.go.leg.br_requerimento_no_135.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3259/quirinopolis.go.leg.br_requerimento_no_136.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3260/quirinopolis.go.leg.br_requerimento_no_137.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3261/quirinopolis.go.leg.br_requerimento_no_138.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3262/quirinopolis.go.leg.br_requerimento_no_139.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3263/quirinopolis.go.leg.br_requerimento_no_140.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3264/quirinopolis.go.leg.br_requerimento_no_141.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3265/quirinopolis.go.leg.br_requerimento_no_142.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3269/quirinopolis.go.leg.br_requerimento_no_143.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3270/quirinopolis.go.leg.br_requerimento_no_144.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3271/quirinopolis.go.leg.br_requerimento_no_145.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3284/quirinopolis.go.leg.br_requerimento_146_2023.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3285/quirinopolis.go.leg.br_requerimento_147_2023.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3286/quirinopolis.go.leg.br_requerimento_148_2023.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3287/quirinopolis.go.leg.br_requerimento_149_2023.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3291/quirinopolis.go.leg.br_requerimento_150_2023.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3292/quirinopolis.go.leg.br_requerimento_151_2023.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3293/quirinopolis.go.leg.br_requerimento_152_2023.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3294/quirinopolis.go.leg.br_requerimento_153_2023.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3295/quirinopolis.go.leg.br_requerimento_154_2023.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3297/quirinopolis.go.leg.br_requerimento_155_2023.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3303/quirinopolis.go.leg.br_requerimento_156_2023.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3304/quirinopolis.go.leg.br_requerimento_157_2023.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3305/quirinopolis.go.leg.br_requerimento_158_2023.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3306/quirinopolis.go.leg.br_requerimento_159_2023.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3307/quirinopolis.go.leg.br_requerimento_160_2023.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3308/quirinopolis.go.leg.br_requerimento_161_2023.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3310/quirinopolis.go.leg.br_requerimento_162_2023.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3311/quirinopolis.go.leg.br_requerimento_163_2023.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3313/quirinopolis.go.leg.br_requerimento_164_2023.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3314/quirinopolis.go.leg.br_requerimento_165_2023.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3315/quirinopolis.go.leg.br_requerimento_166_2023.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3316/quirinopolis.go.leg.br_requerimento_167_2023.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3317/quirinopolis.go.leg.br_requerimento_168_2023.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3318/quirinopolis.go.leg.br_requerimento_169_2023_ok.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3319/quirinopolis.go.leg.br_requerimento_170_2023_ok.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3320/quirinopolis.go.leg.br_requerimento_171_2023.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3324/quirinopolis.go.leg.br_requerimento_172_2023.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3325/quirinopolis.go.leg.br_requerimento_173_2023.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3326/quirinopolis.go.leg.br_requerimento_174_2023.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3327/quirinopolis.go.leg.br_requerimento_175_20223.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3328/quirinopolis.go.leg.br_requerimento_176_2023.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3329/quirinopolis.go.leg.br_requerimento_177_2023.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3332/requerimento_178.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3333/requerimento_179.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3334/requerimento_180.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3344/quirinopolis.go.leg.br_requerimento_181_2023.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3345/quirinopolis.go.leg.br_requerimento_182_2023.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3346/quirinopolis.go.leg.br_requerimento_183_2023.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3347/quirinopolis.go.leg.br_requerimento_184_2023.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3351/quirinopolis.go.leg.br_requerimento_185_2023.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3352/quirinopolis.go.leg.br_requerimento_186_2023.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3353/quirinopolis.go.leg.br_requerimento_187_2023.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3354/requerimento_188.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3355/requerimento_189.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3356/requerimento_190.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3358/quirinopolis.go.leg.br_requerimento_191_2023.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3360/requerimento_192.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3361/requerimento_193.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3362/requerimento_194.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3363/requerimento_195.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3364/requerimento_196.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3366/quirinopolis.go.leg.br_requerimento_197_2023.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3367/quirinopolis.go.leg.br_requerimento_198_2023.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3368/quirinopolis.go.leg.br_requerimento_199_2023.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3370/quirinopolis.go.leg.br_requerimento_200_2023.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3371/quirinopolis.go.leg.br_requerimento_no_201.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3372/quirinopolis.go.leg.br_requerimento_no_202.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3373/quirinopolis.go.leg.br_requerimento_no_203.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3374/quirinopolis.go.leg.br_requerimento_no_204.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3375/requerimento_n0_205_2023.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3377/quirinopolis.go.leg.br_requerimento_no_206.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3378/quirinopolis.go.leg.br_requerimento_no_207.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3379/quirinopolis.go.leg.br_requerimento_no_208_de_2023.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3380/requerimento_209_2023.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3381/quirinopolis.go.leg.br_requerimento_no_210.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3382/quirinopolis.go.leg.br_requerimento_no_211.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3383/quirinopolis.go.leg.br_requerimento_no_212.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3386/quirinopolis.go.leg.br_requerimento_no_213.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3387/quirinopolis.go.leg.br_requerimento_no_214.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3388/quirinopolis.go.leg.br_requerimento_no_215.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3389/quirinopolis.go.leg.br_requerimento_no_216.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3390/quirinopolis.go.leg.br_requerimento_no_217.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3391/quirinopolis.go.leg.br_requerimento_no_218.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3394/quirinopolis.go.leg.br_requerimento_no_219.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3395/quirinopolis.go.leg.br_requerimento_no_220.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3396/quirinopolis.go.leg.br_requerimento_no_221.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3397/quirinopolis.go.leg.br_requerimento_no_222.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3398/quirinopolis.go.leg.br_requerimento_no_223.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3400/quirinopolis.go.leg.br_requerimento_no_224.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3401/quirinopolis.go.leg.br_requerimento_no_225.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3409/quirinopolis.go.leg.br_requerimento_no_226.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3410/quirinopolis.go.leg.br_requerimento_no_227.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3411/quirinopolis.go.leg.br_requerimento_no_228.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3413/quirinopolis.go.leg.br_requerimento_no_229.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3415/quirinopolis.go.leg.br_requerimento_no_230.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3416/quirinopolis.go.leg.br_requerimento_no_231.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3417/quirinopolis.go.leg.br_requerimento_no_232.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3418/quirinopolis.go.leg.br_requerimento_no_233.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3421/quirinopolis.go.leg.br_requerimento_no_234.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3422/quirinopolis.go.leg.br_requerimento_no_235.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3423/quirinopolis.go.leg.br_requerimento_no_236.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3424/quirinopolis.go.leg.br_requerimento_no_237.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3425/quirinopolis.go.leg.br_requerimento_no_238.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3426/quirinopolis.go.leg.br_requerimento_no_239.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3427/quirinopolis.go.leg.br_requerimento_no_240.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3428/quirinopolis.go.leg.br_requerimento_no_241_a.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3429/quirinopolis.go.leg.br_requerimento_no_242.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3433/quirinopolis.go.leg.br_requerimento_no_243.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3434/quirinopolis.go.leg.br_requerimento_no_244.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3435/quirinopolis.go.leg.br_requerimento_no_245.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3436/quirinopolis.go.leg.br_requerimento_no_246.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3441/quirinopolis.go.leg.br_requerimento_no_247.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3442/quirinopolis.go.leg.br_requerimento_no_248.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3443/quirinopolis.go.leg.br_requerimento_no_249.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3444/quirinopolis.go.leg.br_requerimento_no_250.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3445/quirinopolis.go.leg.br_requerimento_no_251.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3462/quirinopolis.go.leg.br_requerimento_no_252.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3463/quirinopolis.go.leg.br_requerimento_no_253.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3464/quirinopolis.go.leg.br_requerimento_no_254.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3465/quirinopolis.go.leg.br_requerimento_no_255.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3466/quirinopolis.go.leg.br_requerimento_no_256.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3467/quirinopolis.go.leg.br_requerimento_no_257.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3468/quirinopolis.go.leg.br_requerimento_no_258.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3469/quirinopolis.go.leg.br_requerimento_no_259.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3470/quirinopolis.go.leg.br_requerimento_no_260.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3477/quirinopolis.go.leg.br_requerimento_no_261.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3479/quirinopolis.go.leg.br_requerimento_no_262.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3480/quirinopolis.go.leg.br_requerimento_no_263.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3481/quirinopolis.go.leg.br_requerimento_no_264.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3482/quirinopolis.go.leg.br_requerimento_no_265.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3486/quirinopolis.go.leg.br_requerimento_no_266.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3487/quirinopolis.go.leg.br_requerimento_no_267.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3489/quirinopolis.go.leg.br_requerimento_no_268.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3490/quirinopolis.go.leg.br_requerimento_no_269.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3491/quirinopolis.go.leg.br_requerimento_no_270.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3492/quirinopolis.go.leg.br_requerimento_no_271.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3493/quirinopolis.go.leg.br_requerimento_no_272.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3494/quirinopolis.go.leg.br_requerimento_no_273.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3495/quirinopolis.go.leg.br_requerimento_no_274.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3496/quirinopolis.go.leg.br_requerimento_no_275.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3497/quirinopolis.go.leg.br_requerimento_no_276.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3498/quirinopolis.go.leg.br_requerimento_no_277.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3500/www.quirinopolis.go.leg.br_requerimento_no_278_de_2023.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3501/www.quirinopolis.go.leg.br_requerimento_no_279.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3502/www.quirinopolis.go.leg.br_requerimento_no_280.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3503/www.quirinopolis.go.leg.br_requerimento_no_281.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3509/quirinopolis.go.leg.br_requerimento_no_282.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3510/quirinopolis.go.leg.br_requerimento_no_283.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3512/quirinopolis.go.leg.br_requerimento_no_284.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3513/quirinopolis.go.leg.br_requerimento_no_285.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3514/quirinopolis.go.leg.br_requerimento_no_286.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3534/quirinopolis.go.leg.br_requerimento_no_287.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3536/quirinopolis.go.leg.br_requerimento_no_288.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3572/quirinopolis.go.leg.br_requerimento_no_289.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3574/quirinopolis.go.leg.br_requerimento_no_290.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3576/quirinopolis.go.leg.br_requerimento_no_291.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3577/quirinopolis.go.leg.br_requerimento_no_292.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3027/quirinopolis.go.leg.br_mocao_01.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3028/quirinopolis.go.leg.br_mocao_02.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3029/quirinopolis.go.leg.br_mocao_03.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3072/quirinopolis.go.leg.br_mocao_04.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3073/quirinopolis.go.leg.br_mocao_05.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3074/quirinopolis.go.leg.br_mocao_06.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3075/quirinopolis.go.leg.br_mocao_07.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3076/quirinopolis.go.leg.br_mocao_08_2023pdf.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3084/quirinopolis.go.leg.br_mocao_09_2023.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3096/quirinopolis.go.leg.br_mocao_10_2023.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3113/quirinopolis.go.leg.br_mocao_11_2023.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3114/quirinopolis.go.leg.br_mocao_12_2023.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3115/quirinopolis.go.leg.br_mocao_13_2023.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3118/mocao_14.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3121/quirinopolis.go.leg.br_mocao_15_2023.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3126/quirinopolis.go.leg.br_mocao_16_2023.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3127/quirinopolis.go.leg.br_mocao_17.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3132/quirinopolis.go.leg.br_mocao_18_2023.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3133/quirinopolis.go.leg.br_mocao_19_2023.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3134/quirinopolis.go.leg.br_mocao_20_2023.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3153/mocao_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3178/quirinopolis.go.leg.br_mocao_22_2023.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3196/quirinopolis.go.leg.br_mocao_no_23_de_2023.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3197/quirinopolis.go.leg.br_mocao_no_24_de_2023.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3203/quirinopolis.go.leg.br_mocao_no_25_de_2023.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3214/quirinopolis.go.leg.br_mocao_no_26_de_2023.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3216/quirinopolis.go.leg.br_mocao_no_27_de_2023.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3223/mocao_de_pesar_gecimilton.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3247/quirinopolis.go.leg.br_mocao_no_29.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3258/quirinopolis.go.leg.br_mocao_no_30.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3330/quirinopolis.go.leg.br_mocao_31_2023.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3331/quirinopolis.go.leg.br_mocao_32_2023_ok.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3335/mocao_33.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3348/quirinopolis.go.leg.br_mocao_34_2023.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3412/quirinopolis.go.leg.br_mocao_no_35_de_2023.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3438/quirinopolis.go.leg.br_mocao_no_36_de_2023.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3484/quirinopolis.go.leg.br_mocao_no_37_de_2023.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2023/3504/www.quirinopolis.go.leg.br_mocao_no_38_de_2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H556"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="189" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="188.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>