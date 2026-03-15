--- v0 (2026-01-24)
+++ v1 (2026-03-15)
@@ -10,98 +10,1289 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="857" uniqueCount="413">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>4674</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>ATAO</t>
+  </si>
+  <si>
+    <t>ATA SESSÃO ORDINÁRIA</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4674/ata_eletronica_da_1a_sessao_ordinaria_23-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 1ª Sessão Ordinária 23-02-2026</t>
+  </si>
+  <si>
+    <t>4677</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4677/ata_eletronica_da_2a_sessao_ordinaria_24-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 2ª Sessão Ordinária 24-02-2026</t>
+  </si>
+  <si>
+    <t>4692</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4692/ata_eletronica_da_3a_sessao_ordinaria_25-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 3ª Sessão Ordinária 25-02-2026</t>
+  </si>
+  <si>
+    <t>4702</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4702/ata_eletronica_da_4a_sessao_ordinaria_26-02-26.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 4ª Sessão Ordinária 26-02-26</t>
+  </si>
+  <si>
+    <t>4711</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4711/ata_eletronica_da_5a_sessao_ordinaria_27-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 5ª Sessão Ordinária 27-02-2026</t>
+  </si>
+  <si>
+    <t>4738</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4738/ata_eletronica_da_6a_sessao_ordinaria_10-03-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 6ª Sessão Ordinária 10-03-2026</t>
+  </si>
+  <si>
+    <t>4742</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4742/ata_eletronica_da_7a_sessao_ordinaria_11-03-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 7ª Sessão Ordinária 11-03-2026</t>
+  </si>
+  <si>
+    <t>4656</t>
+  </si>
+  <si>
+    <t>EM</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA</t>
+  </si>
+  <si>
+    <t>VANESSA DA USINA</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4656/quirinopolis.go.leg.br_emenda_modificada_001.pdf</t>
+  </si>
+  <si>
+    <t>Altera o art. 1° do Projeto de Lei Ordinária nº 057/25, de 10 de dezembro de 2025 que determina a data de comemoração da Semana do Agronegócio no Município de Quirinópolis.</t>
+  </si>
+  <si>
+    <t>4688</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4688/quirinopolis.go.leg.br_projeto_de_emenda_modificativa_002_1.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação do Artigo 1º do Projeto de Lei Ordinária do Legislativo nº 03/2026, que regulamenta a denominação de prédios públicos, espaços públicos e logradouros no Município de Quirinópolis.</t>
+  </si>
+  <si>
+    <t>4698</t>
+  </si>
+  <si>
+    <t>CASSIM DA USINA</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4698/quirinopolis.go.leg.br_emenda_modificativa_003.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Anexo II do Projeto de Lei Ordinária do Executivo nº 02/2026, que modifica a Lei nº 3.588, de 22 de abril de 2024, para incluir o curso superior em Gestão Pública como requisito para o cargo de Analista de Controle Interno.</t>
+  </si>
+  <si>
+    <t>4699</t>
+  </si>
+  <si>
+    <t>SARGENTO LACERDA</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4699/quirinopolis.go.leg.br_emenda_modificativa_004_ao_projeto_de_lei_ordinaria_do_executivo_no_001-2026_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>"Modifica-se o caput e acrescenta §§ no art. 2º do Projeto de Lei Ordinária do Executivo nº 001/2026 de 12 de fevereiro de 2026.</t>
+  </si>
+  <si>
+    <t>4709</t>
+  </si>
+  <si>
+    <t>CLEILTON RESENDE</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4709/quirinopolis.go.leg.br_emenda_modificativa_005_a_assinado_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>Altera e acrescenta dispositivos ao Projeto de Lei Ordinária do Executivo nº 24, de 26 de agosto de 2025, para disciplinar critérios de vedação à concentração de uso de bens públicos municipais e assegurar a intransmissibilidade do direito real de uso.</t>
+  </si>
+  <si>
     <t>4633</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>VT</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Poder Executivo - PE</t>
   </si>
   <si>
-    <t>https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4633/veto_de_lei_-_reconhecimento_de_receitas_medicas.pdf</t>
-[...2 lines deleted...]
-    <t>MENSAGEM DE VETO TOTAL AO AUTÓGRAFO DE LEI Nº 310, DE 04 DE DEZEMBRO DE 2025</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4633/veto_de_lei_-_reconhecimento_de_receitas_medicas.pdf</t>
+  </si>
+  <si>
+    <t>VETO TOTAL AO AUTÓGRAFO DE LEI Nº 310, DE 04 DE DEZEMBRO DE 2025 (que “dispõe sobre o reconhecimento de receitas médicas emitidas por profissionais não vinculados ao Sistema Único de Saúde (SUS) para fornecimento de medicamentos pela rede pública de saúde do município de Quirinópolis”,)</t>
+  </si>
+  <si>
+    <t>4647</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO</t>
+  </si>
+  <si>
+    <t>OSCAR JÚNIOR</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4647/quirinopolis.go.leg.br_projeto_de_decreto_001__.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título Honorífico de Cidadão Quirinopolino ao Reverendíssimo Monsenhor Fernando Duarte Barros Reis e contém outras Providências.</t>
+  </si>
+  <si>
+    <t>4648</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4648/quirinopolis.go.leg.br_titulo_de_cidada_quirinopolina_daiane_ribeiro_1_1.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título Honorífico de Cidadã Quirinopolina à Senhora Daiane Ribeiro Arantes e contém outras Providências.</t>
+  </si>
+  <si>
+    <t>4657</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4657/quirinopolis.go.leg.br_projeto_de_decreto_a_003_.pdf</t>
+  </si>
+  <si>
+    <t>Concede o Título de Cidadão Quirinopolino ao Sr. José Mário Schreiner e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4658</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4658/quirinopolis.go.leg.br_projeto_de_decreto_a_04_.pdf</t>
+  </si>
+  <si>
+    <t>Concede o prêmio "Mulher Destaque" a senhora Tamiris Alves Fernandes de Miranda, no Município de Quirinópolis, Estado de Goiás.</t>
+  </si>
+  <si>
+    <t>4689</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4689/quirinopolis.goleg.br_medalha_do_merito_legislativo_d._anesia_a_1_1.pdf</t>
+  </si>
+  <si>
+    <t>Concede a MEDALHA DO MÉRITO LEGISLATIVO ONÍCIO RESENDE à Senhora Anésia Ferreira dos Santos e contém outras providência.</t>
+  </si>
+  <si>
+    <t>4690</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4690/quirinopolis.go.leg.br_medalha_do_merito_a_legislativo_tito_1.pdf</t>
+  </si>
+  <si>
+    <t>Concede a MEDALHA DO MÉRITO LEGISLATIVO ONÍCIO RESENDE ao Senhor Antônio Aparecido Severino, conhecido por Sr. “Tito Goiano”, e contém outras providência.</t>
+  </si>
+  <si>
+    <t>4691</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4691/quirinopolis.go.leg.br_projeto_de_decreto_a_07.pdf</t>
+  </si>
+  <si>
+    <t>Concede o prêmio “Mulher Destaque” à senhora Vânia Maria da Silva Lima e contém outras providências.</t>
+  </si>
+  <si>
+    <t>4700</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>DALMO (Soró)</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4700/quirinopolis.go.leg.br_projeto_de_decreto_a_008_.pdf</t>
+  </si>
+  <si>
+    <t>“CONCEDE O PRÊMIO “MULHER DESTAQUE”, À SENHORA ZILDA MARIA CARVALHO BARROSO, NO MUNICÍPIO DE QUIRINÓPOLIS, ESTADO DE GOIÁS”.</t>
+  </si>
+  <si>
+    <t>4706</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4706/projeto_de_decreto_legislativo_a_no_009_.pdf</t>
+  </si>
+  <si>
+    <t>“Concede o prêmio “Mulher Destaque” à Professora Sheila Aparecida de Freitas Andrade Fernandes e contém outras providências”.</t>
+  </si>
+  <si>
+    <t>4712</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>RENATO RIBEIRO</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4712/projeto_de_decreto_a_10_1.pdf</t>
+  </si>
+  <si>
+    <t>Concede o prêmio “Mulher Destaque”, à Senhora Nara Cristina Chaves, no município de Quirinópolis, estado de Goiás.</t>
+  </si>
+  <si>
+    <t>4713</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>JÚNIOR ALVES</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4713/quirinopolis.go.leg.br_projeto_de_decreto_a_11_.pdf</t>
+  </si>
+  <si>
+    <t>"Concede o prêmio “Mulher Destaque” à senhora Nádiane Miranda, no Município de Quirinópolis, Estado de Goiás."</t>
+  </si>
+  <si>
+    <t>4714</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4714/quirinopolis.go.leg.br_projeto_de_decreto_12_.pdf</t>
+  </si>
+  <si>
+    <t>Institui o "Dia dos Artistas da Terra" no município Quirinopolis, destinado à valorização, promoção e reconhecimento dos artistas locais, em todas as suas expressões culturais.</t>
+  </si>
+  <si>
+    <t>4715</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4715/quirinopolis.go.leg.br_projeto_de_decreto_a_13_.pdf</t>
+  </si>
+  <si>
+    <t>“Concede o Prêmio ‘Mulher Destaque’ à senhora Carmélia Zoraide Mendes Freitas Novais e contém outras providências.”</t>
+  </si>
+  <si>
+    <t>4722</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>NUBYANO ESPORTES</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4722/quirinopolis.go.leg.br_projeto_de_decreto_014_1_1.pdf</t>
+  </si>
+  <si>
+    <t>"Concede o prêmio “Mulher Destaque” à senhora Sheila Cristina de Carvalho Borges e contém outras providências”.</t>
+  </si>
+  <si>
+    <t>4724</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>NERIN DA SAÚDE</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4724/quirinopolis.go.leg.br_projeto_de_decreto_legislativo_15__284_29_assinado.pdf</t>
+  </si>
+  <si>
+    <t>"Concede o prêmio “Mulher Destaque” à Senhora Maria Zélia Teodoro Alves, no Município de Quirinópolis, Estado de Goiás"</t>
+  </si>
+  <si>
+    <t>4725</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4725/quirinopolis.go.leg.br_projeto_de_decreto_legislativo_a16_4.pdf</t>
+  </si>
+  <si>
+    <t>“Concede a MEDALHA DO MÉRITO LEGISLATIVO ONÍCIO RESENDE a senhora Iuza Divina Gonçalves da Silva, e contém outras providências”</t>
+  </si>
+  <si>
+    <t>4731</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>DEUSENY FERREIRA</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4731/quirinopolis.go.leg.br_projeto_de_decreto_legislativo_17_4_1.pdf</t>
+  </si>
+  <si>
+    <t>Concede o Prêmio “Mulher Destaque” à senhora Odária Ferreira de Rezende e contém outras providências.</t>
+  </si>
+  <si>
+    <t>4741</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>DAIANE RIBEIRO</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4741/quirinopolis.go.leg.br_decreto_legislativo_1062.pdf</t>
+  </si>
+  <si>
+    <t>“Concede o prêmio “Mulher Destaque”, à Senhora Maria Luiza Custodio da Cruz Ribeiro, no município de Quirinópolis, estado de goiás”.</t>
+  </si>
+  <si>
+    <t>4635</t>
+  </si>
+  <si>
+    <t>PR</t>
+  </si>
+  <si>
+    <t>PROJETO DE RESOLUÇÃO</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4635/quirinopolis.go.leg.br_projeto_de_resolucao_01.pdf</t>
+  </si>
+  <si>
+    <t>Altera a alínea "a" do inciso IV do artigo 60 da Resolução nº 04/1990 (Regimento Interno da Câmara), e contém outras providências. (Faz adequação no quantitativo de assessores).</t>
+  </si>
+  <si>
+    <t>4636</t>
+  </si>
+  <si>
+    <t>SARGENTO LACERDA, VANESSA DA USINA</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4636/quirinopolis.go.leg.br_projeto_de_resolucao_002.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Resolução nº 092/2025, de 25 de abril de 2025, para dispor sobre a submissão ao Plenário da Câmara Municipal de Quirinópolis das indicações para concessão da honraria aos profissionais da segurança pública, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4649</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4649/quirinopolis.go.leg.br_projeto_de_resolucao_003.pdf</t>
+  </si>
+  <si>
+    <t>“Institui a Política de Proteção de Dados Pessoais no âmbito da Câmara Municipal de Quirinópolis/GO e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>4650</t>
+  </si>
+  <si>
+    <t>CLEILTON RESENDE, DEUSENY FERREIRA, LUCAS COWBOY, SARGENTO LACERDA</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4650/quirinopolis.go.leg.br_projeto_de_resolucao_004.pdf</t>
+  </si>
+  <si>
+    <t>“Altera o art. 181 do Regimento Interno da Câmara Municipal de Quirinópolis, para ajustar o horário de início das Reuniões Ordinárias"</t>
+  </si>
+  <si>
+    <t>4686</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4686/quirinopolis.go.leg.br_projeto_de_resolucao_005_1.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Regimento Interno da Câmara Municipal de Quirinópolis para sistematizar a disciplina dos Decretos Legislativos e estabelecer requisitos objetivos de admissibilidade para a concessão de Títulos Honoríficos.</t>
+  </si>
+  <si>
+    <t>4701</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4701/quirinopolis.go.leg.br_projeto_de_resolucao_006.pdf</t>
+  </si>
+  <si>
+    <t>“Formaliza a composição das Comissões Permanentes da Câmara Municipal de Quirinópolis.”</t>
+  </si>
+  <si>
+    <t>4708</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4708/quirinopolis.go.leg.br_projeto_de_resolucao_007.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a jornada de trabalho, o controle de frequência, a reposição de horas e o acompanhamento funcional dos servidores da Câmara Municipal de Quirinópolis/GO, consolida normas anteriores e dá outras providências."</t>
+  </si>
+  <si>
+    <t>4710</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4710/quirinopolis.go.leg.br_projeto_de_resolucao_008.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão, o pagamento, a prestação de contas e os valores de diárias no âmbito da Câmara Municipal de Quirinópolis/GO, e revoga integralmente a Resolução nº 68, de 28 de agosto de 2020.</t>
+  </si>
+  <si>
+    <t>4716</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4716/quirinopolis.go.leg.br_projeto_de_resolucao_009.pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta, no âmbito da Câmara Municipal de Quirinópolis, a aplicação da Lei Federal nº 12.527, de 18 de novembro de 2011, institui o Serviço de Informação ao Cidadão – SIC, disciplina procedimentos de acesso à informação e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4732</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4732/07_p_resolucao_honrarias.docx</t>
+  </si>
+  <si>
+    <t>Altera o art. 257 do Regimento Interno da Câmara Municipal de Quirinópolis/GO (R.I. nº 4, de 04 de dezembro de 1990), para disciplinar a apresentação de proposições destinadas à concessão de honrarias no âmbito do Poder Legislativo Municipal.</t>
+  </si>
+  <si>
+    <t>4737</t>
+  </si>
+  <si>
+    <t>Mesa Diretora - MD</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4737/quirinopolis.go.leg.br_projeto_de_resolucao_a_11_.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Política de Governo Digital no âmbito da Câmara Municipal de Quirinópolis/GO e estabelece diretrizes para a digitalização dos serviços legislativos e administrativos.</t>
+  </si>
+  <si>
+    <t>4634</t>
+  </si>
+  <si>
+    <t>PLOL</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4634/quirinopolis.go.leg.br_projeto_de_lei_01.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a denominação de edificação construída dentro da Unidade Básica de Saúde UBS IX – TONHO MARIQUINHA. (Área de Convivência Auro Vieira de Moraes)</t>
+  </si>
+  <si>
+    <t>4638</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4638/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_legislativo_02_.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a denominação da Praça do Terminal Rodoviário João Lima". (Praça Marco Aurelio Cabral)</t>
+  </si>
+  <si>
+    <t>4655</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4655/quirinopolis.go.leg.br_projeto_de_lei_003_._pdf.pdf</t>
+  </si>
+  <si>
+    <t>“Regulamenta a denominação de prédios públicos, espaços públicos e outros no âmbito do município de Quirinópolis-GO ".</t>
+  </si>
+  <si>
+    <t>4675</t>
+  </si>
+  <si>
+    <t>LUCAS COWBOY</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4675/quirinopolis.go.leg.br_projeto_de_lei_004.pdf</t>
+  </si>
+  <si>
+    <t>“Institui o titulo “aluno destaque” na rede pública e particular de ensino fundamental e médio no município de Quirinópolis-estado de goiás e contém providências.”</t>
+  </si>
+  <si>
+    <t>4687</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4687/quirinopolis.go.leg.br_projeto_de_lei_005.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Política Municipal de Prevenção e Enfrentamento ao Assédio Sexual no âmbito da Administração Pública Direta e Indireta do Município de Quirinópolis, nos Poderes Executivo e Legislativo, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4693</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4693/quirinopolis.go.leg.br_projeto_de_lei_006.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a regulamentação da proteção animal no Município de Quirinópolis, define condutas caracterizadas como maus-tratos, estabelece sanções e penalidades administrativas e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4723</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4723/quirinopolis.go.leg.br_projeto_de_lei_007_.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a instituição do feriado municipal de Carnaval no âmbito do Município de Quirinópolis e dá outras providências. (Terça-feira de Carnaval)</t>
+  </si>
+  <si>
+    <t>4743</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4743/quirinopolis.go.leg.br_projeto_de_lei_008_.pdf</t>
+  </si>
+  <si>
+    <t>“Institui o "Dia dos Artistas da Terra" no município Quirinópolis, destinado à valorização, promoção e reconhecimento dos artistas locais, em todas as suas expressões culturais.”</t>
+  </si>
+  <si>
+    <t>4744</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4744/quirinopolis.go.leg.br_projeto_de_lei_009_.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Dia do Corretor de Imóveis no Calendário Oficial de Datas Comemorativas do Município de Quirinópolis, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4739</t>
+  </si>
+  <si>
+    <t>PLS</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI SUBSTITUTIVO</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4739/quirinopolis.go.leg.br_projeto_de_lei_substitutivoexecutivo_no_01.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI SUBSTITUTIVO, AO PROJETO DE LEI ORDINÁRIA DO EXECUTIVO Nº 05, DE 20 DE FEVEREIRO DE 2026 "Dispõe sobre a Política Municipal dos Direitos da Pessoa com Deficiência, cria o Conselho Municipal dos Direitos da Pessoa com Deficiência e o Fundo Municipal dos Direitos da Pessoa com Deficiência, e dá outras providências".</t>
+  </si>
+  <si>
+    <t>4651</t>
+  </si>
+  <si>
+    <t>PLOE</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4651/projeto_de_lei_ordinaria_do_executivo_no_01_de_12_de_fevereiro_de_2026.pdf</t>
+  </si>
+  <si>
+    <t>“Autoriza a desafetação de área pública e declara Área Especial de Interesse Social III – AEIS III, no Município de Quirinópolis, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>4652</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4652/projeto_de_lei_ordinaria_do_executivo_no_02_de_12_de_fevereiro_de_2026..pdf</t>
+  </si>
+  <si>
+    <t>“Altera a Lei nº 3.588, de 22 de abril de 2024, que dispõe sobre o Quadro de Pessoal e o Plano de Cargos e Remuneração dos Servidores Públicos de Quirinópolis”.</t>
+  </si>
+  <si>
+    <t>4663</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4663/projeto_de_lei_ordinaria_do_executivo_no_03_de_20_de_fevereiro_de_2026..pdf</t>
+  </si>
+  <si>
+    <t>“Concede revisão geral anual dos vencimentos dos servidores públicos de Quirinópolis e contém outras providências.”.</t>
+  </si>
+  <si>
+    <t>4664</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4664/projeto_de_lei_ordinaria_do_executivo_no_04_de_20_de_fevereiro_de_2026..pdf</t>
+  </si>
+  <si>
+    <t>“Altera a redação do art. 3º e cria o § 5º ao art. 5º, da Lei nº 3.441, de 28 de março de 2022 e dá outras providências.”.</t>
+  </si>
+  <si>
+    <t>4665</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4665/projeto_de_lei_ordinaria_do_executivo_no_05_de_20_de_fevereiro_de_2026..pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a criação do Conselho Municipal dos Direitos da Pessoa com Deficiência e do Fundo Municipal dos Direitos da Pessoa com Deficiência e dá outras providências."</t>
+  </si>
+  <si>
+    <t>4685</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4685/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_executivo_no_06_de_24_de_fevereiro_de_2026..pdf</t>
+  </si>
+  <si>
+    <t>“Concede reajuste aos vencimentos dos profissionais do magistério e atualiza as tabelas remuneratórias.”.</t>
+  </si>
+  <si>
+    <t>4740</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4740/quirinopolis.go.leg.br_projeto_de_lei_do_executivo_07..pdf</t>
+  </si>
+  <si>
+    <t>“Institui o Plano Municipal pela Primeira Infância do Município de Quirinópolis, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>4639</t>
+  </si>
+  <si>
+    <t>RQ</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4639/quirinopolis.go.leg.br_requerimento_no_1_de_2026_ass.pdf</t>
+  </si>
+  <si>
+    <t>Requerer seja atribuído o nome de Luize Quirino à nova sede do Centro de Atenção Psicossocial – CAPS, que será instalada no Município de Quirinópolis.</t>
+  </si>
+  <si>
+    <t>4640</t>
+  </si>
+  <si>
+    <t>GUSTAVO MOURÃO (em memória)</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4640/quirinopolis.go.leg.br_requerimento_no_2_de_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“REQUER AUMENTO DO ÍNDICE DA DATA-BASE PARA FUNCIONÁRIOS PÚBLICOS DO MUNICÍPIO DE QUIRINÓPOLIS”.</t>
+  </si>
+  <si>
+    <t>4641</t>
+  </si>
+  <si>
+    <t>CASSIM DA USINA, DEUSENY FERREIRA, GUSTAVO MOURÃO (em memória)</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4641/quirinopolis.go.leg.br_requerimento_no_3_de_2026_ass.pdf</t>
+  </si>
+  <si>
+    <t>“Solicita ao Poder Executivo Municipal informações e providências quanto ao cumprimento do piso salarial dos profissionais do magistério da rede municipal de ensino, nos termos da Lei Municipal nº 3.108/2014, com as alterações promovidas pela Lei Municipal nº 3.640/2025 e demais normas municipais correlatas.”</t>
+  </si>
+  <si>
+    <t>4642</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4642/quirinopolis.go.leg.br_requerimento_no_4_de_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Requer ao Secretário Municipal de Obras a adoção de providências imediatas para reparo e regularização do desvio existente na Avenida Rui Barbosa, nas proximidades da ponte, atualmente interditado e oferecendo risco à segurança da população.”</t>
+  </si>
+  <si>
+    <t>4643</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4643/quirinopolis.go.leg.br_requerimento_no_5_de_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer a adoção de providências administrativas e legislativas destinadas à aplicação da Lei Complementar nº 226/2026, com vistas ao reconhecimento do período de congelamento e à eventual reparação dos direitos funcionais dos servidores públicos municipais afetados pela Lei Complementar nº 173/2020.</t>
+  </si>
+  <si>
+    <t>4644</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4644/quirinopolis.go.leg.br_requerimento_no_6_de_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer o cumprimento e a implementação do Piso Salarial Profissional Nacional do Magistério no âmbito do Município.</t>
+  </si>
+  <si>
+    <t>4645</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4645/quirinopolis.go.leg.br_requerimento_no_7_de_2026_ass.pdf</t>
+  </si>
+  <si>
+    <t>Requer a realização de estudo técnico de viabilidade viária para manutenção e organização do tráfego em mão única na Rua Garibaldi Teixeira, no trecho compreendido entre as proximidades do Auto Posto União e o Restaurante Rango Bom, nas imediações da Avenida do Contorno, bem como nas imediações da Avenida do Contorno até a Avenida Brasil, no sentido de descida.</t>
+  </si>
+  <si>
+    <t>4654</t>
+  </si>
+  <si>
+    <t>DEUSENY FERREIRA, RENATO RIBEIRO</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4654/quirinopolis.go.leg.br_requerimento_no_8_de_2026_ass.pdf</t>
+  </si>
+  <si>
+    <t>Requerer à Secretaria Municipal de Assistência Social, para que promova a organização e realização de um Casamento Comunitário no âmbito do Município.</t>
+  </si>
+  <si>
+    <t>4659</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4659/quirinopolis.go.leg.br_requerimento_no_9_de_2026_ass.pdf</t>
+  </si>
+  <si>
+    <t>Requer a designação de motorista plantonista para a Casa de Apoio em Goiânia, visando atender pacientes que realizam quimioterapia e outros tratamentos de saúde.</t>
+  </si>
+  <si>
+    <t>4660</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4660/quirinopolis.go.leg.br_requerimento_no_10_de_2026_ass.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a instalação de dois abrigos com assentos em pontos de ônibus no Bairro Sodino Vieira.</t>
+  </si>
+  <si>
+    <t>4661</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4661/quirinopolis.go.leg.br_requerimento_no_11_de_2026_ass.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Presidente da Câmara Municipal a adoção de providências administrativas para adequação às determinações do Supremo Tribunal Federal relativas à revisão de verbas remuneratórias e observância do teto constitucional.</t>
+  </si>
+  <si>
+    <t>4662</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4662/quirinopolis.go.leg.br_requerimento_no_12_de_2026_ass.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de calçadas em residências que não possuem e cujos moradores não têm condições financeiras para realizá-las.</t>
+  </si>
+  <si>
+    <t>4666</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4666/quirinopolis.go.leg.br_requerimento_no_13_de_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Solicita informações de todas as edículas, salões de festas e salão de eventos, no município se estão com alvará de funcionamento em dias para o exercício de 2026”.</t>
+  </si>
+  <si>
+    <t>4668</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4668/quirinopolis.go.leg.br_requerimento_no_14_de_2026_ass.pdf</t>
+  </si>
+  <si>
+    <t>Requer a implantação de sistema de câmeras de videomonitoramento em todo o Hospital Municipal de Quirinópolis.</t>
+  </si>
+  <si>
+    <t>4669</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4669/quirinopolis.go.leg.br_requerimento_no_15_de_2026_ass.pdf</t>
+  </si>
+  <si>
+    <t>Requer estudo de viabilidade para implantação de mão única de trânsito na Rua Francisco Correia Neves.</t>
+  </si>
+  <si>
+    <t>4670</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4670/quirinopolis.go.leg.br_requerimento_no_16_de_2026_ass.pdf</t>
+  </si>
+  <si>
+    <t>Requer a intensificação das políticas públicas de prevenção e combate ao mosquito transmissor da dengue.</t>
+  </si>
+  <si>
+    <t>4671</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4671/quirinopolis.go.leg.br_requerimento_no_17_de_2026_ass.pdf</t>
+  </si>
+  <si>
+    <t>Requer a contratação de empresa especializada para aferição de índice de insalubridade nas atividades desempenhadas pelo pessoal da limpeza das unidades escolares do município.</t>
+  </si>
+  <si>
+    <t>4672</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4672/quirinopolis.go.leg.br_requerimento_no_18_de_2026_ass.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações técnicas relativas à Inexigibilidade nº 318/2025 e ao Contrato nº 001/2026 – Prestação de Serviços de Assessoria e Consultoria Jurídica.</t>
+  </si>
+  <si>
+    <t>4673</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4673/quirinopolis.go.leg.br_requerimento_no_19_de_2026_ass.pdf</t>
+  </si>
+  <si>
+    <t>Requer a intensificação da fiscalização dos infratores que depositam lixo em locais inapropriados no Município de Quirinópolis.</t>
+  </si>
+  <si>
+    <t>4678</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4678/quirinopolis.go.leg.br_requerimento_no_20_de_2026_ass.pdf</t>
+  </si>
+  <si>
+    <t>Requer a implementação de bebedouros com filtro e refrigeração para pessoas e pets no Lago Sol Poente e Lago Parque da Liberdade e Bosque do Município de Quirinópolis.</t>
+  </si>
+  <si>
+    <t>4680</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4680/quirinopolis.go.leg.br_requerimento_no_21_de_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Solicita a implantação de uma faixa elevada em frente à entrada da Escola Municipal Maria Ignez, na Rua José Melgaço da Fonseca”.</t>
+  </si>
+  <si>
+    <t>4681</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4681/quirinopolis.go.leg.br_requerimento_no_22_de_2026_ass.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações do Poder Executivo sobre providências adotadas para adequação às determinações do STF relativas a verbas remuneratórias/indenizatórias e respeito ao teto constitucional.</t>
+  </si>
+  <si>
+    <t>4682</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4682/quirinopolis.go.leg.br_requerimento_no_23_de_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Solicita que seja feito análise técnica e substituição/instalação de luminárias em logradouros do bairro setor agroindustrial”</t>
+  </si>
+  <si>
+    <t>4683</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4683/quirinopolis.go.leg.br_requerimento_no_24_de_2026_ass.pdf</t>
+  </si>
+  <si>
+    <t>Requer a limpeza e manutenção dos bueiros e bocas de lobo nos bairros da cidade.</t>
+  </si>
+  <si>
+    <t>4684</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4684/quirinopolis.go.leg.br_requerimento_no_25_de_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Solicita que seja feita a instalação de rede de iluminação pública no Bairro Tonico Bento.”</t>
+  </si>
+  <si>
+    <t>4696</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4696/quirinopolis.go.leg.br_requerimento_no_26_de_26_ass.pdf</t>
+  </si>
+  <si>
+    <t>Requer a recapagem e nivelamento da pista da caminhada do Lago Sol Poente no Município de Quirinópolis.</t>
+  </si>
+  <si>
+    <t>4697</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4697/quirinopolis.go.leg.br_requerimento_no_27_de_26_ass.pdf</t>
+  </si>
+  <si>
+    <t>Requer a implantação de programa municipal de apoio aos protetores voluntários e organizações da sociedade civil que atuam no cuidado de cães e gatos entre outros animais em situação de abandono, com fornecimento de insumos, medicamentos e assistência veterinária, bem como a adoção de políticas públicas permanentes de proteção e controle populacional animal.</t>
+  </si>
+  <si>
+    <t>4704</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4704/quirinopolis.go.leg.br_requerimento_n_28_de_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer melhorias na prestação do serviço municipal de disponibilização de caçambas para retirada de entulho e resíduos volumosos, com maior eficiência, celeridade no atendimento e aprimoramento do sistema de solicitações realizado por meio de aplicativo.</t>
+  </si>
+  <si>
+    <t>4705</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4705/quirinopolis.go.leg.br_requerimento_29_de_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer a implantação de faixa elevada para travessia de pedestres nas imediações do Hospital Municipal Antônio Martins da Costa, visando reforçar a segurança viária no local.</t>
+  </si>
+  <si>
+    <t>4707</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4707/quirinopolis.go.leg.br_requerimento_30_de_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Requer a instalação de sinalização horizontal e vertical no entorno do Colégio Expansão, bem como a demarcação de vagas de estacionamento e pintura de faixa de pedestres, visando a segurança das crianças, a organização do trânsito e o atendimento do interesse coletivo.”</t>
+  </si>
+  <si>
+    <t>4717</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4717/quirinopolis.go.leg.br_requerimento_no_31_de_2026_ass.pdf</t>
+  </si>
+  <si>
+    <t>Requer expedição de ofício ao Poder Executivo para nova nomeação dos membros do Conselho Municipal de Desenvolvimento Rural Sustentável – CMDRS.</t>
+  </si>
+  <si>
+    <t>4718</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4718/quirinopolis.go.leg.br_requerimento_n_32_de_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento solicitando a instalação de um toldo na Unidade de Atendimento de Saúde (UAS).</t>
+  </si>
+  <si>
+    <t>4719</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4719/quirinopolis.go.leg.br_requerimento_n_33_de_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento solicitando a recuperação das estradas vicinais da Pedra Lisa e Jacaré, neste município.</t>
+  </si>
+  <si>
+    <t>4720</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4720/quirinopolis.go.leg.br_requerimento_no_34_de_2026_ass.pdf</t>
+  </si>
+  <si>
+    <t>Requer levantamento oficial dos ex-vereadores vivos de Quirinópolis e a realização de Sessão Solene de reconhecimento institucional.</t>
+  </si>
+  <si>
+    <t>4726</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4726/quirinopolis.go.leg.br_requerimento_no_35_de_2026_ass.pdf</t>
+  </si>
+  <si>
+    <t>Requerer a realização de manutenção e melhorias na iluminação da Feira Coberta Municipal, bem como a adoção de medidas para controle da presença de pombos no local</t>
+  </si>
+  <si>
+    <t>4727</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4727/quirinopolis.go.leg.br_requerimento_no_36_de_2026_ass.pdf</t>
+  </si>
+  <si>
+    <t>Requer a designação de um guarda municipal para atuar na rodoviária, visando reforçar a segurança e garantir maior tranquilidade aos usuários do local.</t>
+  </si>
+  <si>
+    <t>4728</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4728/quirinopolis.go.leg.br_requerimento_no_37_de_2026_ass.pdf</t>
+  </si>
+  <si>
+    <t>Requer a contratação de um intérprete de Libras para as sessões ordinárias e solenes desta Casa Legislativa.</t>
+  </si>
+  <si>
+    <t>4729</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4729/quirinopolis.go.leg.br_requerimento_no_38_de_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>"Solicita em caráter de urgência, estudo técnico para implantação de redutores de velocidade (lombadas eletrônicas ou quebra-molas, nos dois sentidos de tráfego da Avenida da Saudade), compreendido entre a Praça Coronel Jacinto Honório e o Lago sol Poente".</t>
+  </si>
+  <si>
+    <t>4730</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4730/quirinopolis.go.leg.br_requerimento_no_39_de_2026_ass.pdf</t>
+  </si>
+  <si>
+    <t>"Requer a realização de estudo técnico visando à construção de uma nova ponte na pista de caminhada do Parque da Liberdade.”</t>
+  </si>
+  <si>
+    <t>4733</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4733/quirinopolis.go.leg.br_requerimento_no_40_de_2026_ass.pdf</t>
+  </si>
+  <si>
+    <t>Requerer estudo técnico e posterior execução de obras de revitalização da área conhecida como “Biquinha”, tradicional ponto de lazer do município de Quirinópolis.</t>
+  </si>
+  <si>
+    <t>4734</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4734/quirinopolis.go.leg.br_requerimento_no_41_de_2026_ass.pdf</t>
+  </si>
+  <si>
+    <t>Requer o recapeamento asfáltico completo do bairro Alvorada.</t>
+  </si>
+  <si>
+    <t>4735</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4735/quirinopolis.go.leg.br_requerimento_no_42_de_2026_ass.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de uma academia ao ar livre na Praça da Capela São José, no bairro Alphaville.</t>
+  </si>
+  <si>
+    <t>4653</t>
+  </si>
+  <si>
+    <t>MO</t>
+  </si>
+  <si>
+    <t>MOÇÃO</t>
+  </si>
+  <si>
+    <t>CASSIM DA USINA, CLEILTON RESENDE, DAIANE RIBEIRO, DALMO (Soró), DEUSENY FERREIRA, JÚNIOR ALVES, LUCAS COWBOY, NUBYANO ESPORTES, OSCAR JÚNIOR, RENATO RIBEIRO, SARGENTO LACERDA, VANESSA DA USINA</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4653/quirinopolis.go.leg.br_mocao_no_1_de_26_ass.pdf</t>
+  </si>
+  <si>
+    <t>“Moção de Pesar em razão do falecimento de Gustavo Mourão Alves, com reconhecimento pelos relevantes serviços prestados ao Município.”</t>
+  </si>
+  <si>
+    <t>4667</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4667/quirinopolis.go.leg.br_mocao_no_2_de_26_ass.pdf</t>
+  </si>
+  <si>
+    <t>Moção de aplausos Aplausos à senhora Neuza Rosa de Queiroz pela prestação de serviços a comunidade.</t>
+  </si>
+  <si>
+    <t>4679</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4679/quirinopolis.go.leg.br_mocao_no_3_de_26_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Moção de Aplausos ao estudante Felipe Nunes Barbosa, em decorrência das 10 (dez) aprovações em Faculdades Federais”.</t>
+  </si>
+  <si>
+    <t>4694</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4694/quirinopolis.go.leg.br_mocao_no_4_de_20261_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Moção de aplauso ao atleta da pesca esportiva Ciro Fernades Gonçalves</t>
+  </si>
+  <si>
+    <t>4703</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4703/quirinopolis.go.leg.br_mocao_no_5_de_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Moção de aplausos ao atleta Jonathan Queiroz Silva, montador em touros.</t>
+  </si>
+  <si>
+    <t>4736</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4736/quirinopolis.go.leg.br_mocao_no_6_de_2026_ass.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos ao Secretário de Gabinete Municipal, Welington Faustino Fernandes da Silva, pelo compromisso com a defesa dos direitos das mulheres e pela liderança na campanha institucional de enfrentamento à violência contra a mulher em Quirinópolis.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -405,125 +1596,2966 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4633/veto_de_lei_-_reconhecimento_de_receitas_medicas.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4674/ata_eletronica_da_1a_sessao_ordinaria_23-02-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4677/ata_eletronica_da_2a_sessao_ordinaria_24-02-2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4692/ata_eletronica_da_3a_sessao_ordinaria_25-02-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4702/ata_eletronica_da_4a_sessao_ordinaria_26-02-26.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4711/ata_eletronica_da_5a_sessao_ordinaria_27-02-2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4738/ata_eletronica_da_6a_sessao_ordinaria_10-03-2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4742/ata_eletronica_da_7a_sessao_ordinaria_11-03-2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4656/quirinopolis.go.leg.br_emenda_modificada_001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4688/quirinopolis.go.leg.br_projeto_de_emenda_modificativa_002_1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4698/quirinopolis.go.leg.br_emenda_modificativa_003.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4699/quirinopolis.go.leg.br_emenda_modificativa_004_ao_projeto_de_lei_ordinaria_do_executivo_no_001-2026_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4709/quirinopolis.go.leg.br_emenda_modificativa_005_a_assinado_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4633/veto_de_lei_-_reconhecimento_de_receitas_medicas.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4647/quirinopolis.go.leg.br_projeto_de_decreto_001__.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4648/quirinopolis.go.leg.br_titulo_de_cidada_quirinopolina_daiane_ribeiro_1_1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4657/quirinopolis.go.leg.br_projeto_de_decreto_a_003_.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4658/quirinopolis.go.leg.br_projeto_de_decreto_a_04_.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4689/quirinopolis.goleg.br_medalha_do_merito_legislativo_d._anesia_a_1_1.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4690/quirinopolis.go.leg.br_medalha_do_merito_a_legislativo_tito_1.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4691/quirinopolis.go.leg.br_projeto_de_decreto_a_07.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4700/quirinopolis.go.leg.br_projeto_de_decreto_a_008_.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4706/projeto_de_decreto_legislativo_a_no_009_.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4712/projeto_de_decreto_a_10_1.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4713/quirinopolis.go.leg.br_projeto_de_decreto_a_11_.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4714/quirinopolis.go.leg.br_projeto_de_decreto_12_.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4715/quirinopolis.go.leg.br_projeto_de_decreto_a_13_.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4722/quirinopolis.go.leg.br_projeto_de_decreto_014_1_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4724/quirinopolis.go.leg.br_projeto_de_decreto_legislativo_15__284_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4725/quirinopolis.go.leg.br_projeto_de_decreto_legislativo_a16_4.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4731/quirinopolis.go.leg.br_projeto_de_decreto_legislativo_17_4_1.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4741/quirinopolis.go.leg.br_decreto_legislativo_1062.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4635/quirinopolis.go.leg.br_projeto_de_resolucao_01.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4636/quirinopolis.go.leg.br_projeto_de_resolucao_002.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4649/quirinopolis.go.leg.br_projeto_de_resolucao_003.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4650/quirinopolis.go.leg.br_projeto_de_resolucao_004.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4686/quirinopolis.go.leg.br_projeto_de_resolucao_005_1.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4701/quirinopolis.go.leg.br_projeto_de_resolucao_006.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4708/quirinopolis.go.leg.br_projeto_de_resolucao_007.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4710/quirinopolis.go.leg.br_projeto_de_resolucao_008.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4716/quirinopolis.go.leg.br_projeto_de_resolucao_009.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4732/07_p_resolucao_honrarias.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4737/quirinopolis.go.leg.br_projeto_de_resolucao_a_11_.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4634/quirinopolis.go.leg.br_projeto_de_lei_01.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4638/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_legislativo_02_.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4655/quirinopolis.go.leg.br_projeto_de_lei_003_._pdf.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4675/quirinopolis.go.leg.br_projeto_de_lei_004.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4687/quirinopolis.go.leg.br_projeto_de_lei_005.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4693/quirinopolis.go.leg.br_projeto_de_lei_006.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4723/quirinopolis.go.leg.br_projeto_de_lei_007_.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4743/quirinopolis.go.leg.br_projeto_de_lei_008_.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4744/quirinopolis.go.leg.br_projeto_de_lei_009_.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4739/quirinopolis.go.leg.br_projeto_de_lei_substitutivoexecutivo_no_01.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4651/projeto_de_lei_ordinaria_do_executivo_no_01_de_12_de_fevereiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4652/projeto_de_lei_ordinaria_do_executivo_no_02_de_12_de_fevereiro_de_2026..pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4663/projeto_de_lei_ordinaria_do_executivo_no_03_de_20_de_fevereiro_de_2026..pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4664/projeto_de_lei_ordinaria_do_executivo_no_04_de_20_de_fevereiro_de_2026..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4665/projeto_de_lei_ordinaria_do_executivo_no_05_de_20_de_fevereiro_de_2026..pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4685/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_executivo_no_06_de_24_de_fevereiro_de_2026..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4740/quirinopolis.go.leg.br_projeto_de_lei_do_executivo_07..pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4639/quirinopolis.go.leg.br_requerimento_no_1_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4640/quirinopolis.go.leg.br_requerimento_no_2_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4641/quirinopolis.go.leg.br_requerimento_no_3_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4642/quirinopolis.go.leg.br_requerimento_no_4_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4643/quirinopolis.go.leg.br_requerimento_no_5_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4644/quirinopolis.go.leg.br_requerimento_no_6_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4645/quirinopolis.go.leg.br_requerimento_no_7_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4654/quirinopolis.go.leg.br_requerimento_no_8_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4659/quirinopolis.go.leg.br_requerimento_no_9_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4660/quirinopolis.go.leg.br_requerimento_no_10_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4661/quirinopolis.go.leg.br_requerimento_no_11_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4662/quirinopolis.go.leg.br_requerimento_no_12_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4666/quirinopolis.go.leg.br_requerimento_no_13_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4668/quirinopolis.go.leg.br_requerimento_no_14_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4669/quirinopolis.go.leg.br_requerimento_no_15_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4670/quirinopolis.go.leg.br_requerimento_no_16_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4671/quirinopolis.go.leg.br_requerimento_no_17_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4672/quirinopolis.go.leg.br_requerimento_no_18_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4673/quirinopolis.go.leg.br_requerimento_no_19_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4678/quirinopolis.go.leg.br_requerimento_no_20_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4680/quirinopolis.go.leg.br_requerimento_no_21_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4681/quirinopolis.go.leg.br_requerimento_no_22_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4682/quirinopolis.go.leg.br_requerimento_no_23_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4683/quirinopolis.go.leg.br_requerimento_no_24_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4684/quirinopolis.go.leg.br_requerimento_no_25_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4696/quirinopolis.go.leg.br_requerimento_no_26_de_26_ass.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4697/quirinopolis.go.leg.br_requerimento_no_27_de_26_ass.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4704/quirinopolis.go.leg.br_requerimento_n_28_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4705/quirinopolis.go.leg.br_requerimento_29_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4707/quirinopolis.go.leg.br_requerimento_30_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4717/quirinopolis.go.leg.br_requerimento_no_31_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4718/quirinopolis.go.leg.br_requerimento_n_32_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4719/quirinopolis.go.leg.br_requerimento_n_33_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4720/quirinopolis.go.leg.br_requerimento_no_34_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4726/quirinopolis.go.leg.br_requerimento_no_35_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4727/quirinopolis.go.leg.br_requerimento_no_36_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4728/quirinopolis.go.leg.br_requerimento_no_37_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4729/quirinopolis.go.leg.br_requerimento_no_38_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4730/quirinopolis.go.leg.br_requerimento_no_39_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4733/quirinopolis.go.leg.br_requerimento_no_40_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4734/quirinopolis.go.leg.br_requerimento_no_41_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4735/quirinopolis.go.leg.br_requerimento_no_42_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4653/quirinopolis.go.leg.br_mocao_no_1_de_26_ass.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4667/quirinopolis.go.leg.br_mocao_no_2_de_26_ass.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4679/quirinopolis.go.leg.br_mocao_no_3_de_26_assinado.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4694/quirinopolis.go.leg.br_mocao_no_4_de_20261_assinado.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4703/quirinopolis.go.leg.br_mocao_no_5_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4736/quirinopolis.go.leg.br_mocao_no_6_de_2026_ass.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H108"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8" max="8" width="77.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="39.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="195" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="183.7109375" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="G2" s="1" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3" spans="1:8">
+      <c r="A3" t="s">
         <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H5" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H6" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>36</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H8" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" t="s">
+        <v>40</v>
+      </c>
+      <c r="E9" t="s">
+        <v>41</v>
+      </c>
+      <c r="F9" t="s">
+        <v>42</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H9" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D10" t="s">
+        <v>40</v>
+      </c>
+      <c r="E10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H10" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>40</v>
+      </c>
+      <c r="E11" t="s">
+        <v>41</v>
+      </c>
+      <c r="F11" t="s">
+        <v>49</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="H11" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>24</v>
+      </c>
+      <c r="D12" t="s">
+        <v>40</v>
+      </c>
+      <c r="E12" t="s">
+        <v>41</v>
+      </c>
+      <c r="F12" t="s">
+        <v>53</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H12" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D13" t="s">
+        <v>40</v>
+      </c>
+      <c r="E13" t="s">
+        <v>41</v>
+      </c>
+      <c r="F13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="H13" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>60</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" t="s">
+        <v>61</v>
+      </c>
+      <c r="E14" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" t="s">
+        <v>63</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H14" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>66</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" t="s">
+        <v>67</v>
+      </c>
+      <c r="E15" t="s">
+        <v>68</v>
+      </c>
+      <c r="F15" t="s">
+        <v>69</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="H15" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>72</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>16</v>
+      </c>
+      <c r="D16" t="s">
+        <v>67</v>
+      </c>
+      <c r="E16" t="s">
+        <v>68</v>
+      </c>
+      <c r="F16" t="s">
+        <v>69</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H16" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>75</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>67</v>
+      </c>
+      <c r="E17" t="s">
+        <v>68</v>
+      </c>
+      <c r="F17" t="s">
+        <v>42</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H17" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>78</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>24</v>
+      </c>
+      <c r="D18" t="s">
+        <v>67</v>
+      </c>
+      <c r="E18" t="s">
+        <v>68</v>
+      </c>
+      <c r="F18" t="s">
+        <v>42</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="H18" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>81</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>28</v>
+      </c>
+      <c r="D19" t="s">
+        <v>67</v>
+      </c>
+      <c r="E19" t="s">
+        <v>68</v>
+      </c>
+      <c r="F19" t="s">
+        <v>69</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H19" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>84</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>32</v>
+      </c>
+      <c r="D20" t="s">
+        <v>67</v>
+      </c>
+      <c r="E20" t="s">
+        <v>68</v>
+      </c>
+      <c r="F20" t="s">
+        <v>69</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H20" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>36</v>
+      </c>
+      <c r="D21" t="s">
+        <v>67</v>
+      </c>
+      <c r="E21" t="s">
+        <v>68</v>
+      </c>
+      <c r="F21" t="s">
+        <v>69</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="H21" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>90</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>91</v>
+      </c>
+      <c r="D22" t="s">
+        <v>67</v>
+      </c>
+      <c r="E22" t="s">
+        <v>68</v>
+      </c>
+      <c r="F22" t="s">
+        <v>92</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="H22" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>95</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>96</v>
+      </c>
+      <c r="D23" t="s">
+        <v>67</v>
+      </c>
+      <c r="E23" t="s">
+        <v>68</v>
+      </c>
+      <c r="F23" t="s">
+        <v>53</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H23" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>99</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>100</v>
+      </c>
+      <c r="D24" t="s">
+        <v>67</v>
+      </c>
+      <c r="E24" t="s">
+        <v>68</v>
+      </c>
+      <c r="F24" t="s">
+        <v>101</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="H24" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>104</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>105</v>
+      </c>
+      <c r="D25" t="s">
+        <v>67</v>
+      </c>
+      <c r="E25" t="s">
+        <v>68</v>
+      </c>
+      <c r="F25" t="s">
+        <v>106</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H25" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>109</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>110</v>
+      </c>
+      <c r="D26" t="s">
+        <v>67</v>
+      </c>
+      <c r="E26" t="s">
+        <v>68</v>
+      </c>
+      <c r="F26" t="s">
+        <v>106</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H26" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>113</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>114</v>
+      </c>
+      <c r="D27" t="s">
+        <v>67</v>
+      </c>
+      <c r="E27" t="s">
+        <v>68</v>
+      </c>
+      <c r="F27" t="s">
+        <v>49</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H27" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>117</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>118</v>
+      </c>
+      <c r="D28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E28" t="s">
+        <v>68</v>
+      </c>
+      <c r="F28" t="s">
+        <v>119</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="H28" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>122</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>123</v>
+      </c>
+      <c r="D29" t="s">
+        <v>67</v>
+      </c>
+      <c r="E29" t="s">
+        <v>68</v>
+      </c>
+      <c r="F29" t="s">
+        <v>124</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H29" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>127</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>128</v>
+      </c>
+      <c r="D30" t="s">
+        <v>67</v>
+      </c>
+      <c r="E30" t="s">
+        <v>68</v>
+      </c>
+      <c r="F30" t="s">
+        <v>101</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="H30" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>131</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>132</v>
+      </c>
+      <c r="D31" t="s">
+        <v>67</v>
+      </c>
+      <c r="E31" t="s">
+        <v>68</v>
+      </c>
+      <c r="F31" t="s">
+        <v>133</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="H31" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>136</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>137</v>
+      </c>
+      <c r="D32" t="s">
+        <v>67</v>
+      </c>
+      <c r="E32" t="s">
+        <v>68</v>
+      </c>
+      <c r="F32" t="s">
+        <v>138</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H32" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>141</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>10</v>
+      </c>
+      <c r="D33" t="s">
+        <v>142</v>
+      </c>
+      <c r="E33" t="s">
+        <v>143</v>
+      </c>
+      <c r="F33" t="s">
+        <v>69</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H33" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>146</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>16</v>
+      </c>
+      <c r="D34" t="s">
+        <v>142</v>
+      </c>
+      <c r="E34" t="s">
+        <v>143</v>
+      </c>
+      <c r="F34" t="s">
+        <v>147</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="H34" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>150</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>142</v>
+      </c>
+      <c r="E35" t="s">
+        <v>143</v>
+      </c>
+      <c r="F35" t="s">
+        <v>57</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="H35" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>153</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>24</v>
+      </c>
+      <c r="D36" t="s">
+        <v>142</v>
+      </c>
+      <c r="E36" t="s">
+        <v>143</v>
+      </c>
+      <c r="F36" t="s">
+        <v>154</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="H36" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>157</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>28</v>
+      </c>
+      <c r="D37" t="s">
+        <v>142</v>
+      </c>
+      <c r="E37" t="s">
+        <v>143</v>
+      </c>
+      <c r="F37" t="s">
+        <v>42</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="H37" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>160</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>32</v>
+      </c>
+      <c r="D38" t="s">
+        <v>142</v>
+      </c>
+      <c r="E38" t="s">
+        <v>143</v>
+      </c>
+      <c r="F38" t="s">
+        <v>57</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H38" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>163</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>36</v>
+      </c>
+      <c r="D39" t="s">
+        <v>142</v>
+      </c>
+      <c r="E39" t="s">
+        <v>143</v>
+      </c>
+      <c r="F39" t="s">
+        <v>57</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="H39" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>166</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>91</v>
+      </c>
+      <c r="D40" t="s">
+        <v>142</v>
+      </c>
+      <c r="E40" t="s">
+        <v>143</v>
+      </c>
+      <c r="F40" t="s">
+        <v>57</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="H40" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>169</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>96</v>
+      </c>
+      <c r="D41" t="s">
+        <v>142</v>
+      </c>
+      <c r="E41" t="s">
+        <v>143</v>
+      </c>
+      <c r="F41" t="s">
+        <v>57</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H41" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>172</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>100</v>
+      </c>
+      <c r="D42" t="s">
+        <v>142</v>
+      </c>
+      <c r="E42" t="s">
+        <v>143</v>
+      </c>
+      <c r="F42" t="s">
+        <v>57</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="H42" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>175</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>105</v>
+      </c>
+      <c r="D43" t="s">
+        <v>142</v>
+      </c>
+      <c r="E43" t="s">
+        <v>143</v>
+      </c>
+      <c r="F43" t="s">
+        <v>176</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="H43" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>179</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>10</v>
+      </c>
+      <c r="D44" t="s">
+        <v>180</v>
+      </c>
+      <c r="E44" t="s">
+        <v>181</v>
+      </c>
+      <c r="F44" t="s">
+        <v>69</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="H44" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>184</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>16</v>
+      </c>
+      <c r="D45" t="s">
+        <v>180</v>
+      </c>
+      <c r="E45" t="s">
+        <v>181</v>
+      </c>
+      <c r="F45" t="s">
+        <v>53</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="H45" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>187</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>180</v>
+      </c>
+      <c r="E46" t="s">
+        <v>181</v>
+      </c>
+      <c r="F46" t="s">
+        <v>53</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H46" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>190</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>24</v>
+      </c>
+      <c r="D47" t="s">
+        <v>180</v>
+      </c>
+      <c r="E47" t="s">
+        <v>181</v>
+      </c>
+      <c r="F47" t="s">
+        <v>191</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="H47" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>194</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>28</v>
+      </c>
+      <c r="D48" t="s">
+        <v>180</v>
+      </c>
+      <c r="E48" t="s">
+        <v>181</v>
+      </c>
+      <c r="F48" t="s">
+        <v>42</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="H48" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>197</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>32</v>
+      </c>
+      <c r="D49" t="s">
+        <v>180</v>
+      </c>
+      <c r="E49" t="s">
+        <v>181</v>
+      </c>
+      <c r="F49" t="s">
+        <v>133</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="H49" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>200</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>36</v>
+      </c>
+      <c r="D50" t="s">
+        <v>180</v>
+      </c>
+      <c r="E50" t="s">
+        <v>181</v>
+      </c>
+      <c r="F50" t="s">
+        <v>133</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="H50" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>203</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>91</v>
+      </c>
+      <c r="D51" t="s">
+        <v>180</v>
+      </c>
+      <c r="E51" t="s">
+        <v>181</v>
+      </c>
+      <c r="F51" t="s">
+        <v>106</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="H51" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>206</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>96</v>
+      </c>
+      <c r="D52" t="s">
+        <v>180</v>
+      </c>
+      <c r="E52" t="s">
+        <v>181</v>
+      </c>
+      <c r="F52" t="s">
+        <v>106</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H52" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>209</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>10</v>
+      </c>
+      <c r="D53" t="s">
+        <v>210</v>
+      </c>
+      <c r="E53" t="s">
+        <v>211</v>
+      </c>
+      <c r="F53" t="s">
+        <v>63</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="H53" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>214</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>10</v>
+      </c>
+      <c r="D54" t="s">
+        <v>215</v>
+      </c>
+      <c r="E54" t="s">
+        <v>216</v>
+      </c>
+      <c r="F54" t="s">
+        <v>63</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H54" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>219</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>16</v>
+      </c>
+      <c r="D55" t="s">
+        <v>215</v>
+      </c>
+      <c r="E55" t="s">
+        <v>216</v>
+      </c>
+      <c r="F55" t="s">
+        <v>63</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="H55" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>222</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>215</v>
+      </c>
+      <c r="E56" t="s">
+        <v>216</v>
+      </c>
+      <c r="F56" t="s">
+        <v>63</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="H56" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>225</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>24</v>
+      </c>
+      <c r="D57" t="s">
+        <v>215</v>
+      </c>
+      <c r="E57" t="s">
+        <v>216</v>
+      </c>
+      <c r="F57" t="s">
+        <v>63</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="H57" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>228</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>28</v>
+      </c>
+      <c r="D58" t="s">
+        <v>215</v>
+      </c>
+      <c r="E58" t="s">
+        <v>216</v>
+      </c>
+      <c r="F58" t="s">
+        <v>63</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="H58" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>231</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>32</v>
+      </c>
+      <c r="D59" t="s">
+        <v>215</v>
+      </c>
+      <c r="E59" t="s">
+        <v>216</v>
+      </c>
+      <c r="F59" t="s">
+        <v>63</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="H59" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>234</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>36</v>
+      </c>
+      <c r="D60" t="s">
+        <v>215</v>
+      </c>
+      <c r="E60" t="s">
+        <v>216</v>
+      </c>
+      <c r="F60" t="s">
+        <v>63</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="H60" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>237</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>10</v>
+      </c>
+      <c r="D61" t="s">
+        <v>238</v>
+      </c>
+      <c r="E61" t="s">
+        <v>239</v>
+      </c>
+      <c r="F61" t="s">
+        <v>101</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="H61" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>242</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>16</v>
+      </c>
+      <c r="D62" t="s">
+        <v>238</v>
+      </c>
+      <c r="E62" t="s">
+        <v>239</v>
+      </c>
+      <c r="F62" t="s">
+        <v>243</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="H62" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>246</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>238</v>
+      </c>
+      <c r="E63" t="s">
+        <v>239</v>
+      </c>
+      <c r="F63" t="s">
+        <v>247</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="H63" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>250</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>24</v>
+      </c>
+      <c r="D64" t="s">
+        <v>238</v>
+      </c>
+      <c r="E64" t="s">
+        <v>239</v>
+      </c>
+      <c r="F64" t="s">
+        <v>49</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="H64" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>253</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>28</v>
+      </c>
+      <c r="D65" t="s">
+        <v>238</v>
+      </c>
+      <c r="E65" t="s">
+        <v>239</v>
+      </c>
+      <c r="F65" t="s">
+        <v>69</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="H65" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>256</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>32</v>
+      </c>
+      <c r="D66" t="s">
+        <v>238</v>
+      </c>
+      <c r="E66" t="s">
+        <v>239</v>
+      </c>
+      <c r="F66" t="s">
+        <v>69</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="H66" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>259</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>36</v>
+      </c>
+      <c r="D67" t="s">
+        <v>238</v>
+      </c>
+      <c r="E67" t="s">
+        <v>239</v>
+      </c>
+      <c r="F67" t="s">
+        <v>57</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="H67" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>262</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>91</v>
+      </c>
+      <c r="D68" t="s">
+        <v>238</v>
+      </c>
+      <c r="E68" t="s">
+        <v>239</v>
+      </c>
+      <c r="F68" t="s">
+        <v>263</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="H68" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>266</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>96</v>
+      </c>
+      <c r="D69" t="s">
+        <v>238</v>
+      </c>
+      <c r="E69" t="s">
+        <v>239</v>
+      </c>
+      <c r="F69" t="s">
+        <v>133</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="H69" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>269</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>100</v>
+      </c>
+      <c r="D70" t="s">
+        <v>238</v>
+      </c>
+      <c r="E70" t="s">
+        <v>239</v>
+      </c>
+      <c r="F70" t="s">
+        <v>42</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="H70" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>272</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>105</v>
+      </c>
+      <c r="D71" t="s">
+        <v>238</v>
+      </c>
+      <c r="E71" t="s">
+        <v>239</v>
+      </c>
+      <c r="F71" t="s">
+        <v>42</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="H71" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>275</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>110</v>
+      </c>
+      <c r="D72" t="s">
+        <v>238</v>
+      </c>
+      <c r="E72" t="s">
+        <v>239</v>
+      </c>
+      <c r="F72" t="s">
+        <v>133</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="H72" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>278</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>114</v>
+      </c>
+      <c r="D73" t="s">
+        <v>238</v>
+      </c>
+      <c r="E73" t="s">
+        <v>239</v>
+      </c>
+      <c r="F73" t="s">
+        <v>53</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="H73" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>281</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>118</v>
+      </c>
+      <c r="D74" t="s">
+        <v>238</v>
+      </c>
+      <c r="E74" t="s">
+        <v>239</v>
+      </c>
+      <c r="F74" t="s">
+        <v>133</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="H74" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>284</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>123</v>
+      </c>
+      <c r="D75" t="s">
+        <v>238</v>
+      </c>
+      <c r="E75" t="s">
+        <v>239</v>
+      </c>
+      <c r="F75" t="s">
+        <v>133</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H75" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>287</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>128</v>
+      </c>
+      <c r="D76" t="s">
+        <v>238</v>
+      </c>
+      <c r="E76" t="s">
+        <v>239</v>
+      </c>
+      <c r="F76" t="s">
+        <v>69</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="H76" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>290</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>132</v>
+      </c>
+      <c r="D77" t="s">
+        <v>238</v>
+      </c>
+      <c r="E77" t="s">
+        <v>239</v>
+      </c>
+      <c r="F77" t="s">
+        <v>69</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="H77" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>293</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>137</v>
+      </c>
+      <c r="D78" t="s">
+        <v>238</v>
+      </c>
+      <c r="E78" t="s">
+        <v>239</v>
+      </c>
+      <c r="F78" t="s">
+        <v>42</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="H78" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>296</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>297</v>
+      </c>
+      <c r="D79" t="s">
+        <v>238</v>
+      </c>
+      <c r="E79" t="s">
+        <v>239</v>
+      </c>
+      <c r="F79" t="s">
+        <v>42</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="H79" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>300</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>301</v>
+      </c>
+      <c r="D80" t="s">
+        <v>238</v>
+      </c>
+      <c r="E80" t="s">
+        <v>239</v>
+      </c>
+      <c r="F80" t="s">
+        <v>69</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="H80" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>304</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>305</v>
+      </c>
+      <c r="D81" t="s">
+        <v>238</v>
+      </c>
+      <c r="E81" t="s">
+        <v>239</v>
+      </c>
+      <c r="F81" t="s">
+        <v>53</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="H81" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>308</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>309</v>
+      </c>
+      <c r="D82" t="s">
+        <v>238</v>
+      </c>
+      <c r="E82" t="s">
+        <v>239</v>
+      </c>
+      <c r="F82" t="s">
+        <v>42</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="H82" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>312</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>313</v>
+      </c>
+      <c r="D83" t="s">
+        <v>238</v>
+      </c>
+      <c r="E83" t="s">
+        <v>239</v>
+      </c>
+      <c r="F83" t="s">
+        <v>191</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="H83" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>316</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>317</v>
+      </c>
+      <c r="D84" t="s">
+        <v>238</v>
+      </c>
+      <c r="E84" t="s">
+        <v>239</v>
+      </c>
+      <c r="F84" t="s">
+        <v>69</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="H84" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>320</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>321</v>
+      </c>
+      <c r="D85" t="s">
+        <v>238</v>
+      </c>
+      <c r="E85" t="s">
+        <v>239</v>
+      </c>
+      <c r="F85" t="s">
+        <v>191</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="H85" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>324</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>325</v>
+      </c>
+      <c r="D86" t="s">
+        <v>238</v>
+      </c>
+      <c r="E86" t="s">
+        <v>239</v>
+      </c>
+      <c r="F86" t="s">
+        <v>69</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="H86" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>328</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>329</v>
+      </c>
+      <c r="D87" t="s">
+        <v>238</v>
+      </c>
+      <c r="E87" t="s">
+        <v>239</v>
+      </c>
+      <c r="F87" t="s">
+        <v>69</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="H87" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>332</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>333</v>
+      </c>
+      <c r="D88" t="s">
+        <v>238</v>
+      </c>
+      <c r="E88" t="s">
+        <v>239</v>
+      </c>
+      <c r="F88" t="s">
+        <v>69</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="H88" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>336</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>337</v>
+      </c>
+      <c r="D89" t="s">
+        <v>238</v>
+      </c>
+      <c r="E89" t="s">
+        <v>239</v>
+      </c>
+      <c r="F89" t="s">
+        <v>124</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="H89" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>340</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>341</v>
+      </c>
+      <c r="D90" t="s">
+        <v>238</v>
+      </c>
+      <c r="E90" t="s">
+        <v>239</v>
+      </c>
+      <c r="F90" t="s">
+        <v>69</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="H90" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>344</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>345</v>
+      </c>
+      <c r="D91" t="s">
+        <v>238</v>
+      </c>
+      <c r="E91" t="s">
+        <v>239</v>
+      </c>
+      <c r="F91" t="s">
+        <v>42</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="H91" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>348</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>349</v>
+      </c>
+      <c r="D92" t="s">
+        <v>238</v>
+      </c>
+      <c r="E92" t="s">
+        <v>239</v>
+      </c>
+      <c r="F92" t="s">
+        <v>106</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="H92" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>352</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>353</v>
+      </c>
+      <c r="D93" t="s">
+        <v>238</v>
+      </c>
+      <c r="E93" t="s">
+        <v>239</v>
+      </c>
+      <c r="F93" t="s">
+        <v>106</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="H93" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>356</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>357</v>
+      </c>
+      <c r="D94" t="s">
+        <v>238</v>
+      </c>
+      <c r="E94" t="s">
+        <v>239</v>
+      </c>
+      <c r="F94" t="s">
+        <v>42</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="H94" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>360</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>361</v>
+      </c>
+      <c r="D95" t="s">
+        <v>238</v>
+      </c>
+      <c r="E95" t="s">
+        <v>239</v>
+      </c>
+      <c r="F95" t="s">
+        <v>101</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="H95" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>364</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>365</v>
+      </c>
+      <c r="D96" t="s">
+        <v>238</v>
+      </c>
+      <c r="E96" t="s">
+        <v>239</v>
+      </c>
+      <c r="F96" t="s">
+        <v>133</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="H96" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>368</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>369</v>
+      </c>
+      <c r="D97" t="s">
+        <v>238</v>
+      </c>
+      <c r="E97" t="s">
+        <v>239</v>
+      </c>
+      <c r="F97" t="s">
+        <v>133</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="H97" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>372</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>373</v>
+      </c>
+      <c r="D98" t="s">
+        <v>238</v>
+      </c>
+      <c r="E98" t="s">
+        <v>239</v>
+      </c>
+      <c r="F98" t="s">
+        <v>53</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="H98" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>376</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>377</v>
+      </c>
+      <c r="D99" t="s">
+        <v>238</v>
+      </c>
+      <c r="E99" t="s">
+        <v>239</v>
+      </c>
+      <c r="F99" t="s">
+        <v>57</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="H99" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>380</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>381</v>
+      </c>
+      <c r="D100" t="s">
+        <v>238</v>
+      </c>
+      <c r="E100" t="s">
+        <v>239</v>
+      </c>
+      <c r="F100" t="s">
+        <v>101</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="H100" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>384</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>385</v>
+      </c>
+      <c r="D101" t="s">
+        <v>238</v>
+      </c>
+      <c r="E101" t="s">
+        <v>239</v>
+      </c>
+      <c r="F101" t="s">
+        <v>133</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="H101" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>388</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>389</v>
+      </c>
+      <c r="D102" t="s">
+        <v>238</v>
+      </c>
+      <c r="E102" t="s">
+        <v>239</v>
+      </c>
+      <c r="F102" t="s">
+        <v>133</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="H102" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>392</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>10</v>
+      </c>
+      <c r="D103" t="s">
+        <v>393</v>
+      </c>
+      <c r="E103" t="s">
+        <v>394</v>
+      </c>
+      <c r="F103" t="s">
+        <v>395</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="H103" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>398</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>16</v>
+      </c>
+      <c r="D104" t="s">
+        <v>393</v>
+      </c>
+      <c r="E104" t="s">
+        <v>394</v>
+      </c>
+      <c r="F104" t="s">
+        <v>101</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="H104" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>401</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>20</v>
+      </c>
+      <c r="D105" t="s">
+        <v>393</v>
+      </c>
+      <c r="E105" t="s">
+        <v>394</v>
+      </c>
+      <c r="F105" t="s">
+        <v>53</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="H105" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>404</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>24</v>
+      </c>
+      <c r="D106" t="s">
+        <v>393</v>
+      </c>
+      <c r="E106" t="s">
+        <v>394</v>
+      </c>
+      <c r="F106" t="s">
+        <v>191</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="H106" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>407</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>28</v>
+      </c>
+      <c r="D107" t="s">
+        <v>393</v>
+      </c>
+      <c r="E107" t="s">
+        <v>394</v>
+      </c>
+      <c r="F107" t="s">
+        <v>191</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="H107" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>410</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>32</v>
+      </c>
+      <c r="D108" t="s">
+        <v>393</v>
+      </c>
+      <c r="E108" t="s">
+        <v>394</v>
+      </c>
+      <c r="F108" t="s">
+        <v>133</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="H108" t="s">
+        <v>412</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
+    <hyperlink ref="G3" r:id="rId2"/>
+    <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>