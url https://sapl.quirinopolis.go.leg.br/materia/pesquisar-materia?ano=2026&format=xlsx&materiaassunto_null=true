--- v1 (2026-03-15)
+++ v2 (2026-03-25)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="857" uniqueCount="413">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1119" uniqueCount="525">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -123,54 +123,78 @@
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4711/ata_eletronica_da_5a_sessao_ordinaria_27-02-2026.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 5ª Sessão Ordinária 27-02-2026</t>
   </si>
   <si>
     <t>4738</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4738/ata_eletronica_da_6a_sessao_ordinaria_10-03-2026.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 6ª Sessão Ordinária 10-03-2026</t>
   </si>
   <si>
     <t>4742</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4742/ata_eletronica_da_7a_sessao_ordinaria_11-03-2026.pdf</t>
-[...2 lines deleted...]
-    <t>Ata Eletrônica da 7ª Sessão Ordinária 11-03-2026</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4742/ata_eletronica_da_7a_sessao_ordinaria_11-03-2026_retificada.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 7ª Sessão Ordinária 11-03-2026 Retificada</t>
+  </si>
+  <si>
+    <t>4770</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4770/ata_eletronica_da_8a_sessao_ordinaria_24-03-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 8ª Sessão Ordinária 24-03-2026</t>
+  </si>
+  <si>
+    <t>4776</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4776/ata_eletronica_da_9a_sessao_ordinaria_25-03-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 9ª Sessão Ordinária 25-03-2026</t>
   </si>
   <si>
     <t>4656</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA</t>
   </si>
   <si>
     <t>VANESSA DA USINA</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4656/quirinopolis.go.leg.br_emenda_modificada_001.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1° do Projeto de Lei Ordinária nº 057/25, de 10 de dezembro de 2025 que determina a data de comemoração da Semana do Agronegócio no Município de Quirinópolis.</t>
   </si>
   <si>
     <t>4688</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4688/quirinopolis.go.leg.br_projeto_de_emenda_modificativa_002_1.pdf</t>
   </si>
@@ -192,50 +216,74 @@
   <si>
     <t>4699</t>
   </si>
   <si>
     <t>SARGENTO LACERDA</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4699/quirinopolis.go.leg.br_emenda_modificativa_004_ao_projeto_de_lei_ordinaria_do_executivo_no_001-2026_assinado_1.pdf</t>
   </si>
   <si>
     <t>"Modifica-se o caput e acrescenta §§ no art. 2º do Projeto de Lei Ordinária do Executivo nº 001/2026 de 12 de fevereiro de 2026.</t>
   </si>
   <si>
     <t>4709</t>
   </si>
   <si>
     <t>CLEILTON RESENDE</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4709/quirinopolis.go.leg.br_emenda_modificativa_005_a_assinado_assinado_1.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivos ao Projeto de Lei Ordinária do Executivo nº 24, de 26 de agosto de 2025, para disciplinar critérios de vedação à concentração de uso de bens públicos municipais e assegurar a intransmissibilidade do direito real de uso.</t>
   </si>
   <si>
+    <t>4748</t>
+  </si>
+  <si>
+    <t>DEUSENY FERREIRA</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4748/quirinopolis.go.leg.br_projeto_de_emenda_06_1.pdf</t>
+  </si>
+  <si>
+    <t>Altera o artigo 1º do Projeto de Lei nº 035/2025, de 11 de agosto de 2025.</t>
+  </si>
+  <si>
+    <t>4750</t>
+  </si>
+  <si>
+    <t>Mesa Diretora - MD</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4750/quirinopolis.go.leg.br_emenda_modificativa_007_.pdf</t>
+  </si>
+  <si>
+    <t>“Altera e acresce dispositivos ao Projeto de Lei nº 24/2025, para aperfeiçoar o regime jurídico das concessões de direito real de uso de bens públicos municipais.”</t>
+  </si>
+  <si>
     <t>4633</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Poder Executivo - PE</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4633/veto_de_lei_-_reconhecimento_de_receitas_medicas.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO AUTÓGRAFO DE LEI Nº 310, DE 04 DE DEZEMBRO DE 2025 (que “dispõe sobre o reconhecimento de receitas médicas emitidas por profissionais não vinculados ao Sistema Único de Saúde (SUS) para fornecimento de medicamentos pela rede pública de saúde do município de Quirinópolis”,)</t>
   </si>
   <si>
     <t>4647</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
@@ -285,87 +333,81 @@
   <si>
     <t>Concede a MEDALHA DO MÉRITO LEGISLATIVO ONÍCIO RESENDE à Senhora Anésia Ferreira dos Santos e contém outras providência.</t>
   </si>
   <si>
     <t>4690</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4690/quirinopolis.go.leg.br_medalha_do_merito_a_legislativo_tito_1.pdf</t>
   </si>
   <si>
     <t>Concede a MEDALHA DO MÉRITO LEGISLATIVO ONÍCIO RESENDE ao Senhor Antônio Aparecido Severino, conhecido por Sr. “Tito Goiano”, e contém outras providência.</t>
   </si>
   <si>
     <t>4691</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4691/quirinopolis.go.leg.br_projeto_de_decreto_a_07.pdf</t>
   </si>
   <si>
     <t>Concede o prêmio “Mulher Destaque” à senhora Vânia Maria da Silva Lima e contém outras providências.</t>
   </si>
   <si>
     <t>4700</t>
   </si>
   <si>
-    <t>8</t>
-[...1 lines deleted...]
-  <si>
     <t>DALMO (Soró)</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4700/quirinopolis.go.leg.br_projeto_de_decreto_a_008_.pdf</t>
   </si>
   <si>
     <t>“CONCEDE O PRÊMIO “MULHER DESTAQUE”, À SENHORA ZILDA MARIA CARVALHO BARROSO, NO MUNICÍPIO DE QUIRINÓPOLIS, ESTADO DE GOIÁS”.</t>
   </si>
   <si>
     <t>4706</t>
   </si>
   <si>
-    <t>9</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4706/projeto_de_decreto_legislativo_a_no_009_.pdf</t>
   </si>
   <si>
     <t>“Concede o prêmio “Mulher Destaque” à Professora Sheila Aparecida de Freitas Andrade Fernandes e contém outras providências”.</t>
   </si>
   <si>
     <t>4712</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>RENATO RIBEIRO</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4712/projeto_de_decreto_a_10_1.pdf</t>
   </si>
   <si>
-    <t>Concede o prêmio “Mulher Destaque”, à Senhora Nara Cristina Chaves, no município de Quirinópolis, estado de Goiás.</t>
+    <t>Concede o prêmio “Mulher Destaque”, à Senhora Nahra Cristina Chaves, no município de Quirinópolis, estado de Goiás.</t>
   </si>
   <si>
     <t>4713</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>JÚNIOR ALVES</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4713/quirinopolis.go.leg.br_projeto_de_decreto_a_11_.pdf</t>
   </si>
   <si>
     <t>"Concede o prêmio “Mulher Destaque” à senhora Nádiane Miranda, no Município de Quirinópolis, Estado de Goiás."</t>
   </si>
   <si>
     <t>4714</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4714/quirinopolis.go.leg.br_projeto_de_decreto_12_.pdf</t>
   </si>
@@ -411,116 +453,137 @@
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4724/quirinopolis.go.leg.br_projeto_de_decreto_legislativo_15__284_29_assinado.pdf</t>
   </si>
   <si>
     <t>"Concede o prêmio “Mulher Destaque” à Senhora Maria Zélia Teodoro Alves, no Município de Quirinópolis, Estado de Goiás"</t>
   </si>
   <si>
     <t>4725</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4725/quirinopolis.go.leg.br_projeto_de_decreto_legislativo_a16_4.pdf</t>
   </si>
   <si>
     <t>“Concede a MEDALHA DO MÉRITO LEGISLATIVO ONÍCIO RESENDE a senhora Iuza Divina Gonçalves da Silva, e contém outras providências”</t>
   </si>
   <si>
     <t>4731</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>DEUSENY FERREIRA</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4731/quirinopolis.go.leg.br_projeto_de_decreto_legislativo_17_4_1.pdf</t>
   </si>
   <si>
     <t>Concede o Prêmio “Mulher Destaque” à senhora Odária Ferreira de Rezende e contém outras providências.</t>
   </si>
   <si>
     <t>4741</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>DAIANE RIBEIRO</t>
   </si>
   <si>
-    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4741/quirinopolis.go.leg.br_decreto_legislativo_1062.pdf</t>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4741/quirinopolis.go.leg.br_projeto_de_decreto_18_.pdf</t>
   </si>
   <si>
     <t>“Concede o prêmio “Mulher Destaque”, à Senhora Maria Luiza Custodio da Cruz Ribeiro, no município de Quirinópolis, estado de goiás”.</t>
   </si>
   <si>
+    <t>4757</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4757/quirinopolis.go.leg.br_projeto_de_decreto_19_a.pdf</t>
+  </si>
+  <si>
+    <t>"Concede o Prêmio “Mulher Destaque” à senhora Gislei D Aparecida Malaquias e contém outras providências."</t>
+  </si>
+  <si>
+    <t>4758</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>LUCAS COWBOY</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4758/quirinopolis.go.leg.br_projeto_de_decreto_20_.pdf</t>
+  </si>
+  <si>
+    <t>"Concede o prêmio “Mulher Destaque”, à Senhora Delvania dos Santos Freitas Silva, no município de Quirinópolis, estado de goiás".</t>
+  </si>
+  <si>
     <t>4635</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4635/quirinopolis.go.leg.br_projeto_de_resolucao_01.pdf</t>
   </si>
   <si>
     <t>Altera a alínea "a" do inciso IV do artigo 60 da Resolução nº 04/1990 (Regimento Interno da Câmara), e contém outras providências. (Faz adequação no quantitativo de assessores).</t>
   </si>
   <si>
     <t>4636</t>
   </si>
   <si>
     <t>SARGENTO LACERDA, VANESSA DA USINA</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4636/quirinopolis.go.leg.br_projeto_de_resolucao_002.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução nº 092/2025, de 25 de abril de 2025, para dispor sobre a submissão ao Plenário da Câmara Municipal de Quirinópolis das indicações para concessão da honraria aos profissionais da segurança pública, e dá outras providências.</t>
   </si>
   <si>
     <t>4649</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4649/quirinopolis.go.leg.br_projeto_de_resolucao_003.pdf</t>
   </si>
   <si>
     <t>“Institui a Política de Proteção de Dados Pessoais no âmbito da Câmara Municipal de Quirinópolis/GO e dá outras providências.”</t>
   </si>
   <si>
     <t>4650</t>
   </si>
   <si>
-    <t>CLEILTON RESENDE, DEUSENY FERREIRA, LUCAS COWBOY, SARGENTO LACERDA</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4650/quirinopolis.go.leg.br_projeto_de_resolucao_004.pdf</t>
   </si>
   <si>
     <t>“Altera o art. 181 do Regimento Interno da Câmara Municipal de Quirinópolis, para ajustar o horário de início das Reuniões Ordinárias"</t>
   </si>
   <si>
     <t>4686</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4686/quirinopolis.go.leg.br_projeto_de_resolucao_005_1.pdf</t>
   </si>
   <si>
     <t>Altera o Regimento Interno da Câmara Municipal de Quirinópolis para sistematizar a disciplina dos Decretos Legislativos e estabelecer requisitos objetivos de admissibilidade para a concessão de Títulos Honoríficos.</t>
   </si>
   <si>
     <t>4701</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4701/quirinopolis.go.leg.br_projeto_de_resolucao_006.pdf</t>
   </si>
   <si>
     <t>“Formaliza a composição das Comissões Permanentes da Câmara Municipal de Quirinópolis.”</t>
   </si>
   <si>
     <t>4708</t>
@@ -540,98 +603,101 @@
   <si>
     <t>Dispõe sobre a concessão, o pagamento, a prestação de contas e os valores de diárias no âmbito da Câmara Municipal de Quirinópolis/GO, e revoga integralmente a Resolução nº 68, de 28 de agosto de 2020.</t>
   </si>
   <si>
     <t>4716</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4716/quirinopolis.go.leg.br_projeto_de_resolucao_009.pdf</t>
   </si>
   <si>
     <t>Regulamenta, no âmbito da Câmara Municipal de Quirinópolis, a aplicação da Lei Federal nº 12.527, de 18 de novembro de 2011, institui o Serviço de Informação ao Cidadão – SIC, disciplina procedimentos de acesso à informação e dá outras providências.</t>
   </si>
   <si>
     <t>4732</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4732/07_p_resolucao_honrarias.docx</t>
   </si>
   <si>
     <t>Altera o art. 257 do Regimento Interno da Câmara Municipal de Quirinópolis/GO (R.I. nº 4, de 04 de dezembro de 1990), para disciplinar a apresentação de proposições destinadas à concessão de honrarias no âmbito do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>4737</t>
   </si>
   <si>
-    <t>Mesa Diretora - MD</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4737/quirinopolis.go.leg.br_projeto_de_resolucao_a_11_.pdf</t>
   </si>
   <si>
     <t>Institui a Política de Governo Digital no âmbito da Câmara Municipal de Quirinópolis/GO e estabelece diretrizes para a digitalização dos serviços legislativos e administrativos.</t>
   </si>
   <si>
+    <t>4745</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4745/quirinopolis.go.leg.br_projeto_de_resolucao_12.pdf</t>
+  </si>
+  <si>
+    <t>Aprova o Regimento Interno da Procuradoria da Mulher da Câmara Municipal de Quirinópolis e dá outras providências.</t>
+  </si>
+  <si>
     <t>4634</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4634/quirinopolis.go.leg.br_projeto_de_lei_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de edificação construída dentro da Unidade Básica de Saúde UBS IX – TONHO MARIQUINHA. (Área de Convivência Auro Vieira de Moraes)</t>
   </si>
   <si>
     <t>4638</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4638/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_legislativo_02_.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação da Praça do Terminal Rodoviário João Lima". (Praça Marco Aurelio Cabral)</t>
   </si>
   <si>
     <t>4655</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4655/quirinopolis.go.leg.br_projeto_de_lei_003_._pdf.pdf</t>
   </si>
   <si>
     <t>“Regulamenta a denominação de prédios públicos, espaços públicos e outros no âmbito do município de Quirinópolis-GO ".</t>
   </si>
   <si>
     <t>4675</t>
   </si>
   <si>
-    <t>LUCAS COWBOY</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4675/quirinopolis.go.leg.br_projeto_de_lei_004.pdf</t>
   </si>
   <si>
     <t>“Institui o titulo “aluno destaque” na rede pública e particular de ensino fundamental e médio no município de Quirinópolis-estado de goiás e contém providências.”</t>
   </si>
   <si>
     <t>4687</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4687/quirinopolis.go.leg.br_projeto_de_lei_005.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Prevenção e Enfrentamento ao Assédio Sexual no âmbito da Administração Pública Direta e Indireta do Município de Quirinópolis, nos Poderes Executivo e Legislativo, e dá outras providências.</t>
   </si>
   <si>
     <t>4693</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4693/quirinopolis.go.leg.br_projeto_de_lei_006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da proteção animal no Município de Quirinópolis, define condutas caracterizadas como maus-tratos, estabelece sanções e penalidades administrativas e dá outras providências.</t>
   </si>
   <si>
     <t>4723</t>
@@ -639,50 +705,104 @@
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4723/quirinopolis.go.leg.br_projeto_de_lei_007_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do feriado municipal de Carnaval no âmbito do Município de Quirinópolis e dá outras providências. (Terça-feira de Carnaval)</t>
   </si>
   <si>
     <t>4743</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4743/quirinopolis.go.leg.br_projeto_de_lei_008_.pdf</t>
   </si>
   <si>
     <t>“Institui o "Dia dos Artistas da Terra" no município Quirinópolis, destinado à valorização, promoção e reconhecimento dos artistas locais, em todas as suas expressões culturais.”</t>
   </si>
   <si>
     <t>4744</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4744/quirinopolis.go.leg.br_projeto_de_lei_009_.pdf</t>
   </si>
   <si>
     <t>Institui o Dia do Corretor de Imóveis no Calendário Oficial de Datas Comemorativas do Município de Quirinópolis, e dá outras providências.</t>
   </si>
   <si>
+    <t>4746</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4746/quirinopolis.go.leg.br_projeto_de_lei_10.pdf</t>
+  </si>
+  <si>
+    <t>“Institui a política municipal de orientação sobre a síndrome de down e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>4747</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4747/quirinopolis.go.leg.br_projeto_de_lei_011__1.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a inclusão de QR code nas placas de identificação de logradouros públicos no Município de Quirinópolis, para acesso a informações históricas e da outras providências.</t>
+  </si>
+  <si>
+    <t>4749</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4749/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_12_a.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre o uso obrigatório de equipamentos de proteção individual pelos condutores de bicicletas elétricas, bicicletas motorizadas e equipamentos de mobilidade individual autopropelidos no Município de Quirinópolis; estabelece atribuição de fiscalização à Guarda Civil Municipal; prevê o recolhimento do veículo como medida administrativa em caso de descumprimento; institui procedimento especial para condutores menores de idade com acionamento do Conselho Tutelar; e cria programa municipal permanente de educação para o trânsito."</t>
+  </si>
+  <si>
+    <t>4759</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4759/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_13.pdf</t>
+  </si>
+  <si>
+    <t>“Institui no Município de Quirinópolis-GO o Programa Municipal de Triagem Neonatal, que dispõe sobre a obrigatoriedade da realização do Teste da Orelhinha e do Teste da Linguinha em todos os recém-nascidos, nas unidades de saúde públicas e privadas, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>4761</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4761/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_legislativo_14_.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre o incentivo à criação de unidade da APAE (associação de pais e amigos dos excepcionais) no município de Quirinópolis-GO e dá outras providencias."</t>
+  </si>
+  <si>
+    <t>4768</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4768/quirinopolis.go.leg.br_projeto_de_lei_15_.pdf</t>
+  </si>
+  <si>
+    <t>Reconhece de utilidade pública municipal a associação brasileira de ação social - Abraço</t>
+  </si>
+  <si>
     <t>4739</t>
   </si>
   <si>
     <t>PLS</t>
   </si>
   <si>
     <t>PROJETO DE LEI SUBSTITUTIVO</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4739/quirinopolis.go.leg.br_projeto_de_lei_substitutivoexecutivo_no_01.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI SUBSTITUTIVO, AO PROJETO DE LEI ORDINÁRIA DO EXECUTIVO Nº 05, DE 20 DE FEVEREIRO DE 2026 "Dispõe sobre a Política Municipal dos Direitos da Pessoa com Deficiência, cria o Conselho Municipal dos Direitos da Pessoa com Deficiência e o Fundo Municipal dos Direitos da Pessoa com Deficiência, e dá outras providências".</t>
   </si>
   <si>
     <t>4651</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4651/projeto_de_lei_ordinaria_do_executivo_no_01_de_12_de_fevereiro_de_2026.pdf</t>
@@ -723,50 +843,68 @@
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4665/projeto_de_lei_ordinaria_do_executivo_no_05_de_20_de_fevereiro_de_2026..pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação do Conselho Municipal dos Direitos da Pessoa com Deficiência e do Fundo Municipal dos Direitos da Pessoa com Deficiência e dá outras providências."</t>
   </si>
   <si>
     <t>4685</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4685/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_executivo_no_06_de_24_de_fevereiro_de_2026..pdf</t>
   </si>
   <si>
     <t>“Concede reajuste aos vencimentos dos profissionais do magistério e atualiza as tabelas remuneratórias.”.</t>
   </si>
   <si>
     <t>4740</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4740/quirinopolis.go.leg.br_projeto_de_lei_do_executivo_07..pdf</t>
   </si>
   <si>
     <t>“Institui o Plano Municipal pela Primeira Infância do Município de Quirinópolis, e dá outras providências.”</t>
   </si>
   <si>
+    <t>4764</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4764/quirinopolis.go.leg.br_projeto_do_executivo_008.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre o reajuste dos vencimentos dos ocupantes do cargo de Agentes Comunitários de Saúde (ACS) e Agente de Combate às Endemias (ACE) do Município de Quirinópolis - GO, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>4771</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4771/quirinopolis.go.leg.br_projeto_de_lei_009.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a regulamentação, normas e procedimentos para utilização dos serviços da Patrulha Mecanizada no âmbito do Município de Quirinópolis e dá outras providências.”</t>
+  </si>
+  <si>
     <t>4639</t>
   </si>
   <si>
     <t>RQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4639/quirinopolis.go.leg.br_requerimento_no_1_de_2026_ass.pdf</t>
   </si>
   <si>
     <t>Requerer seja atribuído o nome de Luize Quirino à nova sede do Centro de Atenção Psicossocial – CAPS, que será instalada no Município de Quirinópolis.</t>
   </si>
   <si>
     <t>4640</t>
   </si>
   <si>
     <t>GUSTAVO MOURÃO (em memória)</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4640/quirinopolis.go.leg.br_requerimento_no_2_de_2026_assinado.pdf</t>
   </si>
   <si>
     <t>“REQUER AUMENTO DO ÍNDICE DA DATA-BASE PARA FUNCIONÁRIOS PÚBLICOS DO MUNICÍPIO DE QUIRINÓPOLIS”.</t>
@@ -903,65 +1041,59 @@
   <si>
     <t>Requer a intensificação das políticas públicas de prevenção e combate ao mosquito transmissor da dengue.</t>
   </si>
   <si>
     <t>4671</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4671/quirinopolis.go.leg.br_requerimento_no_17_de_2026_ass.pdf</t>
   </si>
   <si>
     <t>Requer a contratação de empresa especializada para aferição de índice de insalubridade nas atividades desempenhadas pelo pessoal da limpeza das unidades escolares do município.</t>
   </si>
   <si>
     <t>4672</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4672/quirinopolis.go.leg.br_requerimento_no_18_de_2026_ass.pdf</t>
   </si>
   <si>
     <t>Requer informações técnicas relativas à Inexigibilidade nº 318/2025 e ao Contrato nº 001/2026 – Prestação de Serviços de Assessoria e Consultoria Jurídica.</t>
   </si>
   <si>
     <t>4673</t>
   </si>
   <si>
-    <t>19</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4673/quirinopolis.go.leg.br_requerimento_no_19_de_2026_ass.pdf</t>
   </si>
   <si>
     <t>Requer a intensificação da fiscalização dos infratores que depositam lixo em locais inapropriados no Município de Quirinópolis.</t>
   </si>
   <si>
     <t>4678</t>
   </si>
   <si>
-    <t>20</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4678/quirinopolis.go.leg.br_requerimento_no_20_de_2026_ass.pdf</t>
   </si>
   <si>
     <t>Requer a implementação de bebedouros com filtro e refrigeração para pessoas e pets no Lago Sol Poente e Lago Parque da Liberdade e Bosque do Município de Quirinópolis.</t>
   </si>
   <si>
     <t>4680</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4680/quirinopolis.go.leg.br_requerimento_no_21_de_2026_assinado.pdf</t>
   </si>
   <si>
     <t>“Solicita a implantação de uma faixa elevada em frente à entrada da Escola Municipal Maria Ignez, na Rua José Melgaço da Fonseca”.</t>
   </si>
   <si>
     <t>4681</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4681/quirinopolis.go.leg.br_requerimento_no_22_de_2026_ass.pdf</t>
@@ -1188,50 +1320,218 @@
   <si>
     <t>4734</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4734/quirinopolis.go.leg.br_requerimento_no_41_de_2026_ass.pdf</t>
   </si>
   <si>
     <t>Requer o recapeamento asfáltico completo do bairro Alvorada.</t>
   </si>
   <si>
     <t>4735</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4735/quirinopolis.go.leg.br_requerimento_no_42_de_2026_ass.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma academia ao ar livre na Praça da Capela São José, no bairro Alphaville.</t>
   </si>
   <si>
+    <t>4751</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4751/quirinopolis.go.leg.br_requerimento_no_43_de_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Solicita-se a criação de carteirinha de identificação para pessoas com fibromialgia, visando assegurar-lhes acessibilidade e atendimento preferencial no âmbito do município..”</t>
+  </si>
+  <si>
+    <t>4752</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4752/quirinopolis.go.leg.br_requerimento_no_44_de_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se a implantação de mata-burros metálicos em depressões transversais (lombadas invertidas) na Avenida Paulino José dos Santos, ao lado do lago do Parque da Liberdade, visando melhorar as condições de tráfego, segurança viária e drenagem no local.</t>
+  </si>
+  <si>
+    <t>4753</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4753/quirinopolis.go.leg.br_requerimento_no_45_de_2026_1.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Poder Executivo a doação de uma área para a construção da sede da Equoterapia no município.</t>
+  </si>
+  <si>
+    <t>4755</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4755/quirinopolis.go.leg.br_requerimento_nao_46_de_2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações detalhadas sobre rotas, quilometragem, contratos, custos e mecanismos de fiscalização do transporte escolar rural no Município de Quirinópolis-GO.</t>
+  </si>
+  <si>
+    <t>4756</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4756/quirinopolis.go.leg.br_requerimento_no_47_de_2026-ass.pdf</t>
+  </si>
+  <si>
+    <t>Solicita, em caráter de urgência, a realização de estudo técnico para implantação de faixa de pedestres nas imediações da Saneago, visando reforçar a segurança viária no local</t>
+  </si>
+  <si>
+    <t>4760</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4760/quirinopolis.go.leg.br_requerimento_no_48_de_2026-1.pdf</t>
+  </si>
+  <si>
+    <t>“Solicita em caráter de urgência, que seja realizada a roçagem e limpeza do Lote público localizado na divisa do Bairro Jardim Vitória com o Bairro Talismã, ao lado da quadra de esportes Professor Leon”.</t>
+  </si>
+  <si>
+    <t>4762</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4762/quirinopolis.go.leg.br_requerimento_no_49_de_2026_1-1.pdf</t>
+  </si>
+  <si>
+    <t>Requer o acompanhamento, por parte do Poder Executivo, das demandas levantadas nas missas das comunidades rurais, mediante designação de representante responsável para escutar as necessidades da população dessas regiões.</t>
+  </si>
+  <si>
+    <t>4763</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4763/quirinopolis.go.leg.br_requerimento_no_50_de_2026.pdf</t>
+  </si>
+  <si>
+    <t>“Requer a intensificação do serviço de fumacê como forma de prevenção à proliferação do mosquito Aedes Aegypti”.</t>
+  </si>
+  <si>
+    <t>4766</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4766/quirinopolis.go.leg.br_requerimento_no_51_de_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se que a Secretaria Municipal de Saúde, preste esclarecimentos detalhados, sobre a gestão da transparência nas filas de espera da saúde pública, confome determina a lei nº3.377, de maio de 2021, e que seja publicada as agendas das UBS, de imediato no portal de transparencia da prefeitura municipal.</t>
+  </si>
+  <si>
+    <t>4767</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4767/quirinopolis.go.leg.br_requerimento_no_52_de_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se a instalação de lixeira coletiva para resíduos sólidos na saída da viela entre a Rua 12 e a Rua Onício Resende, no Bairro Alexandrina, sendo instalada no canteiro central da Avenida Rui Barbosa, que fica em frente a viela, visando atender à demanda por descarte adequado de lixo e melhoria da limpeza urbana.</t>
+  </si>
+  <si>
+    <t>4769</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4769/quirinopolis.go.leg.br_requerimento_no_53_de_2026_1.pdf</t>
+  </si>
+  <si>
+    <t>Requer a implementação de projeto do Poder Executivo para que o Castra Móvel realize visitas periódicas às escolas rurais do município, permanecendo ao menos uma semana em cada região.</t>
+  </si>
+  <si>
+    <t>4772</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4772/quirinopolis.go.leg.br_requerimento_no_54_de_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita que seja feita a reconstrução de meio fio na Rua Onício Resende, Bairro alexandrina.</t>
+  </si>
+  <si>
+    <t>4773</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4773/quirinopolis.go.leg.br_requerimento_no_55_de_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Sugere que seja feita uma redução da jornada de trabalho das merendeiras da Rede Municipal de Ensino de 40h para 30h semanais.</t>
+  </si>
+  <si>
+    <t>4774</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4774/quirinopolis.go.leg.br_requerimento_nao_56_de_2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações ao Poder Executivo Municipal acerca da relação completa e da situação institucional dos Conselhos Municipais existentes no Município de Quirinópolis.</t>
+  </si>
+  <si>
     <t>4653</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
     <t>CASSIM DA USINA, CLEILTON RESENDE, DAIANE RIBEIRO, DALMO (Soró), DEUSENY FERREIRA, JÚNIOR ALVES, LUCAS COWBOY, NUBYANO ESPORTES, OSCAR JÚNIOR, RENATO RIBEIRO, SARGENTO LACERDA, VANESSA DA USINA</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4653/quirinopolis.go.leg.br_mocao_no_1_de_26_ass.pdf</t>
   </si>
   <si>
     <t>“Moção de Pesar em razão do falecimento de Gustavo Mourão Alves, com reconhecimento pelos relevantes serviços prestados ao Município.”</t>
   </si>
   <si>
     <t>4667</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4667/quirinopolis.go.leg.br_mocao_no_2_de_26_ass.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos Aplausos à senhora Neuza Rosa de Queiroz pela prestação de serviços a comunidade.</t>
@@ -1249,50 +1549,86 @@
     <t>4694</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4694/quirinopolis.go.leg.br_mocao_no_4_de_20261_assinado.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso ao atleta da pesca esportiva Ciro Fernades Gonçalves</t>
   </si>
   <si>
     <t>4703</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4703/quirinopolis.go.leg.br_mocao_no_5_de_2026_assinado.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos ao atleta Jonathan Queiroz Silva, montador em touros.</t>
   </si>
   <si>
     <t>4736</t>
   </si>
   <si>
     <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4736/quirinopolis.go.leg.br_mocao_no_6_de_2026_ass.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Secretário de Gabinete Municipal, Welington Faustino Fernandes da Silva, pelo compromisso com a defesa dos direitos das mulheres e pela liderança na campanha institucional de enfrentamento à violência contra a mulher em Quirinópolis.</t>
+  </si>
+  <si>
+    <t>4754</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4754/quirinopolis.go.leg.br_mocao_no_7_de_2026_assinado-1.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos ao Engenheiro Agrônomo Felipe Carvalho Santos, em reconhecimento aos relevantes serviços prestados no município de Quirinópolis.</t>
+  </si>
+  <si>
+    <t>4765</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4765/quirinopolis.go.leg.br__mocao_no_8_de_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos à psicóloga Aline Abreu Marques, em reconhecimento aos relevantes serviços prestados no atendimento e acompanhamento de crianças atípicas, bem como pela dedicação e atuação junto ao abrigo de idosos da Instituição de Longa Permanência para Idosos (ILPI) Antônio Alves / José Leandro Chaves, no município de Quirinópolis.</t>
+  </si>
+  <si>
+    <t>4775</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4775/quirinopolis.go.leg.br_mocao_no_9_de_2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos a todas as mulheres profissionais GARIS (Varredoras e Coletoras) de Quirinópolis, pelos exemplares serviços de zeladoria urbana, dedicação à limpeza pública e pelo papel fundamental na manutenção da saúde e da qualidade de vida de nossa comunidade.</t>
+  </si>
+  <si>
+    <t>4777</t>
+  </si>
+  <si>
+    <t>http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4777/mocao_de_aplausos_a_diocese_de_jatai_pelos_seus_70_anos_de_historia..doc</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS EM HOMENAGEM À DIOCESE DE JATAÍ-GO PELOS SEUS 70 ANOS DE HISTÓRIA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1596,56 +1932,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4674/ata_eletronica_da_1a_sessao_ordinaria_23-02-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4677/ata_eletronica_da_2a_sessao_ordinaria_24-02-2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4692/ata_eletronica_da_3a_sessao_ordinaria_25-02-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4702/ata_eletronica_da_4a_sessao_ordinaria_26-02-26.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4711/ata_eletronica_da_5a_sessao_ordinaria_27-02-2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4738/ata_eletronica_da_6a_sessao_ordinaria_10-03-2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4742/ata_eletronica_da_7a_sessao_ordinaria_11-03-2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4656/quirinopolis.go.leg.br_emenda_modificada_001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4688/quirinopolis.go.leg.br_projeto_de_emenda_modificativa_002_1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4698/quirinopolis.go.leg.br_emenda_modificativa_003.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4699/quirinopolis.go.leg.br_emenda_modificativa_004_ao_projeto_de_lei_ordinaria_do_executivo_no_001-2026_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4709/quirinopolis.go.leg.br_emenda_modificativa_005_a_assinado_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4633/veto_de_lei_-_reconhecimento_de_receitas_medicas.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4647/quirinopolis.go.leg.br_projeto_de_decreto_001__.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4648/quirinopolis.go.leg.br_titulo_de_cidada_quirinopolina_daiane_ribeiro_1_1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4657/quirinopolis.go.leg.br_projeto_de_decreto_a_003_.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4658/quirinopolis.go.leg.br_projeto_de_decreto_a_04_.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4689/quirinopolis.goleg.br_medalha_do_merito_legislativo_d._anesia_a_1_1.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4690/quirinopolis.go.leg.br_medalha_do_merito_a_legislativo_tito_1.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4691/quirinopolis.go.leg.br_projeto_de_decreto_a_07.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4700/quirinopolis.go.leg.br_projeto_de_decreto_a_008_.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4706/projeto_de_decreto_legislativo_a_no_009_.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4712/projeto_de_decreto_a_10_1.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4713/quirinopolis.go.leg.br_projeto_de_decreto_a_11_.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4714/quirinopolis.go.leg.br_projeto_de_decreto_12_.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4715/quirinopolis.go.leg.br_projeto_de_decreto_a_13_.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4722/quirinopolis.go.leg.br_projeto_de_decreto_014_1_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4724/quirinopolis.go.leg.br_projeto_de_decreto_legislativo_15__284_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4725/quirinopolis.go.leg.br_projeto_de_decreto_legislativo_a16_4.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4731/quirinopolis.go.leg.br_projeto_de_decreto_legislativo_17_4_1.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4741/quirinopolis.go.leg.br_decreto_legislativo_1062.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4635/quirinopolis.go.leg.br_projeto_de_resolucao_01.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4636/quirinopolis.go.leg.br_projeto_de_resolucao_002.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4649/quirinopolis.go.leg.br_projeto_de_resolucao_003.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4650/quirinopolis.go.leg.br_projeto_de_resolucao_004.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4686/quirinopolis.go.leg.br_projeto_de_resolucao_005_1.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4701/quirinopolis.go.leg.br_projeto_de_resolucao_006.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4708/quirinopolis.go.leg.br_projeto_de_resolucao_007.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4710/quirinopolis.go.leg.br_projeto_de_resolucao_008.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4716/quirinopolis.go.leg.br_projeto_de_resolucao_009.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4732/07_p_resolucao_honrarias.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4737/quirinopolis.go.leg.br_projeto_de_resolucao_a_11_.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4634/quirinopolis.go.leg.br_projeto_de_lei_01.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4638/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_legislativo_02_.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4655/quirinopolis.go.leg.br_projeto_de_lei_003_._pdf.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4675/quirinopolis.go.leg.br_projeto_de_lei_004.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4687/quirinopolis.go.leg.br_projeto_de_lei_005.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4693/quirinopolis.go.leg.br_projeto_de_lei_006.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4723/quirinopolis.go.leg.br_projeto_de_lei_007_.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4743/quirinopolis.go.leg.br_projeto_de_lei_008_.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4744/quirinopolis.go.leg.br_projeto_de_lei_009_.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4739/quirinopolis.go.leg.br_projeto_de_lei_substitutivoexecutivo_no_01.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4651/projeto_de_lei_ordinaria_do_executivo_no_01_de_12_de_fevereiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4652/projeto_de_lei_ordinaria_do_executivo_no_02_de_12_de_fevereiro_de_2026..pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4663/projeto_de_lei_ordinaria_do_executivo_no_03_de_20_de_fevereiro_de_2026..pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4664/projeto_de_lei_ordinaria_do_executivo_no_04_de_20_de_fevereiro_de_2026..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4665/projeto_de_lei_ordinaria_do_executivo_no_05_de_20_de_fevereiro_de_2026..pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4685/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_executivo_no_06_de_24_de_fevereiro_de_2026..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4740/quirinopolis.go.leg.br_projeto_de_lei_do_executivo_07..pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4639/quirinopolis.go.leg.br_requerimento_no_1_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4640/quirinopolis.go.leg.br_requerimento_no_2_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4641/quirinopolis.go.leg.br_requerimento_no_3_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4642/quirinopolis.go.leg.br_requerimento_no_4_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4643/quirinopolis.go.leg.br_requerimento_no_5_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4644/quirinopolis.go.leg.br_requerimento_no_6_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4645/quirinopolis.go.leg.br_requerimento_no_7_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4654/quirinopolis.go.leg.br_requerimento_no_8_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4659/quirinopolis.go.leg.br_requerimento_no_9_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4660/quirinopolis.go.leg.br_requerimento_no_10_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4661/quirinopolis.go.leg.br_requerimento_no_11_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4662/quirinopolis.go.leg.br_requerimento_no_12_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4666/quirinopolis.go.leg.br_requerimento_no_13_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4668/quirinopolis.go.leg.br_requerimento_no_14_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4669/quirinopolis.go.leg.br_requerimento_no_15_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4670/quirinopolis.go.leg.br_requerimento_no_16_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4671/quirinopolis.go.leg.br_requerimento_no_17_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4672/quirinopolis.go.leg.br_requerimento_no_18_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4673/quirinopolis.go.leg.br_requerimento_no_19_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4678/quirinopolis.go.leg.br_requerimento_no_20_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4680/quirinopolis.go.leg.br_requerimento_no_21_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4681/quirinopolis.go.leg.br_requerimento_no_22_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4682/quirinopolis.go.leg.br_requerimento_no_23_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4683/quirinopolis.go.leg.br_requerimento_no_24_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4684/quirinopolis.go.leg.br_requerimento_no_25_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4696/quirinopolis.go.leg.br_requerimento_no_26_de_26_ass.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4697/quirinopolis.go.leg.br_requerimento_no_27_de_26_ass.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4704/quirinopolis.go.leg.br_requerimento_n_28_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4705/quirinopolis.go.leg.br_requerimento_29_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4707/quirinopolis.go.leg.br_requerimento_30_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4717/quirinopolis.go.leg.br_requerimento_no_31_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4718/quirinopolis.go.leg.br_requerimento_n_32_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4719/quirinopolis.go.leg.br_requerimento_n_33_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4720/quirinopolis.go.leg.br_requerimento_no_34_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4726/quirinopolis.go.leg.br_requerimento_no_35_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4727/quirinopolis.go.leg.br_requerimento_no_36_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4728/quirinopolis.go.leg.br_requerimento_no_37_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4729/quirinopolis.go.leg.br_requerimento_no_38_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4730/quirinopolis.go.leg.br_requerimento_no_39_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4733/quirinopolis.go.leg.br_requerimento_no_40_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4734/quirinopolis.go.leg.br_requerimento_no_41_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4735/quirinopolis.go.leg.br_requerimento_no_42_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4653/quirinopolis.go.leg.br_mocao_no_1_de_26_ass.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4667/quirinopolis.go.leg.br_mocao_no_2_de_26_ass.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4679/quirinopolis.go.leg.br_mocao_no_3_de_26_assinado.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4694/quirinopolis.go.leg.br_mocao_no_4_de_20261_assinado.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4703/quirinopolis.go.leg.br_mocao_no_5_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4736/quirinopolis.go.leg.br_mocao_no_6_de_2026_ass.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4674/ata_eletronica_da_1a_sessao_ordinaria_23-02-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4677/ata_eletronica_da_2a_sessao_ordinaria_24-02-2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4692/ata_eletronica_da_3a_sessao_ordinaria_25-02-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4702/ata_eletronica_da_4a_sessao_ordinaria_26-02-26.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4711/ata_eletronica_da_5a_sessao_ordinaria_27-02-2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4738/ata_eletronica_da_6a_sessao_ordinaria_10-03-2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4742/ata_eletronica_da_7a_sessao_ordinaria_11-03-2026_retificada.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4770/ata_eletronica_da_8a_sessao_ordinaria_24-03-2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4776/ata_eletronica_da_9a_sessao_ordinaria_25-03-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4656/quirinopolis.go.leg.br_emenda_modificada_001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4688/quirinopolis.go.leg.br_projeto_de_emenda_modificativa_002_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4698/quirinopolis.go.leg.br_emenda_modificativa_003.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4699/quirinopolis.go.leg.br_emenda_modificativa_004_ao_projeto_de_lei_ordinaria_do_executivo_no_001-2026_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4709/quirinopolis.go.leg.br_emenda_modificativa_005_a_assinado_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4748/quirinopolis.go.leg.br_projeto_de_emenda_06_1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4750/quirinopolis.go.leg.br_emenda_modificativa_007_.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4633/veto_de_lei_-_reconhecimento_de_receitas_medicas.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4647/quirinopolis.go.leg.br_projeto_de_decreto_001__.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4648/quirinopolis.go.leg.br_titulo_de_cidada_quirinopolina_daiane_ribeiro_1_1.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4657/quirinopolis.go.leg.br_projeto_de_decreto_a_003_.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4658/quirinopolis.go.leg.br_projeto_de_decreto_a_04_.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4689/quirinopolis.goleg.br_medalha_do_merito_legislativo_d._anesia_a_1_1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4690/quirinopolis.go.leg.br_medalha_do_merito_a_legislativo_tito_1.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4691/quirinopolis.go.leg.br_projeto_de_decreto_a_07.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4700/quirinopolis.go.leg.br_projeto_de_decreto_a_008_.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4706/projeto_de_decreto_legislativo_a_no_009_.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4712/projeto_de_decreto_a_10_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4713/quirinopolis.go.leg.br_projeto_de_decreto_a_11_.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4714/quirinopolis.go.leg.br_projeto_de_decreto_12_.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4715/quirinopolis.go.leg.br_projeto_de_decreto_a_13_.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4722/quirinopolis.go.leg.br_projeto_de_decreto_014_1_1.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4724/quirinopolis.go.leg.br_projeto_de_decreto_legislativo_15__284_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4725/quirinopolis.go.leg.br_projeto_de_decreto_legislativo_a16_4.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4731/quirinopolis.go.leg.br_projeto_de_decreto_legislativo_17_4_1.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4741/quirinopolis.go.leg.br_projeto_de_decreto_18_.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4757/quirinopolis.go.leg.br_projeto_de_decreto_19_a.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4758/quirinopolis.go.leg.br_projeto_de_decreto_20_.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4635/quirinopolis.go.leg.br_projeto_de_resolucao_01.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4636/quirinopolis.go.leg.br_projeto_de_resolucao_002.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4649/quirinopolis.go.leg.br_projeto_de_resolucao_003.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4650/quirinopolis.go.leg.br_projeto_de_resolucao_004.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4686/quirinopolis.go.leg.br_projeto_de_resolucao_005_1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4701/quirinopolis.go.leg.br_projeto_de_resolucao_006.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4708/quirinopolis.go.leg.br_projeto_de_resolucao_007.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4710/quirinopolis.go.leg.br_projeto_de_resolucao_008.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4716/quirinopolis.go.leg.br_projeto_de_resolucao_009.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4732/07_p_resolucao_honrarias.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4737/quirinopolis.go.leg.br_projeto_de_resolucao_a_11_.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4745/quirinopolis.go.leg.br_projeto_de_resolucao_12.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4634/quirinopolis.go.leg.br_projeto_de_lei_01.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4638/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_legislativo_02_.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4655/quirinopolis.go.leg.br_projeto_de_lei_003_._pdf.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4675/quirinopolis.go.leg.br_projeto_de_lei_004.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4687/quirinopolis.go.leg.br_projeto_de_lei_005.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4693/quirinopolis.go.leg.br_projeto_de_lei_006.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4723/quirinopolis.go.leg.br_projeto_de_lei_007_.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4743/quirinopolis.go.leg.br_projeto_de_lei_008_.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4744/quirinopolis.go.leg.br_projeto_de_lei_009_.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4746/quirinopolis.go.leg.br_projeto_de_lei_10.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4747/quirinopolis.go.leg.br_projeto_de_lei_011__1.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4749/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_12_a.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4759/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_13.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4761/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_legislativo_14_.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4768/quirinopolis.go.leg.br_projeto_de_lei_15_.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4739/quirinopolis.go.leg.br_projeto_de_lei_substitutivoexecutivo_no_01.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4651/projeto_de_lei_ordinaria_do_executivo_no_01_de_12_de_fevereiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4652/projeto_de_lei_ordinaria_do_executivo_no_02_de_12_de_fevereiro_de_2026..pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4663/projeto_de_lei_ordinaria_do_executivo_no_03_de_20_de_fevereiro_de_2026..pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4664/projeto_de_lei_ordinaria_do_executivo_no_04_de_20_de_fevereiro_de_2026..pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4665/projeto_de_lei_ordinaria_do_executivo_no_05_de_20_de_fevereiro_de_2026..pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4685/quirinopolis.go.leg.br_projeto_de_lei_ordinaria_do_executivo_no_06_de_24_de_fevereiro_de_2026..pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4740/quirinopolis.go.leg.br_projeto_de_lei_do_executivo_07..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4764/quirinopolis.go.leg.br_projeto_do_executivo_008.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4771/quirinopolis.go.leg.br_projeto_de_lei_009.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4639/quirinopolis.go.leg.br_requerimento_no_1_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4640/quirinopolis.go.leg.br_requerimento_no_2_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4641/quirinopolis.go.leg.br_requerimento_no_3_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4642/quirinopolis.go.leg.br_requerimento_no_4_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4643/quirinopolis.go.leg.br_requerimento_no_5_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4644/quirinopolis.go.leg.br_requerimento_no_6_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4645/quirinopolis.go.leg.br_requerimento_no_7_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4654/quirinopolis.go.leg.br_requerimento_no_8_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4659/quirinopolis.go.leg.br_requerimento_no_9_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4660/quirinopolis.go.leg.br_requerimento_no_10_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4661/quirinopolis.go.leg.br_requerimento_no_11_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4662/quirinopolis.go.leg.br_requerimento_no_12_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4666/quirinopolis.go.leg.br_requerimento_no_13_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4668/quirinopolis.go.leg.br_requerimento_no_14_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4669/quirinopolis.go.leg.br_requerimento_no_15_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4670/quirinopolis.go.leg.br_requerimento_no_16_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4671/quirinopolis.go.leg.br_requerimento_no_17_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4672/quirinopolis.go.leg.br_requerimento_no_18_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4673/quirinopolis.go.leg.br_requerimento_no_19_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4678/quirinopolis.go.leg.br_requerimento_no_20_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4680/quirinopolis.go.leg.br_requerimento_no_21_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4681/quirinopolis.go.leg.br_requerimento_no_22_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4682/quirinopolis.go.leg.br_requerimento_no_23_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4683/quirinopolis.go.leg.br_requerimento_no_24_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4684/quirinopolis.go.leg.br_requerimento_no_25_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4696/quirinopolis.go.leg.br_requerimento_no_26_de_26_ass.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4697/quirinopolis.go.leg.br_requerimento_no_27_de_26_ass.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4704/quirinopolis.go.leg.br_requerimento_n_28_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4705/quirinopolis.go.leg.br_requerimento_29_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4707/quirinopolis.go.leg.br_requerimento_30_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4717/quirinopolis.go.leg.br_requerimento_no_31_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4718/quirinopolis.go.leg.br_requerimento_n_32_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4719/quirinopolis.go.leg.br_requerimento_n_33_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4720/quirinopolis.go.leg.br_requerimento_no_34_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4726/quirinopolis.go.leg.br_requerimento_no_35_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4727/quirinopolis.go.leg.br_requerimento_no_36_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4728/quirinopolis.go.leg.br_requerimento_no_37_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4729/quirinopolis.go.leg.br_requerimento_no_38_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4730/quirinopolis.go.leg.br_requerimento_no_39_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4733/quirinopolis.go.leg.br_requerimento_no_40_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4734/quirinopolis.go.leg.br_requerimento_no_41_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4735/quirinopolis.go.leg.br_requerimento_no_42_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4751/quirinopolis.go.leg.br_requerimento_no_43_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4752/quirinopolis.go.leg.br_requerimento_no_44_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4753/quirinopolis.go.leg.br_requerimento_no_45_de_2026_1.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4755/quirinopolis.go.leg.br_requerimento_nao_46_de_2026.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4756/quirinopolis.go.leg.br_requerimento_no_47_de_2026-ass.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4760/quirinopolis.go.leg.br_requerimento_no_48_de_2026-1.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4762/quirinopolis.go.leg.br_requerimento_no_49_de_2026_1-1.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4763/quirinopolis.go.leg.br_requerimento_no_50_de_2026.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4766/quirinopolis.go.leg.br_requerimento_no_51_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4767/quirinopolis.go.leg.br_requerimento_no_52_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4769/quirinopolis.go.leg.br_requerimento_no_53_de_2026_1.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4772/quirinopolis.go.leg.br_requerimento_no_54_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4773/quirinopolis.go.leg.br_requerimento_no_55_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4774/quirinopolis.go.leg.br_requerimento_nao_56_de_2026.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4653/quirinopolis.go.leg.br_mocao_no_1_de_26_ass.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4667/quirinopolis.go.leg.br_mocao_no_2_de_26_ass.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4679/quirinopolis.go.leg.br_mocao_no_3_de_26_assinado.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4694/quirinopolis.go.leg.br_mocao_no_4_de_20261_assinado.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4703/quirinopolis.go.leg.br_mocao_no_5_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4736/quirinopolis.go.leg.br_mocao_no_6_de_2026_ass.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4754/quirinopolis.go.leg.br_mocao_no_7_de_2026_assinado-1.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4765/quirinopolis.go.leg.br__mocao_no_8_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4775/quirinopolis.go.leg.br_mocao_no_9_de_2026.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quirinopolis.go.leg.br/media/sapl/public/materialegislativa/2026/4777/mocao_de_aplausos_a_diocese_de_jatai_pelos_seus_70_anos_de_historia..doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H108"/>
+  <dimension ref="A1:H141"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="195" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="183.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -1811,2640 +2147,3492 @@
       </c>
       <c r="C8" t="s">
         <v>36</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>37</v>
       </c>
       <c r="H8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="D9" t="s">
-        <v>40</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="F9" t="s">
+      <c r="H9" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>44</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B10" t="s">
-[...14 lines deleted...]
-      <c r="G10" s="1" t="s">
+      <c r="H10" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>47</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>10</v>
+      </c>
+      <c r="D11" t="s">
         <v>48</v>
       </c>
-      <c r="B11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="F11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="H11" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="D12" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="E12" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="F12" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H12" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>56</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D13" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="E13" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="F13" t="s">
         <v>57</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H13" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>60</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="D14" t="s">
+        <v>48</v>
+      </c>
+      <c r="E14" t="s">
+        <v>49</v>
+      </c>
+      <c r="F14" t="s">
         <v>61</v>
       </c>
-      <c r="E14" t="s">
+      <c r="G14" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="F14" t="s">
+      <c r="H14" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D15" t="s">
+        <v>48</v>
+      </c>
+      <c r="E15" t="s">
+        <v>49</v>
+      </c>
+      <c r="F15" t="s">
+        <v>65</v>
+      </c>
+      <c r="G15" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="B15" t="s">
-[...5 lines deleted...]
-      <c r="D15" t="s">
+      <c r="H15" t="s">
         <v>67</v>
-      </c>
-[...10 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="E16" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="F16" t="s">
         <v>69</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="H16" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>72</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>36</v>
+      </c>
+      <c r="D17" t="s">
+        <v>48</v>
+      </c>
+      <c r="E17" t="s">
+        <v>49</v>
+      </c>
+      <c r="F17" t="s">
+        <v>73</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="H17" t="s">
         <v>75</v>
-      </c>
-[...19 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>76</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>10</v>
+      </c>
+      <c r="D18" t="s">
+        <v>77</v>
+      </c>
+      <c r="E18" t="s">
         <v>78</v>
       </c>
-      <c r="B18" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F18" t="s">
-        <v>42</v>
+        <v>79</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H18" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="E19" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F19" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="H19" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>88</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>16</v>
+      </c>
+      <c r="D20" t="s">
+        <v>83</v>
+      </c>
+      <c r="E20" t="s">
         <v>84</v>
       </c>
-      <c r="B20" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F20" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="H20" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="D21" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="E21" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F21" t="s">
-        <v>69</v>
+        <v>50</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="H21" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
       <c r="D22" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="E22" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F22" t="s">
-        <v>92</v>
+        <v>50</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="H22" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>96</v>
+        <v>28</v>
       </c>
       <c r="D23" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="E23" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F23" t="s">
-        <v>53</v>
+        <v>85</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="H23" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>100</v>
+        <v>32</v>
       </c>
       <c r="D24" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="E24" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F24" t="s">
+        <v>85</v>
+      </c>
+      <c r="G24" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="G24" s="1" t="s">
+      <c r="H24" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>103</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>36</v>
+      </c>
+      <c r="D25" t="s">
+        <v>83</v>
+      </c>
+      <c r="E25" t="s">
+        <v>84</v>
+      </c>
+      <c r="F25" t="s">
+        <v>85</v>
+      </c>
+      <c r="G25" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="B25" t="s">
-[...2 lines deleted...]
-      <c r="C25" t="s">
+      <c r="H25" t="s">
         <v>105</v>
-      </c>
-[...13 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>106</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>40</v>
+      </c>
+      <c r="D26" t="s">
+        <v>83</v>
+      </c>
+      <c r="E26" t="s">
+        <v>84</v>
+      </c>
+      <c r="F26" t="s">
+        <v>107</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="H26" t="s">
         <v>109</v>
-      </c>
-[...19 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>114</v>
+        <v>44</v>
       </c>
       <c r="D27" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="E27" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F27" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="H27" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>113</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>114</v>
+      </c>
+      <c r="D28" t="s">
+        <v>83</v>
+      </c>
+      <c r="E28" t="s">
+        <v>84</v>
+      </c>
+      <c r="F28" t="s">
+        <v>115</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="H28" t="s">
         <v>117</v>
-      </c>
-[...19 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>118</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>119</v>
+      </c>
+      <c r="D29" t="s">
+        <v>83</v>
+      </c>
+      <c r="E29" t="s">
+        <v>84</v>
+      </c>
+      <c r="F29" t="s">
+        <v>120</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="H29" t="s">
         <v>122</v>
-      </c>
-[...19 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D30" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="E30" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F30" t="s">
-        <v>101</v>
+        <v>120</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="H30" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D31" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="E31" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F31" t="s">
-        <v>133</v>
+        <v>57</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="H31" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="D32" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="E32" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F32" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="H32" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>10</v>
+        <v>137</v>
       </c>
       <c r="D33" t="s">
-        <v>142</v>
+        <v>83</v>
       </c>
       <c r="E33" t="s">
-        <v>143</v>
+        <v>84</v>
       </c>
       <c r="F33" t="s">
-        <v>69</v>
+        <v>138</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="H33" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
       <c r="D34" t="s">
-        <v>142</v>
+        <v>83</v>
       </c>
       <c r="E34" t="s">
+        <v>84</v>
+      </c>
+      <c r="F34" t="s">
+        <v>115</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="F34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H34" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>20</v>
+        <v>146</v>
       </c>
       <c r="D35" t="s">
-        <v>142</v>
+        <v>83</v>
       </c>
       <c r="E35" t="s">
-        <v>143</v>
+        <v>84</v>
       </c>
       <c r="F35" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="H35" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>149</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>150</v>
+      </c>
+      <c r="D36" t="s">
+        <v>83</v>
+      </c>
+      <c r="E36" t="s">
+        <v>84</v>
+      </c>
+      <c r="F36" t="s">
+        <v>151</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H36" t="s">
         <v>153</v>
-      </c>
-[...19 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>154</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>155</v>
+      </c>
+      <c r="D37" t="s">
+        <v>83</v>
+      </c>
+      <c r="E37" t="s">
+        <v>84</v>
+      </c>
+      <c r="F37" t="s">
+        <v>65</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="H37" t="s">
         <v>157</v>
-      </c>
-[...19 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>158</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>159</v>
+      </c>
+      <c r="D38" t="s">
+        <v>83</v>
+      </c>
+      <c r="E38" t="s">
+        <v>84</v>
+      </c>
+      <c r="F38" t="s">
         <v>160</v>
-      </c>
-[...13 lines deleted...]
-        <v>57</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>161</v>
       </c>
       <c r="H38" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>163</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="E39" t="s">
-        <v>143</v>
+        <v>165</v>
       </c>
       <c r="F39" t="s">
-        <v>57</v>
+        <v>85</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="H39" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>91</v>
+        <v>16</v>
       </c>
       <c r="D40" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="E40" t="s">
-        <v>143</v>
+        <v>165</v>
       </c>
       <c r="F40" t="s">
-        <v>57</v>
+        <v>169</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="H40" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>96</v>
+        <v>20</v>
       </c>
       <c r="D41" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="E41" t="s">
-        <v>143</v>
+        <v>165</v>
       </c>
       <c r="F41" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="H41" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="D42" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="E42" t="s">
-        <v>143</v>
+        <v>165</v>
       </c>
       <c r="F42" t="s">
-        <v>57</v>
+        <v>73</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="H42" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>105</v>
+        <v>28</v>
       </c>
       <c r="D43" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="E43" t="s">
-        <v>143</v>
+        <v>165</v>
       </c>
       <c r="F43" t="s">
-        <v>176</v>
+        <v>50</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="H43" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="D44" t="s">
-        <v>180</v>
+        <v>164</v>
       </c>
       <c r="E44" t="s">
-        <v>181</v>
+        <v>165</v>
       </c>
       <c r="F44" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>182</v>
       </c>
       <c r="H44" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>184</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="D45" t="s">
-        <v>180</v>
+        <v>164</v>
       </c>
       <c r="E45" t="s">
-        <v>181</v>
+        <v>165</v>
       </c>
       <c r="F45" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>185</v>
       </c>
       <c r="H45" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>187</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="D46" t="s">
-        <v>180</v>
+        <v>164</v>
       </c>
       <c r="E46" t="s">
-        <v>181</v>
+        <v>165</v>
       </c>
       <c r="F46" t="s">
-        <v>53</v>
+        <v>73</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>188</v>
       </c>
       <c r="H46" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>190</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="D47" t="s">
-        <v>180</v>
+        <v>164</v>
       </c>
       <c r="E47" t="s">
-        <v>181</v>
+        <v>165</v>
       </c>
       <c r="F47" t="s">
+        <v>73</v>
+      </c>
+      <c r="G47" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="G47" s="1" t="s">
+      <c r="H47" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>193</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>114</v>
+      </c>
+      <c r="D48" t="s">
+        <v>164</v>
+      </c>
+      <c r="E48" t="s">
+        <v>165</v>
+      </c>
+      <c r="F48" t="s">
+        <v>65</v>
+      </c>
+      <c r="G48" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="B48" t="s">
-[...14 lines deleted...]
-      <c r="G48" s="1" t="s">
+      <c r="H48" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>196</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>119</v>
+      </c>
+      <c r="D49" t="s">
+        <v>164</v>
+      </c>
+      <c r="E49" t="s">
+        <v>165</v>
+      </c>
+      <c r="F49" t="s">
+        <v>73</v>
+      </c>
+      <c r="G49" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="B49" t="s">
-[...14 lines deleted...]
-      <c r="G49" s="1" t="s">
+      <c r="H49" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>199</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>124</v>
+      </c>
+      <c r="D50" t="s">
+        <v>164</v>
+      </c>
+      <c r="E50" t="s">
+        <v>165</v>
+      </c>
+      <c r="F50" t="s">
+        <v>50</v>
+      </c>
+      <c r="G50" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="B50" t="s">
-[...14 lines deleted...]
-      <c r="G50" s="1" t="s">
+      <c r="H50" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>202</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>10</v>
+      </c>
+      <c r="D51" t="s">
         <v>203</v>
       </c>
-      <c r="B51" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E51" t="s">
-        <v>181</v>
+        <v>204</v>
       </c>
       <c r="F51" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H51" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>96</v>
+        <v>16</v>
       </c>
       <c r="D52" t="s">
-        <v>180</v>
+        <v>203</v>
       </c>
       <c r="E52" t="s">
-        <v>181</v>
+        <v>204</v>
       </c>
       <c r="F52" t="s">
-        <v>106</v>
+        <v>61</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="H52" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D53" t="s">
-        <v>210</v>
+        <v>203</v>
       </c>
       <c r="E53" t="s">
+        <v>204</v>
+      </c>
+      <c r="F53" t="s">
+        <v>61</v>
+      </c>
+      <c r="G53" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="F53" t="s">
-[...2 lines deleted...]
-      <c r="G53" s="1" t="s">
+      <c r="H53" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>213</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>24</v>
+      </c>
+      <c r="D54" t="s">
+        <v>203</v>
+      </c>
+      <c r="E54" t="s">
+        <v>204</v>
+      </c>
+      <c r="F54" t="s">
+        <v>160</v>
+      </c>
+      <c r="G54" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="B54" t="s">
-[...5 lines deleted...]
-      <c r="D54" t="s">
+      <c r="H54" t="s">
         <v>215</v>
-      </c>
-[...10 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="D55" t="s">
-        <v>215</v>
+        <v>203</v>
       </c>
       <c r="E55" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="F55" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="H55" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="D56" t="s">
-        <v>215</v>
+        <v>203</v>
       </c>
       <c r="E56" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="F56" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="H56" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="D57" t="s">
-        <v>215</v>
+        <v>203</v>
       </c>
       <c r="E57" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="F57" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="H57" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="D58" t="s">
-        <v>215</v>
+        <v>203</v>
       </c>
       <c r="E58" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="F58" t="s">
-        <v>63</v>
+        <v>120</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="H58" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="D59" t="s">
-        <v>215</v>
+        <v>203</v>
       </c>
       <c r="E59" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="F59" t="s">
-        <v>63</v>
+        <v>120</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="H59" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>36</v>
+        <v>114</v>
       </c>
       <c r="D60" t="s">
-        <v>215</v>
+        <v>203</v>
       </c>
       <c r="E60" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="F60" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="H60" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>10</v>
+        <v>119</v>
       </c>
       <c r="D61" t="s">
-        <v>238</v>
+        <v>203</v>
       </c>
       <c r="E61" t="s">
-        <v>239</v>
+        <v>204</v>
       </c>
       <c r="F61" t="s">
-        <v>101</v>
+        <v>138</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="H61" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>16</v>
+        <v>124</v>
       </c>
       <c r="D62" t="s">
+        <v>203</v>
+      </c>
+      <c r="E62" t="s">
+        <v>204</v>
+      </c>
+      <c r="F62" t="s">
+        <v>57</v>
+      </c>
+      <c r="G62" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="E62" t="s">
+      <c r="H62" t="s">
         <v>239</v>
-      </c>
-[...7 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>20</v>
+        <v>128</v>
       </c>
       <c r="D63" t="s">
-        <v>238</v>
+        <v>203</v>
       </c>
       <c r="E63" t="s">
-        <v>239</v>
+        <v>204</v>
       </c>
       <c r="F63" t="s">
-        <v>247</v>
+        <v>151</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>248</v>
+        <v>241</v>
       </c>
       <c r="H63" t="s">
-        <v>249</v>
+        <v>242</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>250</v>
+        <v>243</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>24</v>
+        <v>132</v>
       </c>
       <c r="D64" t="s">
-        <v>238</v>
+        <v>203</v>
       </c>
       <c r="E64" t="s">
-        <v>239</v>
+        <v>204</v>
       </c>
       <c r="F64" t="s">
-        <v>49</v>
+        <v>138</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>251</v>
+        <v>244</v>
       </c>
       <c r="H64" t="s">
-        <v>252</v>
+        <v>245</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>28</v>
+        <v>137</v>
       </c>
       <c r="D65" t="s">
-        <v>238</v>
+        <v>203</v>
       </c>
       <c r="E65" t="s">
-        <v>239</v>
+        <v>204</v>
       </c>
       <c r="F65" t="s">
-        <v>69</v>
+        <v>115</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="H65" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>238</v>
+        <v>250</v>
       </c>
       <c r="E66" t="s">
-        <v>239</v>
+        <v>251</v>
       </c>
       <c r="F66" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="H66" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>238</v>
+        <v>255</v>
       </c>
       <c r="E67" t="s">
-        <v>239</v>
+        <v>256</v>
       </c>
       <c r="F67" t="s">
-        <v>57</v>
+        <v>79</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="H67" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>91</v>
+        <v>16</v>
       </c>
       <c r="D68" t="s">
-        <v>238</v>
+        <v>255</v>
       </c>
       <c r="E68" t="s">
-        <v>239</v>
+        <v>256</v>
       </c>
       <c r="F68" t="s">
-        <v>263</v>
+        <v>79</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="H68" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>96</v>
+        <v>20</v>
       </c>
       <c r="D69" t="s">
-        <v>238</v>
+        <v>255</v>
       </c>
       <c r="E69" t="s">
-        <v>239</v>
+        <v>256</v>
       </c>
       <c r="F69" t="s">
-        <v>133</v>
+        <v>79</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="H69" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="D70" t="s">
-        <v>238</v>
+        <v>255</v>
       </c>
       <c r="E70" t="s">
-        <v>239</v>
+        <v>256</v>
       </c>
       <c r="F70" t="s">
-        <v>42</v>
+        <v>79</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="H70" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>105</v>
+        <v>28</v>
       </c>
       <c r="D71" t="s">
-        <v>238</v>
+        <v>255</v>
       </c>
       <c r="E71" t="s">
-        <v>239</v>
+        <v>256</v>
       </c>
       <c r="F71" t="s">
-        <v>42</v>
+        <v>79</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="H71" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>110</v>
+        <v>32</v>
       </c>
       <c r="D72" t="s">
-        <v>238</v>
+        <v>255</v>
       </c>
       <c r="E72" t="s">
-        <v>239</v>
+        <v>256</v>
       </c>
       <c r="F72" t="s">
-        <v>133</v>
+        <v>79</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="H72" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>114</v>
+        <v>36</v>
       </c>
       <c r="D73" t="s">
-        <v>238</v>
+        <v>255</v>
       </c>
       <c r="E73" t="s">
-        <v>239</v>
+        <v>256</v>
       </c>
       <c r="F73" t="s">
-        <v>53</v>
+        <v>79</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="H73" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>118</v>
+        <v>40</v>
       </c>
       <c r="D74" t="s">
-        <v>238</v>
+        <v>255</v>
       </c>
       <c r="E74" t="s">
-        <v>239</v>
+        <v>256</v>
       </c>
       <c r="F74" t="s">
-        <v>133</v>
+        <v>79</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="H74" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>123</v>
+        <v>44</v>
       </c>
       <c r="D75" t="s">
-        <v>238</v>
+        <v>255</v>
       </c>
       <c r="E75" t="s">
-        <v>239</v>
+        <v>256</v>
       </c>
       <c r="F75" t="s">
-        <v>133</v>
+        <v>79</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="H75" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
+        <v>283</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>10</v>
+      </c>
+      <c r="D76" t="s">
+        <v>284</v>
+      </c>
+      <c r="E76" t="s">
+        <v>285</v>
+      </c>
+      <c r="F76" t="s">
+        <v>115</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="H76" t="s">
         <v>287</v>
-      </c>
-[...19 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>288</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>16</v>
+      </c>
+      <c r="D77" t="s">
+        <v>284</v>
+      </c>
+      <c r="E77" t="s">
+        <v>285</v>
+      </c>
+      <c r="F77" t="s">
+        <v>289</v>
+      </c>
+      <c r="G77" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="B77" t="s">
-[...14 lines deleted...]
-      <c r="G77" s="1" t="s">
+      <c r="H77" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>292</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" t="s">
+        <v>284</v>
+      </c>
+      <c r="E78" t="s">
+        <v>285</v>
+      </c>
+      <c r="F78" t="s">
         <v>293</v>
-      </c>
-[...13 lines deleted...]
-        <v>42</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>294</v>
       </c>
       <c r="H78" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>296</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
+        <v>24</v>
+      </c>
+      <c r="D79" t="s">
+        <v>284</v>
+      </c>
+      <c r="E79" t="s">
+        <v>285</v>
+      </c>
+      <c r="F79" t="s">
+        <v>57</v>
+      </c>
+      <c r="G79" s="1" t="s">
         <v>297</v>
       </c>
-      <c r="D79" t="s">
-[...8 lines deleted...]
-      <c r="G79" s="1" t="s">
+      <c r="H79" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>299</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>28</v>
+      </c>
+      <c r="D80" t="s">
+        <v>284</v>
+      </c>
+      <c r="E80" t="s">
+        <v>285</v>
+      </c>
+      <c r="F80" t="s">
+        <v>85</v>
+      </c>
+      <c r="G80" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="B80" t="s">
-[...2 lines deleted...]
-      <c r="C80" t="s">
+      <c r="H80" t="s">
         <v>301</v>
-      </c>
-[...13 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>302</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>32</v>
+      </c>
+      <c r="D81" t="s">
+        <v>284</v>
+      </c>
+      <c r="E81" t="s">
+        <v>285</v>
+      </c>
+      <c r="F81" t="s">
+        <v>85</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="H81" t="s">
         <v>304</v>
-      </c>
-[...19 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>309</v>
+        <v>36</v>
       </c>
       <c r="D82" t="s">
-        <v>238</v>
+        <v>284</v>
       </c>
       <c r="E82" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="F82" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="H82" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>313</v>
+        <v>40</v>
       </c>
       <c r="D83" t="s">
-        <v>238</v>
+        <v>284</v>
       </c>
       <c r="E83" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="F83" t="s">
-        <v>191</v>
+        <v>309</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="H83" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>317</v>
+        <v>44</v>
       </c>
       <c r="D84" t="s">
-        <v>238</v>
+        <v>284</v>
       </c>
       <c r="E84" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="F84" t="s">
         <v>69</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="H84" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>321</v>
+        <v>114</v>
       </c>
       <c r="D85" t="s">
-        <v>238</v>
+        <v>284</v>
       </c>
       <c r="E85" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="F85" t="s">
-        <v>191</v>
+        <v>50</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="H85" t="s">
-        <v>323</v>
+        <v>317</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>325</v>
+        <v>119</v>
       </c>
       <c r="D86" t="s">
-        <v>238</v>
+        <v>284</v>
       </c>
       <c r="E86" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="F86" t="s">
-        <v>69</v>
+        <v>50</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>326</v>
+        <v>319</v>
       </c>
       <c r="H86" t="s">
-        <v>327</v>
+        <v>320</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>329</v>
+        <v>124</v>
       </c>
       <c r="D87" t="s">
-        <v>238</v>
+        <v>284</v>
       </c>
       <c r="E87" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="F87" t="s">
         <v>69</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>330</v>
+        <v>322</v>
       </c>
       <c r="H87" t="s">
-        <v>331</v>
+        <v>323</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>332</v>
+        <v>324</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>333</v>
+        <v>128</v>
       </c>
       <c r="D88" t="s">
-        <v>238</v>
+        <v>284</v>
       </c>
       <c r="E88" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="F88" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>334</v>
+        <v>325</v>
       </c>
       <c r="H88" t="s">
-        <v>335</v>
+        <v>326</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>336</v>
+        <v>327</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>337</v>
+        <v>132</v>
       </c>
       <c r="D89" t="s">
-        <v>238</v>
+        <v>284</v>
       </c>
       <c r="E89" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="F89" t="s">
-        <v>124</v>
+        <v>69</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>338</v>
+        <v>328</v>
       </c>
       <c r="H89" t="s">
-        <v>339</v>
+        <v>329</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>340</v>
+        <v>330</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>341</v>
+        <v>137</v>
       </c>
       <c r="D90" t="s">
-        <v>238</v>
+        <v>284</v>
       </c>
       <c r="E90" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="F90" t="s">
         <v>69</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="H90" t="s">
-        <v>343</v>
+        <v>332</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>344</v>
+        <v>333</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>345</v>
+        <v>142</v>
       </c>
       <c r="D91" t="s">
-        <v>238</v>
+        <v>284</v>
       </c>
       <c r="E91" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="F91" t="s">
-        <v>42</v>
+        <v>85</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>346</v>
+        <v>334</v>
       </c>
       <c r="H91" t="s">
-        <v>347</v>
+        <v>335</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>348</v>
+        <v>336</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>349</v>
+        <v>146</v>
       </c>
       <c r="D92" t="s">
-        <v>238</v>
+        <v>284</v>
       </c>
       <c r="E92" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="F92" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>350</v>
+        <v>337</v>
       </c>
       <c r="H92" t="s">
-        <v>351</v>
+        <v>338</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>352</v>
+        <v>339</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>353</v>
+        <v>150</v>
       </c>
       <c r="D93" t="s">
-        <v>238</v>
+        <v>284</v>
       </c>
       <c r="E93" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="F93" t="s">
-        <v>106</v>
+        <v>50</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>354</v>
+        <v>340</v>
       </c>
       <c r="H93" t="s">
-        <v>355</v>
+        <v>341</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>356</v>
+        <v>342</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>357</v>
+        <v>155</v>
       </c>
       <c r="D94" t="s">
-        <v>238</v>
+        <v>284</v>
       </c>
       <c r="E94" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="F94" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>358</v>
+        <v>343</v>
       </c>
       <c r="H94" t="s">
-        <v>359</v>
+        <v>344</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>360</v>
+        <v>345</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>361</v>
+        <v>159</v>
       </c>
       <c r="D95" t="s">
-        <v>238</v>
+        <v>284</v>
       </c>
       <c r="E95" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="F95" t="s">
-        <v>101</v>
+        <v>85</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>362</v>
+        <v>346</v>
       </c>
       <c r="H95" t="s">
-        <v>363</v>
+        <v>347</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>364</v>
+        <v>348</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>365</v>
+        <v>349</v>
       </c>
       <c r="D96" t="s">
-        <v>238</v>
+        <v>284</v>
       </c>
       <c r="E96" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="F96" t="s">
-        <v>133</v>
+        <v>61</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>366</v>
+        <v>350</v>
       </c>
       <c r="H96" t="s">
-        <v>367</v>
+        <v>351</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>368</v>
+        <v>352</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>369</v>
+        <v>353</v>
       </c>
       <c r="D97" t="s">
-        <v>238</v>
+        <v>284</v>
       </c>
       <c r="E97" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="F97" t="s">
-        <v>133</v>
+        <v>50</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>370</v>
+        <v>354</v>
       </c>
       <c r="H97" t="s">
-        <v>371</v>
+        <v>355</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>372</v>
+        <v>356</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>373</v>
+        <v>357</v>
       </c>
       <c r="D98" t="s">
-        <v>238</v>
+        <v>284</v>
       </c>
       <c r="E98" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="F98" t="s">
-        <v>53</v>
+        <v>160</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>374</v>
+        <v>358</v>
       </c>
       <c r="H98" t="s">
-        <v>375</v>
+        <v>359</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>376</v>
+        <v>360</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>377</v>
+        <v>361</v>
       </c>
       <c r="D99" t="s">
-        <v>238</v>
+        <v>284</v>
       </c>
       <c r="E99" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="F99" t="s">
-        <v>57</v>
+        <v>85</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>378</v>
+        <v>362</v>
       </c>
       <c r="H99" t="s">
-        <v>379</v>
+        <v>363</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>380</v>
+        <v>364</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>381</v>
+        <v>365</v>
       </c>
       <c r="D100" t="s">
-        <v>238</v>
+        <v>284</v>
       </c>
       <c r="E100" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="F100" t="s">
-        <v>101</v>
+        <v>160</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>382</v>
+        <v>366</v>
       </c>
       <c r="H100" t="s">
-        <v>383</v>
+        <v>367</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>384</v>
+        <v>368</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>385</v>
+        <v>369</v>
       </c>
       <c r="D101" t="s">
-        <v>238</v>
+        <v>284</v>
       </c>
       <c r="E101" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="F101" t="s">
-        <v>133</v>
+        <v>85</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>386</v>
+        <v>370</v>
       </c>
       <c r="H101" t="s">
-        <v>387</v>
+        <v>371</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>388</v>
+        <v>372</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>389</v>
+        <v>373</v>
       </c>
       <c r="D102" t="s">
-        <v>238</v>
+        <v>284</v>
       </c>
       <c r="E102" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="F102" t="s">
-        <v>133</v>
+        <v>85</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>390</v>
+        <v>374</v>
       </c>
       <c r="H102" t="s">
-        <v>391</v>
+        <v>375</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>392</v>
+        <v>376</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>10</v>
+        <v>377</v>
       </c>
       <c r="D103" t="s">
-        <v>393</v>
+        <v>284</v>
       </c>
       <c r="E103" t="s">
-        <v>394</v>
+        <v>285</v>
       </c>
       <c r="F103" t="s">
-        <v>395</v>
+        <v>85</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>396</v>
+        <v>378</v>
       </c>
       <c r="H103" t="s">
-        <v>397</v>
+        <v>379</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>398</v>
+        <v>380</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>16</v>
+        <v>381</v>
       </c>
       <c r="D104" t="s">
-        <v>393</v>
+        <v>284</v>
       </c>
       <c r="E104" t="s">
-        <v>394</v>
+        <v>285</v>
       </c>
       <c r="F104" t="s">
-        <v>101</v>
+        <v>138</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>399</v>
+        <v>382</v>
       </c>
       <c r="H104" t="s">
-        <v>400</v>
+        <v>383</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>401</v>
+        <v>384</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>20</v>
+        <v>385</v>
       </c>
       <c r="D105" t="s">
-        <v>393</v>
+        <v>284</v>
       </c>
       <c r="E105" t="s">
-        <v>394</v>
+        <v>285</v>
       </c>
       <c r="F105" t="s">
-        <v>53</v>
+        <v>85</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>402</v>
+        <v>386</v>
       </c>
       <c r="H105" t="s">
-        <v>403</v>
+        <v>387</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>404</v>
+        <v>388</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>24</v>
+        <v>389</v>
       </c>
       <c r="D106" t="s">
-        <v>393</v>
+        <v>284</v>
       </c>
       <c r="E106" t="s">
-        <v>394</v>
+        <v>285</v>
       </c>
       <c r="F106" t="s">
-        <v>191</v>
+        <v>50</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>405</v>
+        <v>390</v>
       </c>
       <c r="H106" t="s">
-        <v>406</v>
+        <v>391</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>407</v>
+        <v>392</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>28</v>
+        <v>393</v>
       </c>
       <c r="D107" t="s">
-        <v>393</v>
+        <v>284</v>
       </c>
       <c r="E107" t="s">
+        <v>285</v>
+      </c>
+      <c r="F107" t="s">
+        <v>120</v>
+      </c>
+      <c r="G107" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="F107" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H107" t="s">
-        <v>409</v>
+        <v>395</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>396</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>397</v>
+      </c>
+      <c r="D108" t="s">
+        <v>284</v>
+      </c>
+      <c r="E108" t="s">
+        <v>285</v>
+      </c>
+      <c r="F108" t="s">
+        <v>120</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="H108" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>400</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>401</v>
+      </c>
+      <c r="D109" t="s">
+        <v>284</v>
+      </c>
+      <c r="E109" t="s">
+        <v>285</v>
+      </c>
+      <c r="F109" t="s">
+        <v>50</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="H109" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>404</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>405</v>
+      </c>
+      <c r="D110" t="s">
+        <v>284</v>
+      </c>
+      <c r="E110" t="s">
+        <v>285</v>
+      </c>
+      <c r="F110" t="s">
+        <v>115</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="H110" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>408</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>409</v>
+      </c>
+      <c r="D111" t="s">
+        <v>284</v>
+      </c>
+      <c r="E111" t="s">
+        <v>285</v>
+      </c>
+      <c r="F111" t="s">
+        <v>69</v>
+      </c>
+      <c r="G111" s="1" t="s">
         <v>410</v>
       </c>
-      <c r="B108" t="s">
-[...2 lines deleted...]
-      <c r="C108" t="s">
+      <c r="H111" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>412</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>413</v>
+      </c>
+      <c r="D112" t="s">
+        <v>284</v>
+      </c>
+      <c r="E112" t="s">
+        <v>285</v>
+      </c>
+      <c r="F112" t="s">
+        <v>69</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="H112" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>416</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>417</v>
+      </c>
+      <c r="D113" t="s">
+        <v>284</v>
+      </c>
+      <c r="E113" t="s">
+        <v>285</v>
+      </c>
+      <c r="F113" t="s">
+        <v>61</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="H113" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>420</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>421</v>
+      </c>
+      <c r="D114" t="s">
+        <v>284</v>
+      </c>
+      <c r="E114" t="s">
+        <v>285</v>
+      </c>
+      <c r="F114" t="s">
+        <v>65</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="H114" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>424</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>425</v>
+      </c>
+      <c r="D115" t="s">
+        <v>284</v>
+      </c>
+      <c r="E115" t="s">
+        <v>285</v>
+      </c>
+      <c r="F115" t="s">
+        <v>115</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="H115" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>428</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>429</v>
+      </c>
+      <c r="D116" t="s">
+        <v>284</v>
+      </c>
+      <c r="E116" t="s">
+        <v>285</v>
+      </c>
+      <c r="F116" t="s">
+        <v>69</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="H116" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>432</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>433</v>
+      </c>
+      <c r="D117" t="s">
+        <v>284</v>
+      </c>
+      <c r="E117" t="s">
+        <v>285</v>
+      </c>
+      <c r="F117" t="s">
+        <v>69</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="H117" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>436</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>437</v>
+      </c>
+      <c r="D118" t="s">
+        <v>284</v>
+      </c>
+      <c r="E118" t="s">
+        <v>285</v>
+      </c>
+      <c r="F118" t="s">
+        <v>160</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="H118" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>440</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>441</v>
+      </c>
+      <c r="D119" t="s">
+        <v>284</v>
+      </c>
+      <c r="E119" t="s">
+        <v>285</v>
+      </c>
+      <c r="F119" t="s">
+        <v>160</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="H119" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>444</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>445</v>
+      </c>
+      <c r="D120" t="s">
+        <v>284</v>
+      </c>
+      <c r="E120" t="s">
+        <v>285</v>
+      </c>
+      <c r="F120" t="s">
+        <v>69</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="H120" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>448</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>449</v>
+      </c>
+      <c r="D121" t="s">
+        <v>284</v>
+      </c>
+      <c r="E121" t="s">
+        <v>285</v>
+      </c>
+      <c r="F121" t="s">
+        <v>50</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="H121" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>452</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>453</v>
+      </c>
+      <c r="D122" t="s">
+        <v>284</v>
+      </c>
+      <c r="E122" t="s">
+        <v>285</v>
+      </c>
+      <c r="F122" t="s">
+        <v>138</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="H122" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>456</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>457</v>
+      </c>
+      <c r="D123" t="s">
+        <v>284</v>
+      </c>
+      <c r="E123" t="s">
+        <v>285</v>
+      </c>
+      <c r="F123" t="s">
+        <v>61</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="H123" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>460</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>461</v>
+      </c>
+      <c r="D124" t="s">
+        <v>284</v>
+      </c>
+      <c r="E124" t="s">
+        <v>285</v>
+      </c>
+      <c r="F124" t="s">
+        <v>69</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="H124" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>464</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>465</v>
+      </c>
+      <c r="D125" t="s">
+        <v>284</v>
+      </c>
+      <c r="E125" t="s">
+        <v>285</v>
+      </c>
+      <c r="F125" t="s">
+        <v>61</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="H125" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>468</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>469</v>
+      </c>
+      <c r="D126" t="s">
+        <v>284</v>
+      </c>
+      <c r="E126" t="s">
+        <v>285</v>
+      </c>
+      <c r="F126" t="s">
+        <v>160</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="H126" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>472</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>473</v>
+      </c>
+      <c r="D127" t="s">
+        <v>284</v>
+      </c>
+      <c r="E127" t="s">
+        <v>285</v>
+      </c>
+      <c r="F127" t="s">
+        <v>160</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="H127" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>476</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>477</v>
+      </c>
+      <c r="D128" t="s">
+        <v>284</v>
+      </c>
+      <c r="E128" t="s">
+        <v>285</v>
+      </c>
+      <c r="F128" t="s">
+        <v>69</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="H128" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>480</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>481</v>
+      </c>
+      <c r="D129" t="s">
+        <v>284</v>
+      </c>
+      <c r="E129" t="s">
+        <v>285</v>
+      </c>
+      <c r="F129" t="s">
+        <v>160</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="H129" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>484</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>485</v>
+      </c>
+      <c r="D130" t="s">
+        <v>284</v>
+      </c>
+      <c r="E130" t="s">
+        <v>285</v>
+      </c>
+      <c r="F130" t="s">
+        <v>160</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="H130" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>488</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>489</v>
+      </c>
+      <c r="D131" t="s">
+        <v>284</v>
+      </c>
+      <c r="E131" t="s">
+        <v>285</v>
+      </c>
+      <c r="F131" t="s">
+        <v>50</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="H131" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>492</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>10</v>
+      </c>
+      <c r="D132" t="s">
+        <v>493</v>
+      </c>
+      <c r="E132" t="s">
+        <v>494</v>
+      </c>
+      <c r="F132" t="s">
+        <v>495</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="H132" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>498</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>16</v>
+      </c>
+      <c r="D133" t="s">
+        <v>493</v>
+      </c>
+      <c r="E133" t="s">
+        <v>494</v>
+      </c>
+      <c r="F133" t="s">
+        <v>115</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="H133" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>501</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>20</v>
+      </c>
+      <c r="D134" t="s">
+        <v>493</v>
+      </c>
+      <c r="E134" t="s">
+        <v>494</v>
+      </c>
+      <c r="F134" t="s">
+        <v>61</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="H134" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>504</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>24</v>
+      </c>
+      <c r="D135" t="s">
+        <v>493</v>
+      </c>
+      <c r="E135" t="s">
+        <v>494</v>
+      </c>
+      <c r="F135" t="s">
+        <v>160</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="H135" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>507</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>28</v>
+      </c>
+      <c r="D136" t="s">
+        <v>493</v>
+      </c>
+      <c r="E136" t="s">
+        <v>494</v>
+      </c>
+      <c r="F136" t="s">
+        <v>160</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="H136" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>510</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
         <v>32</v>
       </c>
-      <c r="D108" t="s">
-[...12 lines deleted...]
-        <v>412</v>
+      <c r="D137" t="s">
+        <v>493</v>
+      </c>
+      <c r="E137" t="s">
+        <v>494</v>
+      </c>
+      <c r="F137" t="s">
+        <v>69</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="H137" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>513</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>36</v>
+      </c>
+      <c r="D138" t="s">
+        <v>493</v>
+      </c>
+      <c r="E138" t="s">
+        <v>494</v>
+      </c>
+      <c r="F138" t="s">
+        <v>160</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="H138" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>516</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>40</v>
+      </c>
+      <c r="D139" t="s">
+        <v>493</v>
+      </c>
+      <c r="E139" t="s">
+        <v>494</v>
+      </c>
+      <c r="F139" t="s">
+        <v>160</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="H139" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>519</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>44</v>
+      </c>
+      <c r="D140" t="s">
+        <v>493</v>
+      </c>
+      <c r="E140" t="s">
+        <v>494</v>
+      </c>
+      <c r="F140" t="s">
+        <v>69</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="H140" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>522</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>114</v>
+      </c>
+      <c r="D141" t="s">
+        <v>493</v>
+      </c>
+      <c r="E141" t="s">
+        <v>494</v>
+      </c>
+      <c r="F141" t="s">
+        <v>85</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="H141" t="s">
+        <v>524</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -4512,50 +5700,83 @@
     <hyperlink ref="G84" r:id="rId83"/>
     <hyperlink ref="G85" r:id="rId84"/>
     <hyperlink ref="G86" r:id="rId85"/>
     <hyperlink ref="G87" r:id="rId86"/>
     <hyperlink ref="G88" r:id="rId87"/>
     <hyperlink ref="G89" r:id="rId88"/>
     <hyperlink ref="G90" r:id="rId89"/>
     <hyperlink ref="G91" r:id="rId90"/>
     <hyperlink ref="G92" r:id="rId91"/>
     <hyperlink ref="G93" r:id="rId92"/>
     <hyperlink ref="G94" r:id="rId93"/>
     <hyperlink ref="G95" r:id="rId94"/>
     <hyperlink ref="G96" r:id="rId95"/>
     <hyperlink ref="G97" r:id="rId96"/>
     <hyperlink ref="G98" r:id="rId97"/>
     <hyperlink ref="G99" r:id="rId98"/>
     <hyperlink ref="G100" r:id="rId99"/>
     <hyperlink ref="G101" r:id="rId100"/>
     <hyperlink ref="G102" r:id="rId101"/>
     <hyperlink ref="G103" r:id="rId102"/>
     <hyperlink ref="G104" r:id="rId103"/>
     <hyperlink ref="G105" r:id="rId104"/>
     <hyperlink ref="G106" r:id="rId105"/>
     <hyperlink ref="G107" r:id="rId106"/>
     <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>