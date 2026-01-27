--- v0 (2025-10-10)
+++ v1 (2026-01-27)
@@ -42,51 +42,51 @@
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO nº 1 de 2025</t>
   </si>
   <si>
     <t>Poder Executivo - PE</t>
   </si>
   <si>
     <t>“Institui o "Cartão Kit Escolar - CKE", destinado à aquisição de kit escolar, através de cartão magnético, para os estudantes da Rede Municipal de Ensino, e dá outras providências.”</t>
   </si>
   <si>
-    <t>Parecer Jurídico Concluido, Aguardando Parecer das Comissões</t>
+    <t>Parecer Jurídico Concluído, Aguardando Parecer das Comissões</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO nº 2 de 2025</t>
   </si>
   <si>
     <t>“Altera as Leis nº 3.423/2021, de 17 de dezembro de 2021 e alterações – Plano Plurianual – PPA para o quadriênio 2022/2025, Lei nº 3.599/2024 de 20 de junho de 2024 e alteração – Lei de Diretrizes Orçamentária – LDO para 2025, Lei nº 3.632 de 17 de dezembro de 2024, Lei Orçamentária Anual – LOA para 2025, e dá outras providências”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -395,51 +395,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="49.5703125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="19" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="57" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="57.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
         <v>4018</v>