--- v0 (2025-10-10)
+++ v1 (2026-03-18)
@@ -135,51 +135,51 @@
   <si>
     <t>PROJETO DE LEI SUBSTITUTIVO Nº 01/25, AO PROJETO DE LEI Nº 006/25 "Concede revisão geral anual dos vencimentos dos servidores públicos e reajuste aos professores municipais de Quirinópolis e contém outras providências".</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO nº 3 de 2025</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal do Município de Quirinópolis – REFIS, nas condições determinadas e dá outras providências.</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO nº 5 de 2025</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar termo de cessão de uso de veículo com à Associação do Corpo de Bombeiros Profissionais Civis de Quirinópolis-GO e dá outras providências. (RENAULT/KWID ZEN 2)</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR DO EXECUTIVO nº 1 de 2025</t>
   </si>
   <si>
     <t>Altera a Lei Complementar 068/2022, de 08 de novembro de 2022, e contém outras providências. (Realoca departamentos, acresce cargos e quantitativos na estrutura administrativa da Prefeitura).</t>
   </si>
   <si>
     <t>REQUERIMENTO nº 35 de 2025</t>
   </si>
   <si>
-    <t>GUSTAVO MOURÃO</t>
+    <t>GUSTAVO MOURÃO (em memória)</t>
   </si>
   <si>
     <t>Solicita que seja feita a roçagem dos lotes e áreas verdes dos Bairros Atenas e Viena.</t>
   </si>
   <si>
     <t>Inclusa no EXPEDIENTE (Leitura) ORDEM DO DIA (Votação Única)</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA nº 1 de 2025</t>
   </si>
   <si>
     <t>DAIANE RIBEIRO</t>
   </si>
   <si>
     <t>Modifica o parágrafo 2º do Projeto de Resolução Nº 2 de 2025, onde dispõe que a escolha da Procuradora da Mulher será escolhida por meio de votação.</t>
   </si>
   <si>
     <t>Proposição inclusa no Expediente (Leitura)</t>
   </si>
 </sst>
 </file>
 
@@ -501,51 +501,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="54.42578125" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="19" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="200.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="57.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">