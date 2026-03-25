--- v0 (2026-01-24)
+++ v1 (2026-03-25)
@@ -201,51 +201,51 @@
   <si>
     <t>"Dispõe sobre a obrigatoriedade de espaço reservado e adaptado para pessoas com deficiência (PCD) e pessoas com Transtorno do Espectro Autista (TEA) em eventos realizados no Município de Quirinópolis/GO e dá outras providências."</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO nº 20 de 2025</t>
   </si>
   <si>
     <t>Institui a Marcha em Defesa das Mulheres no Município de Quirinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO nº 21 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a transparência na execução de emendas impositivas no âmbito do Município de Quirinópolis/GO.</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO nº 22 de 2025</t>
   </si>
   <si>
     <t>Institui o ensino de Artes Marciais nas escolas públicas municipais e dá outras providências.</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO nº 23 de 2025</t>
   </si>
   <si>
-    <t>GUSTAVO MOURÃO</t>
+    <t>GUSTAVO MOURÃO (em memória)</t>
   </si>
   <si>
     <t>“Dispõe sobre a obrigatoriedade de divulgação dos gastos públicos em eventos promovidos ou custeados pelo Poder Público Municipal de Quirinópolis, por meio de afixação de placares informativos e em mídias oficiais municipais, e dá outras providências.”</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO nº 14 de 2025</t>
   </si>
   <si>
     <t>Poder Executivo - PE</t>
   </si>
   <si>
     <t>Dispõe sobre instituir o Programa Municipal de Escola em Tempo Integral que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO nº 15 de 2025</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a desafetar áreas públicas e declarar zona especial de interesse social - ZEIS, e dá outras providências. (Situado à Rua 02, Residencial Lisboa com área de 69.792,68 m2 (sessenta e nove mil setecentos e noventa e dois vírgula sessenta e oito metros quadrados)).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">