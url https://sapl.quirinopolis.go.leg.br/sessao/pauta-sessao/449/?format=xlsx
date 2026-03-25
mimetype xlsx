--- v0 (2025-10-10)
+++ v1 (2026-03-25)
@@ -108,51 +108,51 @@
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO nº 19 de 2025</t>
   </si>
   <si>
     <t>"Dispõe sobre a obrigatoriedade de espaço reservado e adaptado para pessoas com deficiência (PCD) e pessoas com Transtorno do Espectro Autista (TEA) em eventos realizados no Município de Quirinópolis/GO e dá outras providências."</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO nº 20 de 2025</t>
   </si>
   <si>
     <t>VANESSA DA USINA</t>
   </si>
   <si>
     <t>Institui a Marcha em Defesa das Mulheres no Município de Quirinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO nº 21 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a transparência na execução de emendas impositivas no âmbito do Município de Quirinópolis/GO.</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO nº 23 de 2025</t>
   </si>
   <si>
-    <t>GUSTAVO MOURÃO</t>
+    <t>GUSTAVO MOURÃO (em memória)</t>
   </si>
   <si>
     <t>“Dispõe sobre a obrigatoriedade de divulgação dos gastos públicos em eventos promovidos ou custeados pelo Poder Público Municipal de Quirinópolis, por meio de afixação de placares informativos e em mídias oficiais municipais, e dá outras providências.”</t>
   </si>
   <si>
     <t>PROJETO DE LEI SUBSTITUTIVO nº 4 de 2025</t>
   </si>
   <si>
     <t>Poder Executivo - PE</t>
   </si>
   <si>
     <t>PROJETO DE LEI SUBSTITUTIVO AO PROJETO DE LEI Nº 16 DE 28 DE MAIO DE 2025. Que autoriza o poder executivo a promover a alienação do bem imóvel público de matrícula m-11.158 do CRI de Quirinópolis-GO, e dá outras providências. (Frigorífico)</t>
   </si>
   <si>
     <t>Proposição inclusa na Ordem do Dia (1ª Votação)</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO nº 10 de 2025</t>
   </si>
   <si>
     <t>“Dispõe sobre as Diretrizes Orçamentárias para o Exercício de 2026 e dá outras Providências”. (LDO)</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO nº 18 de 2025</t>
   </si>
@@ -540,51 +540,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="51.85546875" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="19" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="229.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="57.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">