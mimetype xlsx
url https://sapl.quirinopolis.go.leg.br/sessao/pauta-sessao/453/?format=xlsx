--- v0 (2026-01-24)
+++ v1 (2026-03-21)
@@ -102,51 +102,51 @@
   <si>
     <t>LUCAS COWBOY</t>
   </si>
   <si>
     <t>Solicitação de instalação de quebra-molas e reparo de desnível em via pública na Rua da Biquinha, nº 26, Bairro Jardim Vitória.</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO nº 9 de 2025</t>
   </si>
   <si>
     <t>SARGENTO LACERDA</t>
   </si>
   <si>
     <t>"Concede Título Honorífico De Cidadão Quirinopolitano ao Senhor Capitão QOPM Daniedson Dayves Barbosa, e dá Outras Providências”.</t>
   </si>
   <si>
     <t>Proposição inclusa no Expediente (Leitura)</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA A LEI ORGÂNICA nº 1 de 2025</t>
   </si>
   <si>
-    <t>CASSIM DA USINA,GUSTAVO MOURÃO,LUCAS COWBOY,SARGENTO LACERDA,VANESSA DA USINA</t>
+    <t>CASSIM DA USINA,GUSTAVO MOURÃO (em memória),LUCAS COWBOY,SARGENTO LACERDA,VANESSA DA USINA</t>
   </si>
   <si>
     <t>“Altera a Lei Orgânica Municipal nº 1.717, de 05 de abril de 1990, para estabelecer procedimentos específicos para ausência do Prefeito Municipal do território nacional.”</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO nº 36 de 2025</t>
   </si>
   <si>
     <t>DEUSENY FERREIRA</t>
   </si>
   <si>
     <t>Regulamenta o uso de caçambas e contêineres estacionários para coleta de material inorgânico nas vias e logradouros públicos de Quirinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>MOÇÃO nº 18 de 2025</t>
   </si>
   <si>
     <t>CLEILTON RESENDE</t>
   </si>
   <si>
     <t>Moção de aplauso em reconhecimento à importância das Lojas Maçônicas para o desenvolvimento social, cultural e filantrópico de nossa comunidade.</t>
   </si>
 </sst>
 </file>
 
@@ -468,51 +468,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="51.85546875" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="85.42578125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="98.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="57.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">