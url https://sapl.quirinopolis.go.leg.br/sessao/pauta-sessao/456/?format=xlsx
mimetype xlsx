--- v0 (2025-10-10)
+++ v1 (2026-03-21)
@@ -90,51 +90,51 @@
   <si>
     <t>PROJETO DE RESOLUÇÃO nº 15 de 2025</t>
   </si>
   <si>
     <t>Institui o Gabinete Itinerante de vereador no Município de Quirinópolis/Go, e dá outras providências.</t>
   </si>
   <si>
     <t>Proposição inclusa na Ordem do Dia (1ª Votação)</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO nº 17 de 2025</t>
   </si>
   <si>
     <t>Institui o funcionamento das frentes parlamentares no âmbito da Câmara Municipal de Quirinópolis/GO.</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO nº 24 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a publicidade da agenda oficial do prefeito do Município de Quirinópolis, e dá outras providências.</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO nº 26 de 2025</t>
   </si>
   <si>
-    <t>GUSTAVO MOURÃO</t>
+    <t>GUSTAVO MOURÃO (em memória)</t>
   </si>
   <si>
     <t>Dispõe sobre a vedação do nepotismo no âmbito da Administração Pública Direta e Indireta do Município de Quirinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO nº 33 de 2025</t>
   </si>
   <si>
     <t>CASSIM DA USINA</t>
   </si>
   <si>
     <t>Reconhece no Município de Quirinópolis, no dia 19 de Agosto, como o Dia da Aviação Agrícola</t>
   </si>
   <si>
     <t>Aguardando a inclusão na ordem do dia</t>
   </si>
   <si>
     <t>REQUERIMENTO nº 160 de 2025</t>
   </si>
   <si>
     <t>Requer a instalação de uma faixa de pedestres em frente a Sala de Velório Pax Realves Prever.</t>
   </si>
   <si>
     <t>Inclusa no EXPEDIENTE (Leitura) ORDEM DO DIA (Votação Única)</t>
   </si>