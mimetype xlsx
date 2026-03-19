--- v0 (2025-10-10)
+++ v1 (2026-03-19)
@@ -174,57 +174,57 @@
   <si>
     <t>Modifica o §3º do Art. 3º e suprime parte do Art. 4º do Projeto de Lei Ordinária nº 24, de 26 de agosto de 2025 e contém outras providências.</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO nº 13 de 2025</t>
   </si>
   <si>
     <t>“Concede Título Honorífico De Cidadão Quirinopolino ao Senhor Igor Sousa Vieira, e dá outras providências”.</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO nº 19 de 2025</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
     <t>Aprova Balanço Geral do Exercício de 2020, do Município de Quirinópolis, e contém outras providências.</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO nº 43 de 2025</t>
   </si>
   <si>
     <t>OSCAR JÚNIOR</t>
   </si>
   <si>
-    <t>Dispõe sobre a denominação da Praça que liga a Avenida Pastor Zetil a Rua 02, no Bairro Bom Pastor e dá outras providências.</t>
+    <t>Dispõe sobre a denominação da Praça que liga a Avenida Pastor Zetil a Rua 02, no Bairro Bom Pastor e dá outras providências. (“Praça Adão Cabral de Gouveia”)</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO nº 45 de 2025</t>
   </si>
   <si>
-    <t>GUSTAVO MOURÃO</t>
+    <t>GUSTAVO MOURÃO (em memória)</t>
   </si>
   <si>
     <t>“Dispõe sobre o reconhecimento de receitas médicas emitidas por profissionais não vinculados ao Sistema Único de Saúde (SUS) para fornecimento de medicamentos pela rede pública de saúde do Município de Quirinópolis”.</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO nº 28 de 2025</t>
   </si>
   <si>
     <t>“Cria e denomina de Residencial Lourenço da Silva a área urbana que especifica e dá outras providências”.</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO nº 29 de 2025</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a doar áreas de terras de sua propriedade às famílias do município e dá outras providências. (Lotes do Loteamento Lourenço Da Silva)</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO nº 30 de 2025</t>
   </si>
   <si>
     <t>“Autoriza o poder executivo a promover baixa e leilão para alienar os bens inservíveis de propriedade do município, e dá outras providências”.</t>
   </si>
 </sst>
 </file>
 