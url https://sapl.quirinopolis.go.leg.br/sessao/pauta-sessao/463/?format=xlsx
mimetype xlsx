--- v0 (2025-10-09)
+++ v1 (2026-03-24)
@@ -126,51 +126,51 @@
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO nº 12 de 2025</t>
   </si>
   <si>
     <t>JÚNIOR ALVES</t>
   </si>
   <si>
     <t>“Concede Título Honorífico de Cidadão Quirinopolisno ao Sr. José Paulino de Medeiros Filho (DEDE DA BARBEARIA DA RUA RIO PRETO).”</t>
   </si>
   <si>
     <t>Proposição inclusa no Expediente (Leitura)</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO nº 44 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Festival Nordestino do Município de Quirinópolis, que passará a ser denominado "Festival Nordestino Alzira Vale de Lima".</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO nº 46 de 2025</t>
   </si>
   <si>
-    <t>“Institui a Semana da Agricultura Familiar no Município de Quirinópolis - GO. “</t>
+    <t>“Institui a Semana da Agricultura Familiar no Município de Quirinópolis - GO. “ (A ser celebrada anualmente na semana que compreender o dia vinte e quatro de julho)</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO nº 47 de 2025</t>
   </si>
   <si>
     <t>OSCAR JÚNIOR</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de edificação construída dentro da Unidade Básica de Saúde UBS IX – TONHO MARIQUINHA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">