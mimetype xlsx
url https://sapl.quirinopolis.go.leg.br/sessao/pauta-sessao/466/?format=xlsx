--- v0 (2025-10-10)
+++ v1 (2025-12-13)
@@ -120,93 +120,93 @@
   <si>
     <t>REQUERIMENTO nº 193 de 2025</t>
   </si>
   <si>
     <t>Solicita a revitalização da Praça São Sebastião, localizada ao lado do CEQ.</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO nº 16 de 2025</t>
   </si>
   <si>
     <t>DAIANE RIBEIRO</t>
   </si>
   <si>
     <t>“Concede Título Honorífico de Cidadã Honorária de Quirinópolis à Sra. Samantha Raquel Fernandes França Carvalho e dá outras providências”.</t>
   </si>
   <si>
     <t>Proposição inclusa no Expediente (Leitura)</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO nº 17 de 2025</t>
   </si>
   <si>
-    <t>“Concede Título Honorífico de Cidadã Honorária de Quirinópolis à Sra. Senhorinha Barbosa de Souza e dá outras providências”.</t>
+    <t>“Concede Título Honorífico de Cidadã Honorária de Quirinópolis à Sra. Senhorinha Barbosa de Sousa e dá outras providências”.</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO nº 19 de 2025</t>
   </si>
   <si>
     <t>NUBYANO ESPORTES</t>
   </si>
   <si>
     <t>Concede título honorífico de cidadão quirinopolitano ao Sr. José Correa Neves Neto, e dá outras providências.</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO nº 20 de 2025</t>
   </si>
   <si>
     <t>DALMO (Soró)</t>
   </si>
   <si>
-    <t>“Concede Título Honorífico de Cidadão Quirinopolino ao Senhor Mário Sérgio de Souza Soares, e dá outras providências”.</t>
+    <t>“Concede Título Honorífico de Cidadão Quirinopolino ao Senhor Mário Sérgio de Sousa Soares, e dá outras providências”.</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO nº 21 de 2025</t>
   </si>
   <si>
-    <t>“Concede Título Honorífico de Cidadã Quirinopolina a Senhora Marlene de Souza Soares, e dá outras providências".</t>
+    <t>“Concede Título Honorífico de Cidadã Quirinopolina a Senhora Marlene de Sousa Soares, e dá outras providências".</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO nº 22 de 2025</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário do município de Quirinópolis ao Professor Antônio Cruvinel Borges Neto.</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO nº 23 de 2025</t>
   </si>
   <si>
     <t>“Concede Título Honorífico de Cidadão Honorário de Quirinópolis ao Sr. Jeovah Toscano de Araujo e dá outras providências”.</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO nº 31 de 2025</t>
   </si>
   <si>
-    <t>Autorizao Poder Executivo Municipal a firmar parceria com o Município de Cachoeira Alta, para construção de ponte sobre o corrégo João Pinto, na região da Inhumas, e dá outras prvidências.</t>
+    <t>Autoriza o Poder Executivo Municipal a firmar parceria com o Município de Cachoeira Alta, para construção de ponte sobre o córrego João Pinto, na região da Inhumas, e dá outras providências.</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO nº 32 de 2025</t>
   </si>
   <si>
     <t>Altera a redação do inciso I do art. 2º, do caput do art. 3º-B, do caput e do inciso IV do art. 21-A, da Lei Municipal nº 2.668, de 28 de junho de 2007, que estabelece diretrizes e normas da Política Municipal de Habitação – PMH, e dá outras providências.</t>
   </si>
   <si>
     <t>MOÇÃO nº 22 de 2025</t>
   </si>
   <si>
     <t>Moção de Aplausos á CEQ - Cooperativa de Ensino de Quirinópolis em nome da sua diretora Ana Cristina Alves dos Santos e todos os seus colaboradores.</t>
   </si>
   <si>
     <t>MOÇÃO nº 23 de 2025</t>
   </si>
   <si>
     <t>Congratula-se com os Coordenadores, Professores e Servidores Técnicos da Universidade Estadual de Goiás – Campus Quirinópolis, pela relevante contribuição ao desenvolvimento educacional e social do Município.</t>
   </si>
   <si>
     <t>MOÇÃO nº 24 de 2025</t>
   </si>
   <si>
     <t>Frente Parlamentar da Agricultura, Pecuária e Desenvolvimento Rural.</t>
   </si>