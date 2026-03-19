--- v0 (2026-01-24)
+++ v1 (2026-03-19)
@@ -710,119 +710,119 @@
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA nº 60 de 2025</t>
   </si>
   <si>
     <t>DEUSENY FERREIRA,VANESSA DA USINA</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 022/2025. (A destinação da Emenda Impositiva tem por finalidade apoiar a FUNDAÇÃO DO LIONS CLUBE, mantenedora do CENTRO DE ATENDIMENTO EDUCACIONAL ESPECIAL DR. ALFREDO MARIZ DA COSTA – CAEE, na execução de melhorias estruturais voltadas à implantação de banheiros acessíveis na unidade escolar, garantindo condições adequadas de higiene, segurança e inclusão para estudantes com deficiência ou mobilidade reduzida._x000D_
 _x000D_
 R$ 35.000,00 (trinta e cinco mil reais), destinado pela Vereadora Deuseny Ferreira. _x000D_
 R$ 10.000,00 (dez mil reais), destinado pela Vereadora Vanessa Aparecida.</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA nº 61 de 2025</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 022/2025 e contém outras providências”. (A destinação da Emenda Impositiva à ASSOCIAÇÃO DE APOIO AO MENOR NOVA ERA justifica-se pela importância social do trabalho desenvolvido pela entidade, que oferece suporte, acompanhamento e atividades de formação e proteção a crianças e adolescentes em situação de vulnerabilidade, contribuindo para a promoção da inclusão, do desenvolvimento pessoal e da prevenção de riscos sociais._x000D_
 _x000D_
 R$ 20.000,00 (vinte mil reais), destinado pela Vereadora Deuseny Ferreira de Freitas.</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA nº 62 de 2025</t>
   </si>
   <si>
-    <t>DEUSENY FERREIRA,GUSTAVO MOURÃO,VANESSA DA USINA</t>
+    <t>DEUSENY FERREIRA,GUSTAVO MOURÃO (em memória),VANESSA DA USINA</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 022/2025. (A presente emenda impositiva destinada ao CEREA – CENTRO DE RECUPERAÇÃO DE ALCOÓLATRAS DE QUIRINÓPOLIS, com a finalidade específica de aquisição de bancos destinados à melhoria da infraestrutura física._x000D_
 _x000D_
 R$ 5.000,00 (cinco mil reais), destinado pela Vereadora Deuseny Ferreira de Freitas. _x000D_
 R$ 15.000,00 (quinze mil reais), destinado pelo Vereador Gustavo Mourão Alves._x000D_
 R$ 10.000,00 (dez mil reais), destinado pela Vereadora Vanessa Aparecida Mendes.</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA nº 63 de 2025</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 022/2025 e contém outras providências”. (A presente emenda impositiva destina recursos para custeio das atividades da Associação Cultural, Literária e Educacional Mãos e Olhares Diferentes (ACLEMOD)._x000D_
 _x000D_
 R$ 5.000,00 (cinco mil reais), destinado pela Vereadora Deuseny Ferreira de Freitas.</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA nº 64 de 2025</t>
   </si>
   <si>
-    <t>DEUSENY FERREIRA,GUSTAVO MOURÃO</t>
+    <t>DEUSENY FERREIRA,GUSTAVO MOURÃO (em memória)</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 022/2025 e contém outras providências”. (A presente emenda impositiva destina recursos ao Centro Espírita Bezerra de Menezes de Quirinópolis – CEBEMQUI._x000D_
 _x000D_
 R$ 10.000,00 (dez mil reais), destinado pela Vereadora Deuseny Ferreira de Freitas._x000D_
 R$ 15.000,00 (quinze mil reais), destinado pelo Vereador Gustavo Mourão Alves.</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA nº 65 de 2025</t>
   </si>
   <si>
-    <t>DEUSENY FERREIRA,GUSTAVO MOURÃO,LUCAS COWBOY,RENATO RIBEIRO</t>
+    <t>DEUSENY FERREIRA,GUSTAVO MOURÃO (em memória),LUCAS COWBOY,RENATO RIBEIRO</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 022/2025 e contém outras providências”. (A destinação proposta visa apoiar, por meio de custeio, a realização do Encontro Anual de Carros Antigos em Quirinópolis._x000D_
 _x000D_
 R$ 5.000,00 (cinco mil reais), destinado pela Vereadora Deuseny Ferreira de Freitas._x000D_
 R$ 15.000,00 (quinze mil reais), destinado pelo Vereador Lucas de Oliveira Maciel_x000D_
 R$ 20.000,00 (vinte mil reais), destinado pelo Vereador Gustavo Mourão Alves._x000D_
 R$ 8.000,00 (oito mil reais), destinado pelo Vereador Renato Ribeiro</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA nº 66 de 2025</t>
   </si>
   <si>
-    <t>DEUSENY FERREIRA,GUSTAVO MOURÃO,SARGENTO LACERDA</t>
+    <t>DEUSENY FERREIRA,GUSTAVO MOURÃO (em memória),SARGENTO LACERDA</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 022/2025 e contém outras providências”. (Destina recursos para o custeio das atividades do CONSELHO COMUNITÁRIO DE SEGURANÇA – CONSEG, DO 50º BPM E DO 5º BPMRV - DELEGACIA ESPECIALIZADA NO ATENDIMENTO À MULHER (DEAM)._x000D_
 R$ 10.000,00 (dez mil reais), destinado pela Vereadora Deuseny Ferreira de Freitas - DEAM_x000D_
 R$ 22.000,00 (vinte e dois mil reais), destinado pelo Vereador Natanael Alves Lacerda – DEAM_x000D_
 R$ 10.000,00 (dez mil reais), destinado pela Vereadora Deuseny Ferreira de Freitas. - 50º BPM_x000D_
 R$ 50.000,00 (cinquenta mil reais), destinado pela Gustavo Mourão Alves – 5º BPMRv</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA nº 67 de 2025</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 022/2025 e contém outras providências”. (A presente emenda impositiva tem por finalidade destinar o valor à SECRETARIA DE DESENVOLVIMENTO ECONÔMICO, com vistas a viabilizar a execução de melhorias estruturais no Mercado Municipal._x000D_
 _x000D_
 R$ 40.000,00 (quarenta mil reais), destinado pela Vereadora Deuseny Ferreira de Freitas.</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA nº 68 de 2025</t>
   </si>
   <si>
-    <t>DEUSENY FERREIRA,GUSTAVO MOURÃO,JÚNIOR ALVES,LUCAS COWBOY,VANESSA DA USINA</t>
+    <t>DEUSENY FERREIRA,GUSTAVO MOURÃO (em memória),JÚNIOR ALVES,LUCAS COWBOY,VANESSA DA USINA</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 022/2025, ( Destina recursos para a FESTA DA PADROEIRA; FOLIA DE REIS, REFORMA DO PISO DA IGREJA SÃO JOSÉ OPERÁRIO e para apoio às atividades da ASSOCIAÇÃO LUZ DO CERRADO ARTE E CULTURA - ORQUESTRA RAÍZES DE QUIRINÓPOLIS JOSÉ HENRIQUE DA VIOLA PARA REALIZAÇÃO DO FILME DA CHICA DOIDA._x000D_
 R$ 10.000,00 Lucas de Oliveira Maciel -  Associação Luz do Cerrado Arte e Cultura – Orquestra Raízes de Quirinópolis José Henrique da Viola - filme Chica Doida._x000D_
 R$ 10.000,00, Deuseny Ferreira de Freitas - Associação Luz do Cerrado Arte e Cultura – Orquestra Raízes de Quirinópolis José Henrique da Viola – custeio com viagem _x000D_
 R$ 40.000,00, José Alves de Oliveira Júnior – Folia de Reis_x000D_
 R$ 50.000,00, Gustavo Mourão Alves – Folia de Reis_x000D_
 R$ 5.000,00, Vereadora Deuseny Ferreira de Freitas. – Festa Padroeira_x000D_
 R$ 20.000,00 Vanessa Aparecida Mendes – Reforma do piso da Igreja São José Operário.</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA nº 69 de 2025</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 022/2025 e contém outras providências”. (A presente emenda impositiva destina-se para custeio de ações da AGÊNCIA MUNICIPAL DE TRÂNSITO E SEGURANÇA - AMTS e para a construção de um barracão de apoio operacional. _x000D_
 _x000D_
 R$ 15.000,00 (quinze mil reais), destinado pela Exma. Vereadora Deuseny Ferreira de Freitas - Construção de Barracão_x000D_
 R$ 15.000,00 (quinze mil reais), destinado pela Exmo. Gustavo Mourão Alves - Construção de Barracão</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA nº 70 de 2025</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 022/2025 e contém outras providências”. (A presente emenda impositiva destina-se à ASSOCIAÇÃO DO INSTITUTO RENASCER DE QUIRINÓPOLIS._x000D_
 _x000D_
@@ -833,51 +833,51 @@
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 022/2025 e contém outras providências”. (A presente emenda impositiva destina-se ao custeio de recursos à ASSOCIAÇÃO DE EQUOTERAPIA CAPELA – ASSDEC._x000D_
 _x000D_
 R$ 16.000,00 (dezesseis mil reais), destinado pela Exma. Vereadora Deuseny Ferreira de Freitas. - Custeio</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA nº 72 de 2025</t>
   </si>
   <si>
     <t>DALMO (Soró),DEUSENY FERREIRA,NUBYANO ESPORTES,RENATO RIBEIRO,VANESSA DA USINA</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 022/2025 e contém outras providências”. (Os recursos serão aplicados no seguintes locais._x000D_
 R$ 6.107,69 Deuseny Ferreira de Freitas. – Escola Municipal Rural Lino Gedeão - custeio_x000D_
 R$10.107,69 Dalmo Machado Borges - Escola Municipal Rural Lino Gedeão – manutenção e custeio_x000D_
 R$ 12.000,00 Renato Ribeiro da Silva – Aquisição de mural, geladeira e bebedouro._x000D_
 R$ 10.000,00 Vanessa Aparecida Mendes – Escola Municipal Vicente Fernandes da Silva Neto – aquisição de bebedouros_x000D_
 R$ 15.000,00 Vanessa Aparecida Mendes – Escola Municipal Rural Custódio Antônio Cabral – custeio de materiais escolares_x000D_
 R$ 34.553,84  Vereador Nubyano Nascimento Pereira – Escola Municipal Marcio Ribeiro – aquisição de mesas e cadeiras para o refeitório.</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA nº 73 de 2025</t>
   </si>
   <si>
-    <t>DEUSENY FERREIRA,GUSTAVO MOURÃO,NUBYANO ESPORTES,VANESSA DA USINA</t>
+    <t>DEUSENY FERREIRA,GUSTAVO MOURÃO (em memória),NUBYANO ESPORTES,VANESSA DA USINA</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 022/2025. (A presente dotação servirá especificamente para Realização de ações de fomento a saúde para custeio e outras ações em favor da FUNDAÇÃO PIO XII, direcionado ao HOSPITAL DE AMOR DE BARRETOS. _x000D_
 _x000D_
 R$ 110.000,00 (cento e dez mil reais), destinado pela Exma. Vereadora Deuseny Ferreira de Freitas._x000D_
 R$ 50.000,00 (cinquenta mil reais), destinado pelo Exmo. Vereador Nubyano Nascimento Pereira. _x000D_
 R$ 40.000,00 (quarenta mil reais), destinado pelo Exmo. Gustavo Mourão Alves._x000D_
 R$ 50.000,00 (cinquenta mil reais), destinado pela Exma. Vereadora Vanessa Aparecida Mendes.</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA nº 74 de 2025</t>
   </si>
   <si>
     <t>DEUSENY FERREIRA,RENATO RIBEIRO</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 022/2025 e contém outras providências”. (A presente emenda impositiva destina-se a custeio à VILA SÃO JOSÉ BENTO COTTOLENGO._x000D_
 _x000D_
 R$ 35.000,00 (trinta e cinco mil reais), destinado pela Exma. Vereadora Deuseny Ferreira de Freitas._x000D_
 R$ 35.000,00 (trinta e cinco mil reais), destinado pelo Exmo. Vereador Renato Ribeiro.</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA nº 75 de 2025</t>
   </si>
   <si>
@@ -885,51 +885,51 @@
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 022/2025 e contém outras providências”. (A presente emenda impositiva tem por finalidade reforçar ações de custeio vinculadas aos serviços prestados pela SECRETARIA MUNICIPAL DE SAÚDE._x000D_
 _x000D_
 R$ 100.000,00 Vereadora Deuseny Ferreira de Freitas. – Custeio Odontologia _x000D_
 R$ 200.000,00 Vereador José Alves de Oliveira Júnior – Custeio Criança Autista_x000D_
  R$ 35.107,69 Vereador José Alves de Oliveira Júnior – Custeio Exames_x000D_
 R$ 184.553,85Vereador Nubyano Nascimento Pereira – Custeio _x000D_
 R$ 29.553,85 Vereador Vereador Renato Ribeiro da Silva – aquisição de notebooks, projetores e arquivo para a Vigilância Sanitária.</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA nº 76 de 2025</t>
   </si>
   <si>
     <t>JÚNIOR ALVES</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 022/2025 e contém outras providências”. (A presente emenda impositiva destina-se para apoio às AÇÕES DE MANUTENÇÃO, CONSERVAÇÃO E MELHORIA DA PONTE DO JACARÉ, considerando sua importância para o tráfego local e para a mobilidade dos moradores da região._x000D_
 _x000D_
 R$ 50.000,00 (cinquenta mil reais), destinado pelo Exmo. Vereador José Alves de Oliveira Júnior – custeio ponte do jacaré</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA nº 77 de 2025</t>
   </si>
   <si>
-    <t>GUSTAVO MOURÃO,LUCAS COWBOY</t>
+    <t>GUSTAVO MOURÃO (em memória),LUCAS COWBOY</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 022/2025 e contém outras providências. (A presente emenda impositiva destina-se à MELHORIA DO SISTEMA DE REFRIGERAÇÃO DO AUDITÓRIO LOCALIZADO NO SINDICATO RURAL DOS TRABALHADORES._x000D_
 _x000D_
 R$ 12.553,85 (doze mil quinhentos e cinquenta e três reais e oitenta e cinco centavos), destinado pelo Exmo. Vereador Lucas de Oliveira Maciel._x000D_
 R$ 25.000,00 (vinte e cinco mil reais), destinado pelo Exmo. Vereador Gustavo Mourão Alves</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA nº 78 de 2025</t>
   </si>
   <si>
     <t>LUCAS COWBOY,VANESSA DA USINA</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 022/2025. (A presente emenda impositiva destina-se à ASSOCIAÇÃO DOS AMIGOS DOS PORTADORES DE CÂNCER DE QUIRINÓPOLIS._x000D_
 _x000D_
 R$ 10.000,00 (dez mil reais), destinado pelo Exmo. Vereador Lucas de Oliveira Maciel._x000D_
 R$ 10.000,00 (dez mil reais), destinado pela Exma. Vereadora Vanessa Aparecida Mendes.</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA nº 79 de 2025</t>
   </si>
   <si>
     <t>SARGENTO LACERDA</t>
   </si>
@@ -947,94 +947,94 @@
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 022/2025 e contém outras providências”. (A presente emenda impositiva destina-se para apoio às ações de relevante interesse público desenvolvidas na área de ASSISTÊNCIA SOCIAL, visando ao custeio de atividades voltadas à proteção básica e especial, ao atendimento de famílias em situação de vulnerabilidade e à manutenção de serviços essenciais que promovam inclusão, fortalecimento comunitário e atendimento humanitário._x000D_
 _x000D_
 R$ 100.000,00 (cem mil reais), destinado pelo Exmo. Vereador Nubyano do Nascimento Pereira.</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA nº 81 de 2025</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 022/2025 e contém outras providências”. (A presente emenda impositiva destina-se a reforçar o custeio das atividades desenvolvidas na área de ESPORTES do município, assegurando a manutenção de programas esportivos, apoio a projetos de formação e incentivo ao esporte, bem como a adequada execução de ações contínuas de promoção, desenvolvimento e fortalecimento das práticas esportivas ofertadas à comunidade._x000D_
 _x000D_
 R$ 100.000,00 (cem mil reais), destinado pelo Vereador Nubyano do Nascimento Pereira.</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA nº 82 de 2025</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 022/2025 e contém outras providências”. (A presente emenda impositiva destina recursos para custeio da FUNDAÇÃO DE ASSISTÊNCIA BENEFICENTE E CULTURAL ÚLTIMA CHAMADA PARA AS NAÇÕES, entidade que desenvolve atividades sociais, educativas e culturais voltadas à população em situação de vulnerabilidade, promovendo ações continuadas de apoio comunitário, fortalecimento familiar, inclusão social e atendimento humanizado._x000D_
 _x000D_
 R$ 13.000,00 (treze mil reais), destinado pelo Vereador Renato Ribeiro da Silva.</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA nº 83 de 2025</t>
   </si>
   <si>
-    <t>GUSTAVO MOURÃO,VANESSA DA USINA</t>
+    <t>GUSTAVO MOURÃO (em memória),VANESSA DA USINA</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 022/2025. (A presente emenda impositiva visa destinar recursos à ASSOCIAÇÃO S.O.S. VIDAS, com o objetivo de apoiar o custeio de procedimentos na área da saúde realizados em parceria com a SECRETARIA MUNICIPAL DE SAÚDE, fortalecendo a oferta de atendimentos especializados, exames e serviços essenciais à população, contribuindo para a ampliação do acesso, a melhoria da qualidade assistencial e o atendimento célere de demandas reprimidas, especialmente em situações de maior vulnerabilidade social._x000D_
 _x000D_
 R$ 239.107,69 destinado pelo Vereador Gustavo Mourão Alves._x000D_
 R$ 184.553,85 destinado pela Vereadora Vanessa Aparecida Mendes.</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA nº 84 de 2025</t>
   </si>
   <si>
     <t>“Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 022/2025 e contém outras providências”. (A presente emenda impositiva destina-se, R$6.000,00 (seis mil reais) para aquisição de um drone DJI Mini 3 e R$ 14.000,00 (quatorze mil reais) para a confecção de uniformes destinados aos agentes de saúde e de endemias, em conformidade com as diretrizes da FUNASA, com o objetivo de aprimorar as ações de vigilância ambiental, monitoramento de focos, inspeção de áreas de difícil acesso e padronização das equipes, fortalecendo a eficiência e a segurança das atividades essenciais de prevenção e controle de endemias no município._x000D_
 _x000D_
 R$ 20.000,00 (vinte mil reais), destinado pelo Vereador Renato Ribeiro da Silva.</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA nº 85 de 2025</t>
   </si>
   <si>
     <t>VANESSA DA USINA</t>
   </si>
   <si>
     <t>Altera o Quadro Orçamentário do Projeto de Lei Ordinária do Executivo nº 022/2025. (A presente emenda impositiva destina-se à ASSOCIAÇÃO DE BOMBEIROS CIVIS PROFISSIONAIS DE QUIRINÓPOLIS, com a finalidade de apoiar a aquisição de novos equipamentos indispensáveis ao aprimoramento das atividades de prevenção, primeiros socorros e resposta a emergências._x000D_
 _x000D_
 R$ 10.000,00 (dez mil reais), destinado pela Vereadora Vanessa Aparecida Mendes.</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA A LEI ORGÂNICA nº 2 de 2025</t>
   </si>
   <si>
-    <t>CASSIM DA USINA,CLEILTON RESENDE,DAIANE RIBEIRO,DALMO (Soró),DEUSENY FERREIRA,GUSTAVO MOURÃO,OSCAR JÚNIOR,RENATO RIBEIRO,SARGENTO LACERDA,VANESSA DA USINA</t>
+    <t>CASSIM DA USINA,CLEILTON RESENDE,DAIANE RIBEIRO,DALMO (Soró),DEUSENY FERREIRA,GUSTAVO MOURÃO (em memória),OSCAR JÚNIOR,RENATO RIBEIRO,SARGENTO LACERDA,VANESSA DA USINA</t>
   </si>
   <si>
     <t>“Dá nova redação ao § 3º do art. 47 da Lei Orgânica do Município de Quirinópolis.” (Altera percentual dos subsídios dos Vereadores e Secretários Municipais terá como limite máximo o equivalente a 40% do subsídio mensal atribuído em espécie ao Deputado Estadual).</t>
   </si>
   <si>
     <t>Proposição inclusa na Ordem do Dia (1ª Votação)</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO nº 45 de 2025</t>
   </si>
   <si>
-    <t>GUSTAVO MOURÃO</t>
+    <t>GUSTAVO MOURÃO (em memória)</t>
   </si>
   <si>
     <t>“Dispõe sobre o reconhecimento de receitas médicas emitidas por profissionais não vinculados ao Sistema Único de Saúde (SUS) para fornecimento de medicamentos pela rede pública de saúde do Município de Quirinópolis”.</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO nº 48 de 2025</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação das ruas do residencial Lourenço da Silva e dá outras providências."</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO nº 50 de 2025</t>
   </si>
   <si>
     <t>“Reconhece de utilidade pública municipal a associação de veículos antigos Qui-Ferrugem”</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO nº 51 de 2025</t>
   </si>
   <si>
     <t>Proíbe a duplicidade do homenageado na denominação de bairros, logradouros e edifícios públicos no município de Quirinópolis.</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO nº 54 de 2025</t>
   </si>
@@ -1395,51 +1395,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="51.85546875" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="161.85546875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="175" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="47.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">